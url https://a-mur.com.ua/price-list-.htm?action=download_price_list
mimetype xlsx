--- v0 (2025-12-21)
+++ v1 (2026-02-22)
@@ -12,4574 +12,2714 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Первый лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1510">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="890">
   <si>
     <t>Код модели</t>
   </si>
   <si>
     <t>Название модели</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>00000003928</t>
   </si>
   <si>
     <t>Бретельки Acousma 019</t>
   </si>
   <si>
-    <t>102 грн.</t>
+    <t>127 грн.</t>
   </si>
   <si>
     <t>00000003930</t>
   </si>
   <si>
     <t>Бретельки Acousma 020</t>
   </si>
   <si>
-    <t>15 грн.</t>
+    <t>19 грн.</t>
   </si>
   <si>
     <t>00000003931</t>
   </si>
   <si>
     <t>Бретельки Acousma 025</t>
   </si>
   <si>
     <t>00000003932</t>
   </si>
   <si>
     <t>Бретельки Acousma 026</t>
   </si>
   <si>
     <t>00000003933</t>
   </si>
   <si>
     <t>Бретельки Acousma 030</t>
   </si>
   <si>
-    <t>86 грн.</t>
+    <t>108 грн.</t>
   </si>
   <si>
     <t>00000003934</t>
   </si>
   <si>
     <t>Бретельки Acousma 031</t>
   </si>
   <si>
-    <t>37 грн.</t>
-[...8 lines deleted...]
-    <t>131 грн.</t>
+    <t>46 грн.</t>
   </si>
   <si>
     <t>00000003937</t>
   </si>
   <si>
     <t>Бретельки Acousma 035</t>
   </si>
   <si>
     <t>00000003938</t>
   </si>
   <si>
     <t>Бретельки Acousma 036</t>
   </si>
   <si>
     <t>00000003939</t>
   </si>
   <si>
     <t>Бретельки Acousma 037</t>
   </si>
   <si>
     <t>00000003940</t>
   </si>
   <si>
     <t>Бретельки Acousma 038</t>
   </si>
   <si>
     <t>00000003942</t>
   </si>
   <si>
     <t>Бретельки Acousma 041</t>
   </si>
   <si>
-    <t>00000003943</t>
-[...7 lines deleted...]
-  <si>
     <t>00000003944</t>
   </si>
   <si>
     <t>Бретельки Acousma 050</t>
   </si>
   <si>
     <t>00000003946</t>
   </si>
   <si>
     <t>Бретельки Diorella</t>
   </si>
   <si>
     <t>00000003947</t>
   </si>
   <si>
     <t>Бретельки силикон</t>
   </si>
   <si>
-    <t>19 грн.</t>
-[...5 lines deleted...]
-    <t>Бюстгальтер Acousma 2001DEH</t>
+    <t>24 грн.</t>
+  </si>
+  <si>
+    <t>00000004569</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma 71574/1DH</t>
+  </si>
+  <si>
+    <t>506 грн.</t>
+  </si>
+  <si>
+    <t>00000004571</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma 71574CH</t>
+  </si>
+  <si>
+    <t>480 грн.</t>
+  </si>
+  <si>
+    <t>00000004572</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma 71620-2BCH</t>
+  </si>
+  <si>
+    <t>466 грн.</t>
+  </si>
+  <si>
+    <t>00000006970</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma 71645-2DH</t>
+  </si>
+  <si>
+    <t>526 грн.</t>
+  </si>
+  <si>
+    <t>00-00014870</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6065-2-0DH</t>
+  </si>
+  <si>
+    <t>583 грн.</t>
+  </si>
+  <si>
+    <t>00000004596</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6065-2DH</t>
+  </si>
+  <si>
+    <t>630 грн.</t>
+  </si>
+  <si>
+    <t>00-00012936</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6065-5BCH</t>
+  </si>
+  <si>
+    <t>613 грн.</t>
+  </si>
+  <si>
+    <t>00-00008679</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6065-6BH</t>
+  </si>
+  <si>
+    <t>00000004594</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6065BCH</t>
+  </si>
+  <si>
+    <t>581 грн.</t>
+  </si>
+  <si>
+    <t>00000004603</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6162BCH</t>
+  </si>
+  <si>
+    <t>670 грн.</t>
+  </si>
+  <si>
+    <t>00-00045228</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6200/2EPR</t>
+  </si>
+  <si>
+    <t>цена не указана грн.</t>
+  </si>
+  <si>
+    <t>00000004622</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6240DH</t>
+  </si>
+  <si>
+    <t>487 грн.</t>
+  </si>
+  <si>
+    <t>00000005254</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6299-1EH</t>
+  </si>
+  <si>
+    <t>558 грн.</t>
+  </si>
+  <si>
+    <t>00000005878</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6310BCH</t>
+  </si>
+  <si>
+    <t>612 грн.</t>
+  </si>
+  <si>
+    <t>00000007301</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6340DH</t>
+  </si>
+  <si>
+    <t>686 грн.</t>
+  </si>
+  <si>
+    <t>00-00013966</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6357-0BCH</t>
+  </si>
+  <si>
+    <t>678 грн.</t>
+  </si>
+  <si>
+    <t>00000007409</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6360BCH</t>
+  </si>
+  <si>
+    <t>696 грн.</t>
+  </si>
+  <si>
+    <t>00-00045223</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6362DPR</t>
+  </si>
+  <si>
+    <t>00000007755</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6377-1BCH</t>
+  </si>
+  <si>
+    <t>642 грн.</t>
+  </si>
+  <si>
+    <t>00000007513</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6379BCH</t>
+  </si>
+  <si>
+    <t>665 грн.</t>
+  </si>
+  <si>
+    <t>00-00045224</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6381/2EPR</t>
+  </si>
+  <si>
+    <t>00000007654</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6387-5BCH</t>
+  </si>
+  <si>
+    <t>594 грн.</t>
+  </si>
+  <si>
+    <t>00000007660</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6391BCH</t>
+  </si>
+  <si>
+    <t>545 грн.</t>
+  </si>
+  <si>
+    <t>00-00014080</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6404-2FH</t>
+  </si>
+  <si>
+    <t>775 грн.</t>
+  </si>
+  <si>
+    <t>00000007768</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6415DH</t>
+  </si>
+  <si>
+    <t>664 грн.</t>
+  </si>
+  <si>
+    <t>00000007771</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6417DH</t>
+  </si>
+  <si>
+    <t>713 грн.</t>
+  </si>
+  <si>
+    <t>00-00000237</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6430BCH</t>
+  </si>
+  <si>
+    <t>578 грн.</t>
+  </si>
+  <si>
+    <t>00-00013786</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6448BCH</t>
+  </si>
+  <si>
+    <t>589 грн.</t>
+  </si>
+  <si>
+    <t>00-00012990</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6455CDH</t>
+  </si>
+  <si>
+    <t>842 грн.</t>
+  </si>
+  <si>
+    <t>00-00013788</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6465BCH</t>
+  </si>
+  <si>
+    <t>503 грн.</t>
+  </si>
+  <si>
+    <t>00-00013789</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6466BCH</t>
+  </si>
+  <si>
+    <t>606 грн.</t>
+  </si>
+  <si>
+    <t>00-00014082</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6482CDH</t>
+  </si>
+  <si>
+    <t>00-00014863</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6492BCH</t>
+  </si>
+  <si>
+    <t>436 грн.</t>
+  </si>
+  <si>
+    <t>00-00045072</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6502/1EH</t>
+  </si>
+  <si>
+    <t>685 грн.</t>
+  </si>
+  <si>
+    <t>00-00045071</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6502DH</t>
+  </si>
+  <si>
+    <t>645 грн.</t>
+  </si>
+  <si>
+    <t>00-00045084</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6504/1EH</t>
+  </si>
+  <si>
+    <t>597 грн.</t>
+  </si>
+  <si>
+    <t>00-00045083</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6504DH</t>
+  </si>
+  <si>
+    <t>564 грн.</t>
+  </si>
+  <si>
+    <t>00-00045132</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6518BCH</t>
+  </si>
+  <si>
+    <t>517 грн.</t>
+  </si>
+  <si>
+    <t>00-00045195</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6540BCH</t>
+  </si>
+  <si>
+    <t>746 грн.</t>
+  </si>
+  <si>
+    <t>00-00045160</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6554</t>
+  </si>
+  <si>
+    <t>957 грн.</t>
+  </si>
+  <si>
+    <t>00-00045310</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6554/0</t>
+  </si>
+  <si>
+    <t>00-00045183</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6557СDH</t>
+  </si>
+  <si>
+    <t>628 грн.</t>
+  </si>
+  <si>
+    <t>00-00045186</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6563</t>
+  </si>
+  <si>
+    <t>765 грн.</t>
+  </si>
+  <si>
+    <t>00-00045251</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6565BCH</t>
+  </si>
+  <si>
+    <t>567 грн.</t>
+  </si>
+  <si>
+    <t>00-00045257</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6573BCH</t>
+  </si>
+  <si>
+    <t>00-00045262</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6579BCH</t>
+  </si>
+  <si>
+    <t>431 грн.</t>
+  </si>
+  <si>
+    <t>00-00045263</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6580CDH</t>
+  </si>
+  <si>
+    <t>679 грн.</t>
+  </si>
+  <si>
+    <t>00-00045347</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6603BCH</t>
+  </si>
+  <si>
+    <t>680 грн.</t>
+  </si>
+  <si>
+    <t>00000004582</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6145DH</t>
+  </si>
+  <si>
+    <t>449 грн.</t>
+  </si>
+  <si>
+    <t>00-00040465</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6145DH цветные</t>
+  </si>
+  <si>
+    <t>376 грн.</t>
+  </si>
+  <si>
+    <t>00000004583</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6149BCH</t>
+  </si>
+  <si>
+    <t>347 грн.</t>
+  </si>
+  <si>
+    <t>00000005778</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6152CDH</t>
+  </si>
+  <si>
+    <t>498 грн.</t>
+  </si>
+  <si>
+    <t>00000004588</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6280BCH</t>
+  </si>
+  <si>
+    <t>256 грн.</t>
+  </si>
+  <si>
+    <t>00-00045222</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6289-2FPR</t>
+  </si>
+  <si>
+    <t>00-00045226</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6299CDPR</t>
+  </si>
+  <si>
+    <t>00000006257</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6322-1ЕН</t>
+  </si>
+  <si>
+    <t>540 грн.</t>
+  </si>
+  <si>
+    <t>00000006359</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6325CDH</t>
+  </si>
+  <si>
+    <t>488 грн.</t>
+  </si>
+  <si>
+    <t>00-00040788</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6460/1DH</t>
+  </si>
+  <si>
+    <t>494 грн.</t>
+  </si>
+  <si>
+    <t>00-00013791</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6460BCH</t>
+  </si>
+  <si>
+    <t>470 грн.</t>
+  </si>
+  <si>
+    <t>00-00013416</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6463DEH</t>
+  </si>
+  <si>
+    <t>733 грн.</t>
+  </si>
+  <si>
+    <t>00-00045230</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6463DEPR</t>
+  </si>
+  <si>
+    <t>00-00016594</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6488BCH</t>
+  </si>
+  <si>
+    <t>615 грн.</t>
+  </si>
+  <si>
+    <t>00-00045154</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6529CDH</t>
+  </si>
+  <si>
+    <t>602 грн.</t>
+  </si>
+  <si>
+    <t>00-00045156</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6536CDH</t>
+  </si>
+  <si>
+    <t>00-00045254</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6572DH</t>
+  </si>
+  <si>
+    <t>539 грн.</t>
+  </si>
+  <si>
+    <t>00-00045260</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6577CDH</t>
+  </si>
+  <si>
+    <t>406 грн.</t>
+  </si>
+  <si>
+    <t>00000004462</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 1070C</t>
+  </si>
+  <si>
+    <t>173 грн.</t>
+  </si>
+  <si>
+    <t>00000007347</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33731E</t>
+  </si>
+  <si>
+    <t>378 грн.</t>
+  </si>
+  <si>
+    <t>00-00000170</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33906E</t>
+  </si>
+  <si>
+    <t>397 грн.</t>
+  </si>
+  <si>
+    <t>00-00000738</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33907D</t>
+  </si>
+  <si>
+    <t>185 грн.</t>
+  </si>
+  <si>
+    <t>00000007516</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34120C</t>
+  </si>
+  <si>
+    <t>231 грн.</t>
+  </si>
+  <si>
+    <t>00000007531</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34124E</t>
+  </si>
+  <si>
+    <t>00000007521</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34179D</t>
+  </si>
+  <si>
+    <t>273 грн.</t>
+  </si>
+  <si>
+    <t>00-00000173</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34210E</t>
+  </si>
+  <si>
+    <t>495 грн.</t>
+  </si>
+  <si>
+    <t>00000007711</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34221F</t>
+  </si>
+  <si>
+    <t>446 грн.</t>
+  </si>
+  <si>
+    <t>00-00000111</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34242E</t>
+  </si>
+  <si>
+    <t>00-00000193</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34480E</t>
+  </si>
+  <si>
+    <t>193 грн.</t>
+  </si>
+  <si>
+    <t>00000007693</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34652D</t>
+  </si>
+  <si>
+    <t>00000007696</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34912E</t>
+  </si>
+  <si>
+    <t>00-00000176</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34962E</t>
+  </si>
+  <si>
+    <t>248 грн.</t>
+  </si>
+  <si>
+    <t>00-00000177</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34963D</t>
+  </si>
+  <si>
+    <t>00-00000120</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34983D</t>
+  </si>
+  <si>
+    <t>187 грн.</t>
+  </si>
+  <si>
+    <t>00000007697</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35013E</t>
+  </si>
+  <si>
+    <t>373 грн.</t>
+  </si>
+  <si>
+    <t>00-00000195</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35121E</t>
+  </si>
+  <si>
+    <t>00-00000196</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35122D</t>
+  </si>
+  <si>
+    <t>357 грн.</t>
+  </si>
+  <si>
+    <t>00-00000199</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35181E</t>
+  </si>
+  <si>
+    <t>00-00000204</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35191Е</t>
+  </si>
+  <si>
+    <t>308 грн.</t>
+  </si>
+  <si>
+    <t>00-00000205</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35200F</t>
+  </si>
+  <si>
+    <t>441 грн.</t>
+  </si>
+  <si>
+    <t>00-00000214</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35202D</t>
+  </si>
+  <si>
+    <t>00-00000217</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35381Е</t>
+  </si>
+  <si>
+    <t>302 грн.</t>
+  </si>
+  <si>
+    <t>00-00000219</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35422Е</t>
+  </si>
+  <si>
+    <t>00-00000220</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35423D</t>
+  </si>
+  <si>
+    <t>315 грн.</t>
+  </si>
+  <si>
+    <t>00-00000221</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35466E</t>
+  </si>
+  <si>
+    <t>336 грн.</t>
+  </si>
+  <si>
+    <t>00-00000222</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35468D</t>
+  </si>
+  <si>
+    <t>00-00000118</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35962D</t>
+  </si>
+  <si>
+    <t>00-00000115</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35963E</t>
+  </si>
+  <si>
+    <t>194 грн.</t>
+  </si>
+  <si>
+    <t>00-00000117</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 36030E</t>
+  </si>
+  <si>
+    <t>294 грн.</t>
+  </si>
+  <si>
+    <t>00-00000119</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 36094E</t>
+  </si>
+  <si>
+    <t>00-00000121</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 36142E</t>
+  </si>
+  <si>
+    <t>00-00000113</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 36143D</t>
+  </si>
+  <si>
+    <t>214 грн.</t>
+  </si>
+  <si>
+    <t>00-00000231</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 38005Е</t>
+  </si>
+  <si>
+    <t>00-00013458</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5030E</t>
   </si>
   <si>
     <t>434 грн.</t>
   </si>
   <si>
-    <t>00-00045178</t>
-[...20 lines deleted...]
-    <t>Бюстгальтер Acousma 71574/1DH</t>
+    <t>00-00013459</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5030F</t>
+  </si>
+  <si>
+    <t>458 грн.</t>
+  </si>
+  <si>
+    <t>00-00013437</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5038D</t>
+  </si>
+  <si>
+    <t>261 грн.</t>
+  </si>
+  <si>
+    <t>00-00013873</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5040Е</t>
+  </si>
+  <si>
+    <t>420 грн.</t>
+  </si>
+  <si>
+    <t>00-00014139</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5046G</t>
+  </si>
+  <si>
+    <t>462 грн.</t>
+  </si>
+  <si>
+    <t>00-00013762</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5046Е</t>
+  </si>
+  <si>
+    <t>399 грн.</t>
+  </si>
+  <si>
+    <t>00-00000020</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 61583D</t>
+  </si>
+  <si>
+    <t>00000006623</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62175E</t>
+  </si>
+  <si>
+    <t>00000007487</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62630D</t>
+  </si>
+  <si>
+    <t>226 грн.</t>
+  </si>
+  <si>
+    <t>00000007129</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62673E</t>
+  </si>
+  <si>
+    <t>440 грн.</t>
+  </si>
+  <si>
+    <t>00000007044</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62687E</t>
+  </si>
+  <si>
+    <t>198 грн.</t>
+  </si>
+  <si>
+    <t>00000007045</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62697E</t>
+  </si>
+  <si>
+    <t>227 грн.</t>
+  </si>
+  <si>
+    <t>00000007328</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63159E</t>
+  </si>
+  <si>
+    <t>223 грн.</t>
+  </si>
+  <si>
+    <t>00000007529</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63392DD</t>
+  </si>
+  <si>
+    <t>00000007506</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63395D</t>
+  </si>
+  <si>
+    <t>00000007471</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63417E</t>
+  </si>
+  <si>
+    <t>00-00000183</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63420D</t>
+  </si>
+  <si>
+    <t>253 грн.</t>
+  </si>
+  <si>
+    <t>00-00000184</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63650E</t>
+  </si>
+  <si>
+    <t>00000007645</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63652C</t>
+  </si>
+  <si>
+    <t>00-00000186</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63658D</t>
+  </si>
+  <si>
+    <t>00-00011624</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 64045G</t>
+  </si>
+  <si>
+    <t>252 грн.</t>
+  </si>
+  <si>
+    <t>00-00000743</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65019E</t>
+  </si>
+  <si>
+    <t>00-00008427</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65052E</t>
+  </si>
+  <si>
+    <t>00-00000206</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 66019D</t>
+  </si>
+  <si>
+    <t>00-00000210</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 66020Е</t>
+  </si>
+  <si>
+    <t>00-00000211</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 66606E</t>
+  </si>
+  <si>
+    <t>00-00000213</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 68160E</t>
+  </si>
+  <si>
+    <t>00-00000209</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 68161D</t>
+  </si>
+  <si>
+    <t>00-00011625</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 69015E</t>
+  </si>
+  <si>
+    <t>186 грн.</t>
+  </si>
+  <si>
+    <t>00-00000500</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 69198F</t>
+  </si>
+  <si>
+    <t>435 грн.</t>
+  </si>
+  <si>
+    <t>00-00000746</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 69322DD</t>
+  </si>
+  <si>
+    <t>284 грн.</t>
+  </si>
+  <si>
+    <t>00-00000748</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 69503E</t>
+  </si>
+  <si>
+    <t>00-00013453</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 7016E</t>
+  </si>
+  <si>
+    <t>00-00045276</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 33737DK</t>
+  </si>
+  <si>
+    <t>00-00013446</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5011D</t>
+  </si>
+  <si>
+    <t>282 грн.</t>
+  </si>
+  <si>
+    <t>00-00013127</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5021D</t>
+  </si>
+  <si>
+    <t>326 грн.</t>
+  </si>
+  <si>
+    <t>00-00013128</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5021E</t>
+  </si>
+  <si>
+    <t>00-00016604</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5082F</t>
+  </si>
+  <si>
+    <t>323 грн.</t>
+  </si>
+  <si>
+    <t>00-00014255</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5086D</t>
+  </si>
+  <si>
+    <t>00-00014869</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5086E</t>
+  </si>
+  <si>
+    <t>00-00045274</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5092CK</t>
+  </si>
+  <si>
+    <t>00-00045275</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5092DK</t>
+  </si>
+  <si>
+    <t>00-00045292</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5096EK</t>
+  </si>
+  <si>
+    <t>00-00045281</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5106DK</t>
+  </si>
+  <si>
+    <t>00-00045282</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5106EK</t>
+  </si>
+  <si>
+    <t>00-00045165</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5113G</t>
+  </si>
+  <si>
+    <t>423 грн.</t>
+  </si>
+  <si>
+    <t>00-00045164</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5113I</t>
+  </si>
+  <si>
+    <t>489 грн.</t>
+  </si>
+  <si>
+    <t>00-00045123</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5114G</t>
+  </si>
+  <si>
+    <t>536 грн.</t>
+  </si>
+  <si>
+    <t>00-00045125</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5116E</t>
+  </si>
+  <si>
+    <t>410 грн.</t>
+  </si>
+  <si>
+    <t>00-00045126</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5116G</t>
+  </si>
+  <si>
+    <t>00-00045118</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5123D</t>
+  </si>
+  <si>
+    <t>00-00045119</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5123E</t>
+  </si>
+  <si>
+    <t>456 грн.</t>
+  </si>
+  <si>
+    <t>00-00045116</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5125D</t>
+  </si>
+  <si>
+    <t>497 грн.</t>
+  </si>
+  <si>
+    <t>00-00045117</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5125E</t>
+  </si>
+  <si>
+    <t>00-00045140</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5126D</t>
+  </si>
+  <si>
+    <t>00-00045141</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5126E</t>
+  </si>
+  <si>
+    <t>00-00045146</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5127E</t>
+  </si>
+  <si>
+    <t>473 грн.</t>
+  </si>
+  <si>
+    <t>00-00045148</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5128D</t>
+  </si>
+  <si>
+    <t>00-00045149</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5128E</t>
+  </si>
+  <si>
+    <t>530 грн.</t>
+  </si>
+  <si>
+    <t>00-00045168</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5129D</t>
+  </si>
+  <si>
+    <t>415 грн.</t>
+  </si>
+  <si>
+    <t>00-00045169</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5129E</t>
+  </si>
+  <si>
+    <t>437 грн.</t>
+  </si>
+  <si>
+    <t>00-00045159</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5130D</t>
+  </si>
+  <si>
+    <t>392 грн.</t>
+  </si>
+  <si>
+    <t>00-00045158</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5130E</t>
+  </si>
+  <si>
+    <t>413 грн.</t>
+  </si>
+  <si>
+    <t>00-00045170</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5131D</t>
+  </si>
+  <si>
+    <t>00-00045171</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5131E</t>
+  </si>
+  <si>
+    <t>00-00045172</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5132D</t>
+  </si>
+  <si>
+    <t>425 грн.</t>
+  </si>
+  <si>
+    <t>00-00045173</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5132E</t>
+  </si>
+  <si>
+    <t>00-00045283</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5143FK</t>
+  </si>
+  <si>
+    <t>00-00045284</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5143GK</t>
+  </si>
+  <si>
+    <t>00-00045285</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5143HK</t>
+  </si>
+  <si>
+    <t>00-00045277</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5147CK</t>
+  </si>
+  <si>
+    <t>00-00045278</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5147DK</t>
+  </si>
+  <si>
+    <t>00-00045279</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5148EK</t>
+  </si>
+  <si>
+    <t>00-00045280</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5148FK</t>
+  </si>
+  <si>
+    <t>00-00045342</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5149DK</t>
+  </si>
+  <si>
+    <t>00-00045343</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5149EK</t>
+  </si>
+  <si>
+    <t>00-00045344</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5149FK</t>
+  </si>
+  <si>
+    <t>00-00045339</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5151DK</t>
+  </si>
+  <si>
+    <t>00-00045340</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5151EK</t>
+  </si>
+  <si>
+    <t>00-00045341</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5151FK</t>
+  </si>
+  <si>
+    <t>00-00012924</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7008DD</t>
+  </si>
+  <si>
+    <t>00-00010887</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Fly Bra</t>
+  </si>
+  <si>
+    <t>190 грн.</t>
+  </si>
+  <si>
+    <t>00-00045299</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Sea Luna 80004CK</t>
+  </si>
+  <si>
+    <t>620 грн.</t>
+  </si>
+  <si>
+    <t>00-00045297</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Sea Luna 80004DK</t>
+  </si>
+  <si>
+    <t>640 грн.</t>
+  </si>
+  <si>
+    <t>00-00045298</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Sea Luna 80004EK</t>
+  </si>
+  <si>
+    <t>660 грн.</t>
+  </si>
+  <si>
+    <t>00-00045312</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Sea Luna 80008CK</t>
+  </si>
+  <si>
+    <t>00-00045313</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Sea Luna 80008DK</t>
+  </si>
+  <si>
+    <t>00-00045314</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Sea Luna 80008EK</t>
+  </si>
+  <si>
+    <t>00-00045324</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Sea Luna 80011CK</t>
+  </si>
+  <si>
+    <t>650 грн.</t>
+  </si>
+  <si>
+    <t>00-00045325</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Sea Luna 80011DK</t>
+  </si>
+  <si>
+    <t>00-00045326</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Sea Luna 80011EK</t>
+  </si>
+  <si>
+    <t>690 грн.</t>
+  </si>
+  <si>
+    <t>00-00045216</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6339BC/T6339PR</t>
+  </si>
+  <si>
+    <t>00000007343</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6358BC-T6358H</t>
+  </si>
+  <si>
+    <t>755 грн.</t>
+  </si>
+  <si>
+    <t>00-00045220</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6358BC-T6358PR</t>
+  </si>
+  <si>
+    <t>00000007759</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6407BC-P6407H</t>
+  </si>
+  <si>
+    <t>991 грн.</t>
+  </si>
+  <si>
+    <t>00-00045213</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6429BC/T6429PR</t>
+  </si>
+  <si>
+    <t>00-00000752</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6441BC-P6441H</t>
+  </si>
+  <si>
+    <t>891 грн.</t>
+  </si>
+  <si>
+    <t>00-00008434</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6442BC-T6442H</t>
+  </si>
+  <si>
+    <t>761 грн.</t>
+  </si>
+  <si>
+    <t>00-00012900</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6447BC-T6447H</t>
+  </si>
+  <si>
+    <t>853 грн.</t>
+  </si>
+  <si>
+    <t>00-00012902</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6449BC-P6449H</t>
+  </si>
+  <si>
+    <t>977 грн.</t>
+  </si>
+  <si>
+    <t>00-00013000</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6456BC-T6456H</t>
+  </si>
+  <si>
+    <t>964 грн.</t>
+  </si>
+  <si>
+    <t>00-00013181</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6468DE-P6468H</t>
+  </si>
+  <si>
+    <t>925 грн.</t>
+  </si>
+  <si>
+    <t>00-00013678</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6469BC-P6469H</t>
+  </si>
+  <si>
+    <t>867 грн.</t>
+  </si>
+  <si>
+    <t>00-00013612</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6478BC-T6478H</t>
+  </si>
+  <si>
+    <t>824 грн.</t>
+  </si>
+  <si>
+    <t>00-00013878</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6480BC-T6480H</t>
+  </si>
+  <si>
+    <t>904 грн.</t>
+  </si>
+  <si>
+    <t>00-00045095</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6481CD/P6481H</t>
+  </si>
+  <si>
+    <t>975 грн.</t>
+  </si>
+  <si>
+    <t>00-00014354</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6487BC/P6487H</t>
+  </si>
+  <si>
+    <t>972 грн.</t>
+  </si>
+  <si>
+    <t>00-00039074</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6497BC-P6497H</t>
+  </si>
+  <si>
+    <t>1012 грн.</t>
+  </si>
+  <si>
+    <t>00-00040714</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6499BC/P6499H</t>
+  </si>
+  <si>
+    <t>963 грн.</t>
+  </si>
+  <si>
+    <t>00-00045085</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6508BC/P6508H</t>
+  </si>
+  <si>
+    <t>1007 грн.</t>
+  </si>
+  <si>
+    <t>00-00045151</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6539BC/P6539H</t>
+  </si>
+  <si>
+    <t>1020 грн.</t>
+  </si>
+  <si>
+    <t>00-00013087</t>
+  </si>
+  <si>
+    <t>Комплект Acousma U6460BC-P6460H</t>
+  </si>
+  <si>
+    <t>714 грн.</t>
+  </si>
+  <si>
+    <t>00-00045217</t>
+  </si>
+  <si>
+    <t>Комплект Acousma А6335BC/T6335PR</t>
+  </si>
+  <si>
+    <t>00-00045215</t>
+  </si>
+  <si>
+    <t>Комплект Acousma А6343BC/T6343Н</t>
+  </si>
+  <si>
+    <t>00-00045219</t>
+  </si>
+  <si>
+    <t>Комплект Acousma А6356BC/T6356PR</t>
+  </si>
+  <si>
+    <t>00-00045306</t>
+  </si>
+  <si>
+    <t>Комплект Hidden Beauty M009CK</t>
+  </si>
+  <si>
+    <t>1110 грн.</t>
+  </si>
+  <si>
+    <t>00-00045305</t>
+  </si>
+  <si>
+    <t>Комплект Hidden Beauty M009DK</t>
+  </si>
+  <si>
+    <t>1130 грн.</t>
+  </si>
+  <si>
+    <t>00-00045307</t>
+  </si>
+  <si>
+    <t>Комплект Hidden Beauty M009EK</t>
+  </si>
+  <si>
+    <t>1150 грн.</t>
+  </si>
+  <si>
+    <t>00-00045308</t>
+  </si>
+  <si>
+    <t>Комплект Hidden Beauty M009FK</t>
+  </si>
+  <si>
+    <t>1170 грн.</t>
+  </si>
+  <si>
+    <t>00-00045309</t>
+  </si>
+  <si>
+    <t>Комплект Hidden Beauty M009GK</t>
+  </si>
+  <si>
+    <t>1190 грн.</t>
+  </si>
+  <si>
+    <t>00-00045300</t>
+  </si>
+  <si>
+    <t>Комплект Hidden Beauty M013CK</t>
+  </si>
+  <si>
+    <t>1050 грн.</t>
+  </si>
+  <si>
+    <t>00-00045301</t>
+  </si>
+  <si>
+    <t>Комплект Hidden Beauty M013DK</t>
+  </si>
+  <si>
+    <t>1070 грн.</t>
+  </si>
+  <si>
+    <t>00-00045302</t>
+  </si>
+  <si>
+    <t>Комплект Hidden Beauty M013EK</t>
+  </si>
+  <si>
+    <t>1090 грн.</t>
+  </si>
+  <si>
+    <t>00-00045303</t>
+  </si>
+  <si>
+    <t>Комплект Hidden Beauty M013FK</t>
+  </si>
+  <si>
+    <t>00-00013747</t>
+  </si>
+  <si>
+    <t>Набор бретелек №1</t>
+  </si>
+  <si>
+    <t>00-00013748</t>
+  </si>
+  <si>
+    <t>Набор бретелек №2</t>
+  </si>
+  <si>
+    <t>00-00013749</t>
+  </si>
+  <si>
+    <t>Набор бретелек №3</t>
+  </si>
+  <si>
+    <t>00-00014304</t>
+  </si>
+  <si>
+    <t>Набор женских трусов Q-girl QG-1622</t>
+  </si>
+  <si>
+    <t>151 грн.</t>
+  </si>
+  <si>
+    <t>00-00014713</t>
+  </si>
+  <si>
+    <t>Набор женских трусов Q-girl QG-1887</t>
+  </si>
+  <si>
+    <t>207 грн.</t>
+  </si>
+  <si>
+    <t>00-00014695</t>
+  </si>
+  <si>
+    <t>Набор женских трусов Q-girl QG-1907</t>
+  </si>
+  <si>
+    <t>179 грн.</t>
+  </si>
+  <si>
+    <t>00-00014729</t>
+  </si>
+  <si>
+    <t>Набор женских трусов Q-girl QG-3600</t>
+  </si>
+  <si>
+    <t>224 грн.</t>
+  </si>
+  <si>
+    <t>00-00014788</t>
+  </si>
+  <si>
+    <t>Набор женских трусов Q-girl QG-5146</t>
+  </si>
+  <si>
+    <t>00-00014850</t>
+  </si>
+  <si>
+    <t>Набор женских трусов Q-girl QG-6863</t>
+  </si>
+  <si>
+    <t>202 грн.</t>
+  </si>
+  <si>
+    <t>00000004901</t>
+  </si>
+  <si>
+    <t>Одеяло 121</t>
+  </si>
+  <si>
+    <t>158 грн.</t>
+  </si>
+  <si>
+    <t>00000004001</t>
+  </si>
+  <si>
+    <t>Силиконовый бюстгальтер без бретельки</t>
+  </si>
+  <si>
+    <t>209 грн.</t>
+  </si>
+  <si>
+    <t>00000007053</t>
+  </si>
+  <si>
+    <t>Трусы</t>
+  </si>
+  <si>
+    <t>210 грн.</t>
+  </si>
+  <si>
+    <t>00000004961</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma 30058-1H</t>
+  </si>
+  <si>
+    <t>278 грн.</t>
+  </si>
+  <si>
+    <t>00000004985</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma 51393PH</t>
+  </si>
+  <si>
+    <t>285 грн.</t>
+  </si>
+  <si>
+    <t>00000005236</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P2027H</t>
   </si>
   <si>
     <t>368 грн.</t>
   </si>
   <si>
-    <t>00000004570</t>
-[...722 lines deleted...]
-    <t>Бюстгальтер Acousma U6008CH цветные</t>
+    <t>00000005020</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6004H</t>
+  </si>
+  <si>
+    <t>272 грн.</t>
+  </si>
+  <si>
+    <t>00-00013759</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6004H - цветные</t>
+  </si>
+  <si>
+    <t>203 грн.</t>
+  </si>
+  <si>
+    <t>00000005021</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6009H</t>
+  </si>
+  <si>
+    <t>247 грн.</t>
+  </si>
+  <si>
+    <t>00000005026</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6162H</t>
+  </si>
+  <si>
+    <t>208 грн.</t>
+  </si>
+  <si>
+    <t>00000005027</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6176H</t>
+  </si>
+  <si>
+    <t>222 грн.</t>
+  </si>
+  <si>
+    <t>00000005036</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6237H</t>
+  </si>
+  <si>
+    <t>174 грн.</t>
+  </si>
+  <si>
+    <t>00-00045199</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6237PR</t>
+  </si>
+  <si>
+    <t>00000005048</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6278H</t>
+  </si>
+  <si>
+    <t>00-00040467</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6278H цветные</t>
+  </si>
+  <si>
+    <t>00-00045202</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6293PR</t>
+  </si>
+  <si>
+    <t>00-00045209</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6321PR</t>
+  </si>
+  <si>
+    <t>00000006358</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6325H</t>
+  </si>
+  <si>
+    <t>337 грн.</t>
+  </si>
+  <si>
+    <t>00000007678</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6342H</t>
+  </si>
+  <si>
+    <t>354 грн.</t>
+  </si>
+  <si>
+    <t>00000007054</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6348H</t>
+  </si>
+  <si>
+    <t>204 грн.</t>
+  </si>
+  <si>
+    <t>00-00045210</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6349PR</t>
+  </si>
+  <si>
+    <t>00000007752</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6364H</t>
+  </si>
+  <si>
+    <t>319 грн.</t>
+  </si>
+  <si>
+    <t>00000007756</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6377-1H</t>
+  </si>
+  <si>
+    <t>320 грн.</t>
+  </si>
+  <si>
+    <t>00000007512</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6378H</t>
+  </si>
+  <si>
+    <t>200 грн.</t>
+  </si>
+  <si>
+    <t>00000007507</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6380H</t>
+  </si>
+  <si>
+    <t>199 грн.</t>
+  </si>
+  <si>
+    <t>00000007684</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6381H</t>
+  </si>
+  <si>
+    <t>00000007648</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6390H</t>
+  </si>
+  <si>
+    <t>212 грн.</t>
+  </si>
+  <si>
+    <t>00-00000423</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6427H</t>
+  </si>
+  <si>
+    <t>172 грн.</t>
+  </si>
+  <si>
+    <t>00-00000238</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6430H</t>
+  </si>
+  <si>
+    <t>00-00000253</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6436H</t>
+  </si>
+  <si>
+    <t>00-00040553</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6441H</t>
+  </si>
+  <si>
+    <t>229 грн.</t>
+  </si>
+  <si>
+    <t>00-00012917</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6442-1H</t>
+  </si>
+  <si>
+    <t>00-00008433</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6442H</t>
+  </si>
+  <si>
+    <t>249 грн.</t>
+  </si>
+  <si>
+    <t>00-00012901</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6445H</t>
+  </si>
+  <si>
+    <t>00-00012853</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6446H</t>
+  </si>
+  <si>
+    <t>00-00013793</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6448H</t>
+  </si>
+  <si>
+    <t>00-00016607</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6453H</t>
+  </si>
+  <si>
+    <t>250 грн.</t>
+  </si>
+  <si>
+    <t>00-00013798</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6460H</t>
+  </si>
+  <si>
+    <t>263 грн.</t>
+  </si>
+  <si>
+    <t>00-00013795</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6465H</t>
+  </si>
+  <si>
+    <t>251 грн.</t>
+  </si>
+  <si>
+    <t>00-00013675</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6472H</t>
+  </si>
+  <si>
+    <t>239 грн.</t>
+  </si>
+  <si>
+    <t>00-00014240</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6486H</t>
+  </si>
+  <si>
+    <t>281 грн.</t>
+  </si>
+  <si>
+    <t>00-00040789</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6501H</t>
   </si>
   <si>
     <t>258 грн.</t>
   </si>
   <si>
-    <t>00000004580</t>
-[...11 lines deleted...]
-    <t>Бюстгальтер Acousma U6145DH</t>
+    <t>00-00045131</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6509H</t>
+  </si>
+  <si>
+    <t>00-00045161</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6519H</t>
+  </si>
+  <si>
+    <t>00-00045162</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6520H</t>
+  </si>
+  <si>
+    <t>00-00045130</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6526H</t>
+  </si>
+  <si>
+    <t>00-00045136</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6535H</t>
+  </si>
+  <si>
+    <t>275 грн.</t>
+  </si>
+  <si>
+    <t>00-00045155</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6536H</t>
+  </si>
+  <si>
+    <t>348 грн.</t>
+  </si>
+  <si>
+    <t>00-00045163</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6543H</t>
+  </si>
+  <si>
+    <t>00-00045152</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6545H</t>
+  </si>
+  <si>
+    <t>386 грн.</t>
+  </si>
+  <si>
+    <t>00-00045176</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6547H</t>
+  </si>
+  <si>
+    <t>424 грн.</t>
+  </si>
+  <si>
+    <t>00-00045177</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6548H</t>
+  </si>
+  <si>
+    <t>418 грн.</t>
+  </si>
+  <si>
+    <t>00-00045248</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6555H</t>
+  </si>
+  <si>
+    <t>288 грн.</t>
+  </si>
+  <si>
+    <t>00-00045180</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6557/1H</t>
   </si>
   <si>
     <t>359 грн.</t>
   </si>
   <si>
-    <t>00-00040465</t>
-[...233 lines deleted...]
-    <t>Бюстгальтер Diorella 31176D</t>
+    <t>00-00045179</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6557H</t>
+  </si>
+  <si>
+    <t>00-00045243</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6564H</t>
+  </si>
+  <si>
+    <t>243 грн.</t>
+  </si>
+  <si>
+    <t>00-00045252</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6565H</t>
+  </si>
+  <si>
+    <t>00-00045258</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6573H</t>
+  </si>
+  <si>
+    <t>00-00045261</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6578H</t>
+  </si>
+  <si>
+    <t>218 грн.</t>
+  </si>
+  <si>
+    <t>00-00045264</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6581H</t>
+  </si>
+  <si>
+    <t>00-00045295</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6591H</t>
+  </si>
+  <si>
+    <t>00-00045323</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6596H</t>
+  </si>
+  <si>
+    <t>244 грн.</t>
+  </si>
+  <si>
+    <t>00000005073</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6176-1H</t>
+  </si>
+  <si>
+    <t>178 грн.</t>
+  </si>
+  <si>
+    <t>00-00040469</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6176-1H цветные</t>
+  </si>
+  <si>
+    <t>132 грн.</t>
+  </si>
+  <si>
+    <t>00-00013666</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6176-1HP</t>
+  </si>
+  <si>
+    <t>153 грн.</t>
+  </si>
+  <si>
+    <t>00-00045207</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6178PR</t>
+  </si>
+  <si>
+    <t>00000007107</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6268-2H</t>
+  </si>
+  <si>
+    <t>133 грн.</t>
+  </si>
+  <si>
+    <t>00-00045206</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6268-2PR</t>
+  </si>
+  <si>
+    <t>00000005087</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6268H</t>
   </si>
   <si>
     <t>168 грн.</t>
   </si>
   <si>
-    <t>00000004473</t>
-[...584 lines deleted...]
-    <t>Бюстгальтер Diorella 63258D</t>
+    <t>00-00045294</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6268PR</t>
+  </si>
+  <si>
+    <t>00000007674</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6365-1H</t>
+  </si>
+  <si>
+    <t>183 грн.</t>
+  </si>
+  <si>
+    <t>00-00045200</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6368PR</t>
+  </si>
+  <si>
+    <t>00000007511</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6378H</t>
+  </si>
+  <si>
+    <t>123 грн.</t>
+  </si>
+  <si>
+    <t>00000007666</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6401H</t>
+  </si>
+  <si>
+    <t>149 грн.</t>
+  </si>
+  <si>
+    <t>00-00013443</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6465H</t>
+  </si>
+  <si>
+    <t>201 грн.</t>
+  </si>
+  <si>
+    <t>00-00013796</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6466H</t>
+  </si>
+  <si>
+    <t>00-00014148</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6484H</t>
+  </si>
+  <si>
+    <t>219 грн.</t>
+  </si>
+  <si>
+    <t>00-00045268</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6509H</t>
+  </si>
+  <si>
+    <t>00-00045269</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6524/2H</t>
+  </si>
+  <si>
+    <t>00-00045115</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6531H</t>
+  </si>
+  <si>
+    <t>176 грн.</t>
+  </si>
+  <si>
+    <t>00-00045182</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6560H</t>
+  </si>
+  <si>
+    <t>00-00045253</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6565H</t>
+  </si>
+  <si>
+    <t>177 грн.</t>
+  </si>
+  <si>
+    <t>00-00045296</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6593H</t>
   </si>
   <si>
     <t>259 грн.</t>
   </si>
   <si>
-    <t>00000007529</t>
-[...1853 lines deleted...]
-    <t>Трусы женские Acousma P6325H</t>
+    <t>00-00045351</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6603H</t>
+  </si>
+  <si>
+    <t>00-00045137</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma Т6533H</t>
+  </si>
+  <si>
+    <t>00-00045135</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma Т6534H</t>
+  </si>
+  <si>
+    <t>215 грн.</t>
+  </si>
+  <si>
+    <t>00-00014114</t>
+  </si>
+  <si>
+    <t>Трусы женские Diorella 2229</t>
+  </si>
+  <si>
+    <t>116 грн.</t>
+  </si>
+  <si>
+    <t>00-00014113</t>
+  </si>
+  <si>
+    <t>Трусы женские Diorella 32083</t>
+  </si>
+  <si>
+    <t>00000004518</t>
+  </si>
+  <si>
+    <t>Трусы женские Diorella 3595</t>
+  </si>
+  <si>
+    <t>00-00014111</t>
+  </si>
+  <si>
+    <t>Трусы женские Diorella 60277</t>
+  </si>
+  <si>
+    <t>145 грн.</t>
+  </si>
+  <si>
+    <t>00-00045315</t>
+  </si>
+  <si>
+    <t>Трусы женские Sea Luna 90007K</t>
   </si>
   <si>
     <t>270 грн.</t>
-  </si>
-[...922 lines deleted...]
-    <t>Трусы женские Sea Luna 90007K</t>
   </si>
   <si>
     <t>00-00045327</t>
   </si>
   <si>
     <t>Трусы женские Sea Luna 90011K</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
       <b val="0"/>
       <i val="0"/>
       <u val="none"/>
       <strike val="0"/>
       <color rgb="FF000000"/>
     </font>
     <font>
       <name val="Calibri"/>
@@ -4901,51 +3041,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C608"/>
+  <dimension ref="A1:C341"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
@@ -4997,139 +3137,139 @@
         <v>14</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" t="s">
         <v>22</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
         <v>24</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C11" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C12" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>30</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
+        <v>34</v>
+      </c>
+      <c r="C15" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" t="s">
         <v>37</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>39</v>
       </c>
       <c r="B17" t="s">
         <v>40</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>42</v>
       </c>
       <c r="B18" t="s">
         <v>43</v>
       </c>
       <c r="C18" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:3">
@@ -5162,6486 +3302,3549 @@
         <v>52</v>
       </c>
       <c r="C21" t="s">
         <v>53</v>
       </c>
     </row>
     <row r="22" spans="1:3">
       <c r="A22" t="s">
         <v>54</v>
       </c>
       <c r="B22" t="s">
         <v>55</v>
       </c>
       <c r="C22" t="s">
         <v>56</v>
       </c>
     </row>
     <row r="23" spans="1:3">
       <c r="A23" t="s">
         <v>57</v>
       </c>
       <c r="B23" t="s">
         <v>58</v>
       </c>
       <c r="C23" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
     </row>
     <row r="24" spans="1:3">
       <c r="A24" t="s">
+        <v>59</v>
+      </c>
+      <c r="B24" t="s">
         <v>60</v>
       </c>
-      <c r="B24" t="s">
+      <c r="C24" t="s">
         <v>61</v>
-      </c>
-[...1 lines deleted...]
-        <v>62</v>
       </c>
     </row>
     <row r="25" spans="1:3">
       <c r="A25" t="s">
+        <v>62</v>
+      </c>
+      <c r="B25" t="s">
         <v>63</v>
       </c>
-      <c r="B25" t="s">
+      <c r="C25" t="s">
         <v>64</v>
-      </c>
-[...1 lines deleted...]
-        <v>65</v>
       </c>
     </row>
     <row r="26" spans="1:3">
       <c r="A26" t="s">
+        <v>65</v>
+      </c>
+      <c r="B26" t="s">
         <v>66</v>
       </c>
-      <c r="B26" t="s">
+      <c r="C26" t="s">
         <v>67</v>
-      </c>
-[...1 lines deleted...]
-        <v>68</v>
       </c>
     </row>
     <row r="27" spans="1:3">
       <c r="A27" t="s">
+        <v>68</v>
+      </c>
+      <c r="B27" t="s">
         <v>69</v>
       </c>
-      <c r="B27" t="s">
+      <c r="C27" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="28" spans="1:3">
       <c r="A28" t="s">
+        <v>71</v>
+      </c>
+      <c r="B28" t="s">
         <v>72</v>
       </c>
-      <c r="B28" t="s">
+      <c r="C28" t="s">
         <v>73</v>
-      </c>
-[...1 lines deleted...]
-        <v>74</v>
       </c>
     </row>
     <row r="29" spans="1:3">
       <c r="A29" t="s">
+        <v>74</v>
+      </c>
+      <c r="B29" t="s">
         <v>75</v>
       </c>
-      <c r="B29" t="s">
+      <c r="C29" t="s">
         <v>76</v>
-      </c>
-[...1 lines deleted...]
-        <v>77</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
+        <v>77</v>
+      </c>
+      <c r="B30" t="s">
         <v>78</v>
       </c>
-      <c r="B30" t="s">
+      <c r="C30" t="s">
         <v>79</v>
-      </c>
-[...1 lines deleted...]
-        <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
+        <v>80</v>
+      </c>
+      <c r="B31" t="s">
         <v>81</v>
       </c>
-      <c r="B31" t="s">
+      <c r="C31" t="s">
         <v>82</v>
-      </c>
-[...1 lines deleted...]
-        <v>83</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
+        <v>83</v>
+      </c>
+      <c r="B32" t="s">
         <v>84</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
+        <v>86</v>
+      </c>
+      <c r="B33" t="s">
         <v>87</v>
       </c>
-      <c r="B33" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C33" t="s">
-        <v>89</v>
+        <v>67</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
+        <v>88</v>
+      </c>
+      <c r="B34" t="s">
+        <v>89</v>
+      </c>
+      <c r="C34" t="s">
         <v>90</v>
-      </c>
-[...4 lines deleted...]
-        <v>92</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
+        <v>91</v>
+      </c>
+      <c r="B35" t="s">
+        <v>92</v>
+      </c>
+      <c r="C35" t="s">
         <v>93</v>
-      </c>
-[...4 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="B36" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="C36" t="s">
-        <v>98</v>
+        <v>67</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="B37" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="C37" t="s">
-        <v>101</v>
+        <v>98</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>102</v>
+        <v>99</v>
       </c>
       <c r="B38" t="s">
-        <v>103</v>
+        <v>100</v>
       </c>
       <c r="C38" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="B39" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="C39" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="B40" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="C40" t="s">
-        <v>110</v>
+        <v>107</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>111</v>
+        <v>108</v>
       </c>
       <c r="B41" t="s">
-        <v>112</v>
+        <v>109</v>
       </c>
       <c r="C41" t="s">
-        <v>113</v>
+        <v>110</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>114</v>
+        <v>111</v>
       </c>
       <c r="B42" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C42" t="s">
-        <v>116</v>
+        <v>113</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>117</v>
+        <v>114</v>
       </c>
       <c r="B43" t="s">
-        <v>118</v>
+        <v>115</v>
       </c>
       <c r="C43" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="B44" t="s">
-        <v>121</v>
+        <v>118</v>
       </c>
       <c r="C44" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>123</v>
+        <v>120</v>
       </c>
       <c r="B45" t="s">
-        <v>124</v>
+        <v>121</v>
       </c>
       <c r="C45" t="s">
-        <v>125</v>
+        <v>122</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>126</v>
+        <v>123</v>
       </c>
       <c r="B46" t="s">
-        <v>127</v>
+        <v>124</v>
       </c>
       <c r="C46" t="s">
-        <v>128</v>
+        <v>125</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>129</v>
+        <v>126</v>
       </c>
       <c r="B47" t="s">
-        <v>130</v>
+        <v>127</v>
       </c>
       <c r="C47" t="s">
-        <v>131</v>
+        <v>110</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>132</v>
+        <v>128</v>
       </c>
       <c r="B48" t="s">
-        <v>133</v>
+        <v>129</v>
       </c>
       <c r="C48" t="s">
-        <v>134</v>
+        <v>130</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>135</v>
+        <v>131</v>
       </c>
       <c r="B49" t="s">
-        <v>136</v>
+        <v>132</v>
       </c>
       <c r="C49" t="s">
-        <v>137</v>
+        <v>133</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>138</v>
+        <v>134</v>
       </c>
       <c r="B50" t="s">
-        <v>139</v>
+        <v>135</v>
       </c>
       <c r="C50" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>141</v>
+        <v>137</v>
       </c>
       <c r="B51" t="s">
-        <v>142</v>
+        <v>138</v>
       </c>
       <c r="C51" t="s">
-        <v>143</v>
+        <v>139</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>144</v>
+        <v>140</v>
       </c>
       <c r="B52" t="s">
-        <v>145</v>
+        <v>141</v>
       </c>
       <c r="C52" t="s">
-        <v>146</v>
+        <v>142</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>147</v>
+        <v>143</v>
       </c>
       <c r="B53" t="s">
-        <v>148</v>
+        <v>144</v>
       </c>
       <c r="C53" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>150</v>
+        <v>146</v>
       </c>
       <c r="B54" t="s">
-        <v>151</v>
+        <v>147</v>
       </c>
       <c r="C54" t="s">
-        <v>152</v>
+        <v>148</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>153</v>
+        <v>149</v>
       </c>
       <c r="B55" t="s">
-        <v>154</v>
+        <v>150</v>
       </c>
       <c r="C55" t="s">
-        <v>155</v>
+        <v>151</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>156</v>
+        <v>152</v>
       </c>
       <c r="B56" t="s">
-        <v>157</v>
+        <v>153</v>
       </c>
       <c r="C56" t="s">
-        <v>158</v>
+        <v>151</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>159</v>
+        <v>154</v>
       </c>
       <c r="B57" t="s">
-        <v>160</v>
+        <v>155</v>
       </c>
       <c r="C57" t="s">
-        <v>161</v>
+        <v>156</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>162</v>
+        <v>157</v>
       </c>
       <c r="B58" t="s">
-        <v>163</v>
+        <v>158</v>
       </c>
       <c r="C58" t="s">
-        <v>128</v>
+        <v>159</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>164</v>
+        <v>160</v>
       </c>
       <c r="B59" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="C59" t="s">
-        <v>166</v>
+        <v>162</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>167</v>
+        <v>163</v>
       </c>
       <c r="B60" t="s">
-        <v>168</v>
+        <v>164</v>
       </c>
       <c r="C60" t="s">
-        <v>169</v>
+        <v>136</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>170</v>
+        <v>165</v>
       </c>
       <c r="B61" t="s">
-        <v>171</v>
+        <v>166</v>
       </c>
       <c r="C61" t="s">
-        <v>172</v>
+        <v>167</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>173</v>
+        <v>168</v>
       </c>
       <c r="B62" t="s">
-        <v>174</v>
+        <v>169</v>
       </c>
       <c r="C62" t="s">
-        <v>140</v>
+        <v>170</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>175</v>
+        <v>171</v>
       </c>
       <c r="B63" t="s">
-        <v>176</v>
+        <v>172</v>
       </c>
       <c r="C63" t="s">
-        <v>177</v>
+        <v>173</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>178</v>
+        <v>174</v>
       </c>
       <c r="B64" t="s">
-        <v>179</v>
+        <v>175</v>
       </c>
       <c r="C64" t="s">
-        <v>180</v>
+        <v>176</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>181</v>
+        <v>177</v>
       </c>
       <c r="B65" t="s">
-        <v>182</v>
+        <v>178</v>
       </c>
       <c r="C65" t="s">
-        <v>183</v>
+        <v>179</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>184</v>
+        <v>180</v>
       </c>
       <c r="B66" t="s">
-        <v>185</v>
+        <v>181</v>
       </c>
       <c r="C66" t="s">
-        <v>186</v>
+        <v>182</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>187</v>
+        <v>183</v>
       </c>
       <c r="B67" t="s">
-        <v>188</v>
+        <v>184</v>
       </c>
       <c r="C67" t="s">
-        <v>189</v>
+        <v>185</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>190</v>
+        <v>186</v>
       </c>
       <c r="B68" t="s">
-        <v>191</v>
+        <v>187</v>
       </c>
       <c r="C68" t="s">
-        <v>192</v>
+        <v>188</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>193</v>
+        <v>189</v>
       </c>
       <c r="B69" t="s">
-        <v>194</v>
+        <v>190</v>
       </c>
       <c r="C69" t="s">
-        <v>195</v>
+        <v>67</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>196</v>
+        <v>191</v>
       </c>
       <c r="B70" t="s">
-        <v>197</v>
+        <v>192</v>
       </c>
       <c r="C70" t="s">
-        <v>198</v>
+        <v>67</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>199</v>
+        <v>193</v>
       </c>
       <c r="B71" t="s">
-        <v>200</v>
+        <v>194</v>
       </c>
       <c r="C71" t="s">
-        <v>201</v>
+        <v>195</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>202</v>
+        <v>196</v>
       </c>
       <c r="B72" t="s">
-        <v>203</v>
+        <v>197</v>
       </c>
       <c r="C72" t="s">
-        <v>89</v>
+        <v>198</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>204</v>
+        <v>199</v>
       </c>
       <c r="B73" t="s">
-        <v>205</v>
+        <v>200</v>
       </c>
       <c r="C73" t="s">
-        <v>206</v>
+        <v>201</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>207</v>
+        <v>202</v>
       </c>
       <c r="B74" t="s">
-        <v>208</v>
+        <v>203</v>
       </c>
       <c r="C74" t="s">
-        <v>209</v>
+        <v>204</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>210</v>
+        <v>205</v>
       </c>
       <c r="B75" t="s">
-        <v>211</v>
+        <v>206</v>
       </c>
       <c r="C75" t="s">
-        <v>180</v>
+        <v>207</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>212</v>
+        <v>208</v>
       </c>
       <c r="B76" t="s">
-        <v>213</v>
+        <v>209</v>
       </c>
       <c r="C76" t="s">
-        <v>214</v>
+        <v>67</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>215</v>
+        <v>210</v>
       </c>
       <c r="B77" t="s">
-        <v>216</v>
+        <v>211</v>
       </c>
       <c r="C77" t="s">
-        <v>217</v>
+        <v>212</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>218</v>
+        <v>213</v>
       </c>
       <c r="B78" t="s">
-        <v>219</v>
+        <v>214</v>
       </c>
       <c r="C78" t="s">
-        <v>53</v>
+        <v>215</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>220</v>
+        <v>216</v>
       </c>
       <c r="B79" t="s">
-        <v>221</v>
+        <v>217</v>
       </c>
       <c r="C79" t="s">
-        <v>222</v>
+        <v>47</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>223</v>
+        <v>218</v>
       </c>
       <c r="B80" t="s">
-        <v>224</v>
+        <v>219</v>
       </c>
       <c r="C80" t="s">
-        <v>225</v>
+        <v>220</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>226</v>
+        <v>221</v>
       </c>
       <c r="B81" t="s">
-        <v>227</v>
+        <v>222</v>
       </c>
       <c r="C81" t="s">
-        <v>228</v>
+        <v>223</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>229</v>
+        <v>224</v>
       </c>
       <c r="B82" t="s">
-        <v>230</v>
+        <v>225</v>
       </c>
       <c r="C82" t="s">
-        <v>231</v>
+        <v>226</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>232</v>
+        <v>227</v>
       </c>
       <c r="B83" t="s">
-        <v>233</v>
+        <v>228</v>
       </c>
       <c r="C83" t="s">
-        <v>234</v>
+        <v>229</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>235</v>
+        <v>230</v>
       </c>
       <c r="B84" t="s">
-        <v>236</v>
+        <v>231</v>
       </c>
       <c r="C84" t="s">
-        <v>237</v>
+        <v>232</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>238</v>
+        <v>233</v>
       </c>
       <c r="B85" t="s">
-        <v>239</v>
+        <v>234</v>
       </c>
       <c r="C85" t="s">
-        <v>161</v>
+        <v>235</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>240</v>
+        <v>236</v>
       </c>
       <c r="B86" t="s">
-        <v>241</v>
+        <v>237</v>
       </c>
       <c r="C86" t="s">
-        <v>242</v>
+        <v>238</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>243</v>
+        <v>239</v>
       </c>
       <c r="B87" t="s">
-        <v>244</v>
+        <v>240</v>
       </c>
       <c r="C87" t="s">
-        <v>245</v>
+        <v>232</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>246</v>
+        <v>241</v>
       </c>
       <c r="B88" t="s">
-        <v>247</v>
+        <v>242</v>
       </c>
       <c r="C88" t="s">
-        <v>248</v>
+        <v>243</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>249</v>
+        <v>244</v>
       </c>
       <c r="B89" t="s">
-        <v>250</v>
+        <v>245</v>
       </c>
       <c r="C89" t="s">
-        <v>251</v>
+        <v>246</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="B90" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="C90" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="B91" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="C91" t="s">
-        <v>254</v>
+        <v>229</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="B92" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="C92" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="B93" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="C93" t="s">
-        <v>262</v>
+        <v>238</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>263</v>
+        <v>257</v>
       </c>
       <c r="B94" t="s">
-        <v>264</v>
+        <v>258</v>
       </c>
       <c r="C94" t="s">
-        <v>265</v>
+        <v>232</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>266</v>
+        <v>259</v>
       </c>
       <c r="B95" t="s">
-        <v>267</v>
+        <v>260</v>
       </c>
       <c r="C95" t="s">
-        <v>268</v>
+        <v>261</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>269</v>
+        <v>262</v>
       </c>
       <c r="B96" t="s">
-        <v>270</v>
+        <v>263</v>
       </c>
       <c r="C96" t="s">
-        <v>271</v>
+        <v>243</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>272</v>
+        <v>264</v>
       </c>
       <c r="B97" t="s">
-        <v>273</v>
+        <v>265</v>
       </c>
       <c r="C97" t="s">
-        <v>274</v>
+        <v>266</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>275</v>
+        <v>267</v>
       </c>
       <c r="B98" t="s">
-        <v>276</v>
+        <v>268</v>
       </c>
       <c r="C98" t="s">
-        <v>277</v>
+        <v>269</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>278</v>
+        <v>270</v>
       </c>
       <c r="B99" t="s">
-        <v>279</v>
+        <v>271</v>
       </c>
       <c r="C99" t="s">
-        <v>280</v>
+        <v>229</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>281</v>
+        <v>272</v>
       </c>
       <c r="B100" t="s">
-        <v>282</v>
+        <v>273</v>
       </c>
       <c r="C100" t="s">
-        <v>228</v>
+        <v>274</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>283</v>
+        <v>275</v>
       </c>
       <c r="B101" t="s">
-        <v>284</v>
+        <v>276</v>
       </c>
       <c r="C101" t="s">
-        <v>285</v>
+        <v>229</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>286</v>
+        <v>277</v>
       </c>
       <c r="B102" t="s">
-        <v>287</v>
+        <v>278</v>
       </c>
       <c r="C102" t="s">
-        <v>288</v>
+        <v>279</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>289</v>
+        <v>280</v>
       </c>
       <c r="B103" t="s">
-        <v>290</v>
+        <v>281</v>
       </c>
       <c r="C103" t="s">
-        <v>158</v>
+        <v>282</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>291</v>
+        <v>283</v>
       </c>
       <c r="B104" t="s">
-        <v>292</v>
+        <v>284</v>
       </c>
       <c r="C104" t="s">
-        <v>293</v>
+        <v>274</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>294</v>
+        <v>285</v>
       </c>
       <c r="B105" t="s">
-        <v>295</v>
+        <v>286</v>
       </c>
       <c r="C105" t="s">
-        <v>296</v>
+        <v>287</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>297</v>
+        <v>288</v>
       </c>
       <c r="B106" t="s">
-        <v>298</v>
+        <v>289</v>
       </c>
       <c r="C106" t="s">
-        <v>299</v>
+        <v>274</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>300</v>
+        <v>290</v>
       </c>
       <c r="B107" t="s">
-        <v>301</v>
+        <v>291</v>
       </c>
       <c r="C107" t="s">
-        <v>302</v>
+        <v>292</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="B108" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="C108" t="s">
-        <v>305</v>
+        <v>295</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>306</v>
+        <v>296</v>
       </c>
       <c r="B109" t="s">
-        <v>307</v>
+        <v>297</v>
       </c>
       <c r="C109" t="s">
-        <v>308</v>
+        <v>292</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>309</v>
+        <v>298</v>
       </c>
       <c r="B110" t="s">
-        <v>310</v>
+        <v>299</v>
       </c>
       <c r="C110" t="s">
-        <v>311</v>
+        <v>243</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>312</v>
+        <v>300</v>
       </c>
       <c r="B111" t="s">
-        <v>313</v>
+        <v>301</v>
       </c>
       <c r="C111" t="s">
-        <v>314</v>
+        <v>302</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>315</v>
+        <v>303</v>
       </c>
       <c r="B112" t="s">
-        <v>316</v>
+        <v>304</v>
       </c>
       <c r="C112" t="s">
-        <v>317</v>
+        <v>305</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>318</v>
+        <v>306</v>
       </c>
       <c r="B113" t="s">
-        <v>319</v>
+        <v>307</v>
       </c>
       <c r="C113" t="s">
-        <v>158</v>
+        <v>295</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>320</v>
+        <v>308</v>
       </c>
       <c r="B114" t="s">
-        <v>321</v>
+        <v>309</v>
       </c>
       <c r="C114" t="s">
-        <v>322</v>
+        <v>246</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>323</v>
+        <v>310</v>
       </c>
       <c r="B115" t="s">
-        <v>324</v>
+        <v>311</v>
       </c>
       <c r="C115" t="s">
-        <v>107</v>
+        <v>312</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>325</v>
+        <v>313</v>
       </c>
       <c r="B116" t="s">
-        <v>326</v>
+        <v>314</v>
       </c>
       <c r="C116" t="s">
-        <v>327</v>
+        <v>204</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>328</v>
+        <v>315</v>
       </c>
       <c r="B117" t="s">
-        <v>329</v>
+        <v>316</v>
       </c>
       <c r="C117" t="s">
-        <v>330</v>
+        <v>317</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>331</v>
+        <v>318</v>
       </c>
       <c r="B118" t="s">
-        <v>332</v>
+        <v>319</v>
       </c>
       <c r="C118" t="s">
-        <v>333</v>
+        <v>320</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>334</v>
+        <v>321</v>
       </c>
       <c r="B119" t="s">
-        <v>335</v>
+        <v>322</v>
       </c>
       <c r="C119" t="s">
-        <v>336</v>
+        <v>323</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>337</v>
+        <v>324</v>
       </c>
       <c r="B120" t="s">
-        <v>338</v>
+        <v>325</v>
       </c>
       <c r="C120" t="s">
-        <v>339</v>
+        <v>326</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>340</v>
+        <v>327</v>
       </c>
       <c r="B121" t="s">
-        <v>341</v>
+        <v>328</v>
       </c>
       <c r="C121" t="s">
-        <v>158</v>
+        <v>329</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>342</v>
+        <v>330</v>
       </c>
       <c r="B122" t="s">
-        <v>343</v>
+        <v>331</v>
       </c>
       <c r="C122" t="s">
-        <v>344</v>
+        <v>332</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>345</v>
+        <v>333</v>
       </c>
       <c r="B123" t="s">
-        <v>346</v>
+        <v>334</v>
       </c>
       <c r="C123" t="s">
-        <v>347</v>
+        <v>292</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>348</v>
+        <v>335</v>
       </c>
       <c r="B124" t="s">
-        <v>349</v>
+        <v>336</v>
       </c>
       <c r="C124" t="s">
-        <v>350</v>
+        <v>292</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>351</v>
+        <v>337</v>
       </c>
       <c r="B125" t="s">
-        <v>352</v>
+        <v>338</v>
       </c>
       <c r="C125" t="s">
-        <v>353</v>
+        <v>339</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>354</v>
+        <v>340</v>
       </c>
       <c r="B126" t="s">
-        <v>355</v>
+        <v>341</v>
       </c>
       <c r="C126" t="s">
-        <v>65</v>
+        <v>342</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>356</v>
+        <v>343</v>
       </c>
       <c r="B127" t="s">
-        <v>357</v>
+        <v>344</v>
       </c>
       <c r="C127" t="s">
-        <v>350</v>
+        <v>345</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
-        <v>358</v>
+        <v>346</v>
       </c>
       <c r="B128" t="s">
-        <v>359</v>
+        <v>347</v>
       </c>
       <c r="C128" t="s">
-        <v>353</v>
+        <v>348</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>360</v>
+        <v>349</v>
       </c>
       <c r="B129" t="s">
-        <v>361</v>
+        <v>350</v>
       </c>
       <c r="C129" t="s">
-        <v>362</v>
+        <v>351</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>363</v>
+        <v>352</v>
       </c>
       <c r="B130" t="s">
-        <v>364</v>
+        <v>353</v>
       </c>
       <c r="C130" t="s">
-        <v>365</v>
+        <v>295</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
-        <v>366</v>
+        <v>354</v>
       </c>
       <c r="B131" t="s">
-        <v>367</v>
+        <v>355</v>
       </c>
       <c r="C131" t="s">
-        <v>368</v>
+        <v>305</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
-        <v>369</v>
+        <v>356</v>
       </c>
       <c r="B132" t="s">
-        <v>370</v>
+        <v>357</v>
       </c>
       <c r="C132" t="s">
-        <v>371</v>
+        <v>305</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>372</v>
+        <v>358</v>
       </c>
       <c r="B133" t="s">
-        <v>373</v>
+        <v>359</v>
       </c>
       <c r="C133" t="s">
-        <v>374</v>
+        <v>360</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>375</v>
+        <v>361</v>
       </c>
       <c r="B134" t="s">
-        <v>376</v>
+        <v>362</v>
       </c>
       <c r="C134" t="s">
-        <v>377</v>
+        <v>266</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>378</v>
+        <v>363</v>
       </c>
       <c r="B135" t="s">
-        <v>379</v>
+        <v>364</v>
       </c>
       <c r="C135" t="s">
-        <v>374</v>
+        <v>243</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>380</v>
+        <v>365</v>
       </c>
       <c r="B136" t="s">
-        <v>381</v>
+        <v>366</v>
       </c>
       <c r="C136" t="s">
-        <v>382</v>
+        <v>305</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>383</v>
+        <v>367</v>
       </c>
       <c r="B137" t="s">
-        <v>384</v>
+        <v>368</v>
       </c>
       <c r="C137" t="s">
-        <v>385</v>
+        <v>369</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>386</v>
+        <v>370</v>
       </c>
       <c r="B138" t="s">
-        <v>387</v>
+        <v>371</v>
       </c>
       <c r="C138" t="s">
-        <v>388</v>
+        <v>274</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>389</v>
+        <v>372</v>
       </c>
       <c r="B139" t="s">
-        <v>390</v>
+        <v>373</v>
       </c>
       <c r="C139" t="s">
-        <v>385</v>
+        <v>229</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>391</v>
+        <v>374</v>
       </c>
       <c r="B140" t="s">
-        <v>392</v>
+        <v>375</v>
       </c>
       <c r="C140" t="s">
-        <v>385</v>
+        <v>295</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>393</v>
+        <v>376</v>
       </c>
       <c r="B141" t="s">
-        <v>394</v>
+        <v>377</v>
       </c>
       <c r="C141" t="s">
-        <v>395</v>
+        <v>274</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>396</v>
+        <v>378</v>
       </c>
       <c r="B142" t="s">
-        <v>397</v>
+        <v>379</v>
       </c>
       <c r="C142" t="s">
-        <v>377</v>
+        <v>292</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
-        <v>398</v>
+        <v>380</v>
       </c>
       <c r="B143" t="s">
-        <v>399</v>
+        <v>381</v>
       </c>
       <c r="C143" t="s">
-        <v>400</v>
+        <v>274</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>401</v>
+        <v>382</v>
       </c>
       <c r="B144" t="s">
-        <v>402</v>
+        <v>383</v>
       </c>
       <c r="C144" t="s">
-        <v>371</v>
+        <v>295</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>403</v>
+        <v>384</v>
       </c>
       <c r="B145" t="s">
-        <v>404</v>
+        <v>385</v>
       </c>
       <c r="C145" t="s">
-        <v>405</v>
+        <v>386</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
-        <v>406</v>
+        <v>387</v>
       </c>
       <c r="B146" t="s">
-        <v>407</v>
+        <v>388</v>
       </c>
       <c r="C146" t="s">
-        <v>395</v>
+        <v>389</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
-        <v>408</v>
+        <v>390</v>
       </c>
       <c r="B147" t="s">
-        <v>409</v>
+        <v>391</v>
       </c>
       <c r="C147" t="s">
-        <v>395</v>
+        <v>392</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>410</v>
+        <v>393</v>
       </c>
       <c r="B148" t="s">
-        <v>411</v>
+        <v>394</v>
       </c>
       <c r="C148" t="s">
-        <v>374</v>
+        <v>392</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
-        <v>412</v>
+        <v>395</v>
       </c>
       <c r="B149" t="s">
-        <v>413</v>
+        <v>396</v>
       </c>
       <c r="C149" t="s">
-        <v>377</v>
+        <v>392</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
-        <v>414</v>
+        <v>397</v>
       </c>
       <c r="B150" t="s">
-        <v>415</v>
+        <v>398</v>
       </c>
       <c r="C150" t="s">
-        <v>382</v>
+        <v>67</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
-        <v>416</v>
+        <v>399</v>
       </c>
       <c r="B151" t="s">
-        <v>417</v>
+        <v>400</v>
       </c>
       <c r="C151" t="s">
-        <v>418</v>
+        <v>401</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>419</v>
+        <v>402</v>
       </c>
       <c r="B152" t="s">
-        <v>420</v>
+        <v>403</v>
       </c>
       <c r="C152" t="s">
-        <v>374</v>
+        <v>404</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
-        <v>421</v>
+        <v>405</v>
       </c>
       <c r="B153" t="s">
-        <v>422</v>
+        <v>406</v>
       </c>
       <c r="C153" t="s">
-        <v>423</v>
+        <v>182</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
-        <v>424</v>
+        <v>407</v>
       </c>
       <c r="B154" t="s">
-        <v>425</v>
+        <v>408</v>
       </c>
       <c r="C154" t="s">
-        <v>426</v>
+        <v>409</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>427</v>
+        <v>410</v>
       </c>
       <c r="B155" t="s">
-        <v>428</v>
+        <v>411</v>
       </c>
       <c r="C155" t="s">
-        <v>395</v>
+        <v>295</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
-        <v>429</v>
+        <v>412</v>
       </c>
       <c r="B156" t="s">
-        <v>430</v>
+        <v>413</v>
       </c>
       <c r="C156" t="s">
-        <v>395</v>
+        <v>229</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
-        <v>431</v>
+        <v>414</v>
       </c>
       <c r="B157" t="s">
-        <v>432</v>
+        <v>415</v>
       </c>
       <c r="C157" t="s">
-        <v>405</v>
+        <v>67</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
-        <v>433</v>
+        <v>416</v>
       </c>
       <c r="B158" t="s">
-        <v>434</v>
+        <v>417</v>
       </c>
       <c r="C158" t="s">
-        <v>377</v>
+        <v>67</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
-        <v>435</v>
+        <v>418</v>
       </c>
       <c r="B159" t="s">
-        <v>436</v>
+        <v>419</v>
       </c>
       <c r="C159" t="s">
-        <v>418</v>
+        <v>67</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
-        <v>437</v>
+        <v>420</v>
       </c>
       <c r="B160" t="s">
-        <v>438</v>
+        <v>421</v>
       </c>
       <c r="C160" t="s">
-        <v>395</v>
+        <v>67</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
-        <v>439</v>
+        <v>422</v>
       </c>
       <c r="B161" t="s">
-        <v>440</v>
+        <v>423</v>
       </c>
       <c r="C161" t="s">
-        <v>374</v>
+        <v>67</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
-        <v>441</v>
+        <v>424</v>
       </c>
       <c r="B162" t="s">
-        <v>442</v>
+        <v>425</v>
       </c>
       <c r="C162" t="s">
-        <v>382</v>
+        <v>426</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>443</v>
+        <v>427</v>
       </c>
       <c r="B163" t="s">
-        <v>444</v>
+        <v>428</v>
       </c>
       <c r="C163" t="s">
-        <v>377</v>
+        <v>429</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
-        <v>445</v>
+        <v>430</v>
       </c>
       <c r="B164" t="s">
-        <v>446</v>
+        <v>431</v>
       </c>
       <c r="C164" t="s">
-        <v>395</v>
+        <v>432</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
-        <v>447</v>
+        <v>433</v>
       </c>
       <c r="B165" t="s">
-        <v>448</v>
+        <v>434</v>
       </c>
       <c r="C165" t="s">
-        <v>449</v>
+        <v>435</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
-        <v>450</v>
+        <v>436</v>
       </c>
       <c r="B166" t="s">
-        <v>451</v>
+        <v>437</v>
       </c>
       <c r="C166" t="s">
-        <v>452</v>
+        <v>61</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
-        <v>453</v>
+        <v>438</v>
       </c>
       <c r="B167" t="s">
-        <v>454</v>
+        <v>439</v>
       </c>
       <c r="C167" t="s">
-        <v>449</v>
+        <v>326</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
-        <v>455</v>
+        <v>440</v>
       </c>
       <c r="B168" t="s">
-        <v>456</v>
+        <v>441</v>
       </c>
       <c r="C168" t="s">
-        <v>395</v>
+        <v>442</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
-        <v>457</v>
+        <v>443</v>
       </c>
       <c r="B169" t="s">
-        <v>458</v>
+        <v>444</v>
       </c>
       <c r="C169" t="s">
-        <v>405</v>
+        <v>445</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
-        <v>459</v>
+        <v>446</v>
       </c>
       <c r="B170" t="s">
-        <v>460</v>
+        <v>447</v>
       </c>
       <c r="C170" t="s">
-        <v>461</v>
+        <v>220</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
-        <v>462</v>
+        <v>448</v>
       </c>
       <c r="B171" t="s">
-        <v>463</v>
+        <v>449</v>
       </c>
       <c r="C171" t="s">
-        <v>405</v>
+        <v>426</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
-        <v>464</v>
+        <v>450</v>
       </c>
       <c r="B172" t="s">
-        <v>465</v>
+        <v>451</v>
       </c>
       <c r="C172" t="s">
-        <v>426</v>
+        <v>329</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
-        <v>466</v>
+        <v>452</v>
       </c>
       <c r="B173" t="s">
-        <v>467</v>
+        <v>453</v>
       </c>
       <c r="C173" t="s">
-        <v>418</v>
+        <v>454</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
-        <v>468</v>
+        <v>455</v>
       </c>
       <c r="B174" t="s">
-        <v>469</v>
+        <v>456</v>
       </c>
       <c r="C174" t="s">
-        <v>470</v>
+        <v>201</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
-        <v>471</v>
+        <v>457</v>
       </c>
       <c r="B175" t="s">
-        <v>472</v>
+        <v>458</v>
       </c>
       <c r="C175" t="s">
-        <v>461</v>
+        <v>459</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
-        <v>473</v>
+        <v>460</v>
       </c>
       <c r="B176" t="s">
-        <v>474</v>
+        <v>461</v>
       </c>
       <c r="C176" t="s">
-        <v>418</v>
+        <v>462</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
-        <v>475</v>
+        <v>463</v>
       </c>
       <c r="B177" t="s">
-        <v>476</v>
+        <v>464</v>
       </c>
       <c r="C177" t="s">
-        <v>426</v>
+        <v>465</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
-        <v>477</v>
+        <v>466</v>
       </c>
       <c r="B178" t="s">
-        <v>478</v>
+        <v>467</v>
       </c>
       <c r="C178" t="s">
-        <v>405</v>
+        <v>468</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
-        <v>479</v>
+        <v>469</v>
       </c>
       <c r="B179" t="s">
-        <v>480</v>
+        <v>470</v>
       </c>
       <c r="C179" t="s">
-        <v>461</v>
+        <v>471</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
-        <v>481</v>
+        <v>472</v>
       </c>
       <c r="B180" t="s">
-        <v>482</v>
+        <v>473</v>
       </c>
       <c r="C180" t="s">
-        <v>426</v>
+        <v>471</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
-        <v>483</v>
+        <v>474</v>
       </c>
       <c r="B181" t="s">
-        <v>484</v>
+        <v>475</v>
       </c>
       <c r="C181" t="s">
-        <v>418</v>
+        <v>317</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
-        <v>485</v>
+        <v>476</v>
       </c>
       <c r="B182" t="s">
-        <v>486</v>
+        <v>477</v>
       </c>
       <c r="C182" t="s">
-        <v>426</v>
+        <v>478</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
-        <v>487</v>
+        <v>479</v>
       </c>
       <c r="B183" t="s">
-        <v>488</v>
+        <v>480</v>
       </c>
       <c r="C183" t="s">
-        <v>418</v>
+        <v>442</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
-        <v>489</v>
+        <v>481</v>
       </c>
       <c r="B184" t="s">
-        <v>490</v>
+        <v>482</v>
       </c>
       <c r="C184" t="s">
-        <v>395</v>
+        <v>67</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>491</v>
+        <v>483</v>
       </c>
       <c r="B185" t="s">
-        <v>492</v>
+        <v>484</v>
       </c>
       <c r="C185" t="s">
-        <v>426</v>
+        <v>67</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
-        <v>493</v>
+        <v>485</v>
       </c>
       <c r="B186" t="s">
-        <v>494</v>
+        <v>486</v>
       </c>
       <c r="C186" t="s">
-        <v>418</v>
+        <v>67</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>495</v>
+        <v>487</v>
       </c>
       <c r="B187" t="s">
-        <v>496</v>
+        <v>488</v>
       </c>
       <c r="C187" t="s">
-        <v>395</v>
+        <v>67</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
-        <v>497</v>
+        <v>489</v>
       </c>
       <c r="B188" t="s">
-        <v>498</v>
+        <v>490</v>
       </c>
       <c r="C188" t="s">
-        <v>426</v>
+        <v>67</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>499</v>
+        <v>491</v>
       </c>
       <c r="B189" t="s">
-        <v>500</v>
+        <v>492</v>
       </c>
       <c r="C189" t="s">
-        <v>461</v>
+        <v>67</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
-        <v>501</v>
+        <v>493</v>
       </c>
       <c r="B190" t="s">
-        <v>502</v>
+        <v>494</v>
       </c>
       <c r="C190" t="s">
-        <v>426</v>
+        <v>67</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>503</v>
+        <v>495</v>
       </c>
       <c r="B191" t="s">
-        <v>504</v>
+        <v>496</v>
       </c>
       <c r="C191" t="s">
-        <v>418</v>
+        <v>67</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>505</v>
+        <v>497</v>
       </c>
       <c r="B192" t="s">
-        <v>506</v>
+        <v>498</v>
       </c>
       <c r="C192" t="s">
-        <v>507</v>
+        <v>67</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
-        <v>508</v>
+        <v>499</v>
       </c>
       <c r="B193" t="s">
-        <v>509</v>
+        <v>500</v>
       </c>
       <c r="C193" t="s">
-        <v>461</v>
+        <v>67</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
-        <v>510</v>
+        <v>501</v>
       </c>
       <c r="B194" t="s">
-        <v>511</v>
+        <v>502</v>
       </c>
       <c r="C194" t="s">
-        <v>405</v>
+        <v>67</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
-        <v>512</v>
+        <v>503</v>
       </c>
       <c r="B195" t="s">
-        <v>513</v>
+        <v>504</v>
       </c>
       <c r="C195" t="s">
-        <v>514</v>
+        <v>67</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
-        <v>515</v>
+        <v>505</v>
       </c>
       <c r="B196" t="s">
-        <v>516</v>
+        <v>506</v>
       </c>
       <c r="C196" t="s">
-        <v>517</v>
+        <v>67</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
-        <v>518</v>
+        <v>507</v>
       </c>
       <c r="B197" t="s">
-        <v>519</v>
+        <v>508</v>
       </c>
       <c r="C197" t="s">
-        <v>461</v>
+        <v>392</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
-        <v>520</v>
+        <v>509</v>
       </c>
       <c r="B198" t="s">
-        <v>521</v>
+        <v>510</v>
       </c>
       <c r="C198" t="s">
-        <v>405</v>
+        <v>511</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
-        <v>522</v>
+        <v>512</v>
       </c>
       <c r="B199" t="s">
-        <v>523</v>
+        <v>513</v>
       </c>
       <c r="C199" t="s">
-        <v>311</v>
+        <v>514</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
-        <v>524</v>
+        <v>515</v>
       </c>
       <c r="B200" t="s">
-        <v>525</v>
+        <v>516</v>
       </c>
       <c r="C200" t="s">
-        <v>461</v>
+        <v>517</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
-        <v>526</v>
+        <v>518</v>
       </c>
       <c r="B201" t="s">
-        <v>527</v>
+        <v>519</v>
       </c>
       <c r="C201" t="s">
-        <v>405</v>
+        <v>520</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
-        <v>528</v>
+        <v>521</v>
       </c>
       <c r="B202" t="s">
-        <v>529</v>
+        <v>522</v>
       </c>
       <c r="C202" t="s">
-        <v>418</v>
+        <v>514</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
-        <v>530</v>
+        <v>523</v>
       </c>
       <c r="B203" t="s">
-        <v>531</v>
+        <v>524</v>
       </c>
       <c r="C203" t="s">
-        <v>461</v>
+        <v>517</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
-        <v>532</v>
+        <v>525</v>
       </c>
       <c r="B204" t="s">
-        <v>533</v>
+        <v>526</v>
       </c>
       <c r="C204" t="s">
-        <v>470</v>
+        <v>520</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
-        <v>534</v>
+        <v>527</v>
       </c>
       <c r="B205" t="s">
-        <v>535</v>
+        <v>528</v>
       </c>
       <c r="C205" t="s">
-        <v>536</v>
+        <v>529</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
-        <v>537</v>
+        <v>530</v>
       </c>
       <c r="B206" t="s">
-        <v>538</v>
+        <v>531</v>
       </c>
       <c r="C206" t="s">
-        <v>461</v>
+        <v>64</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
-        <v>539</v>
+        <v>532</v>
       </c>
       <c r="B207" t="s">
-        <v>540</v>
+        <v>533</v>
       </c>
       <c r="C207" t="s">
-        <v>405</v>
+        <v>534</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
-        <v>541</v>
+        <v>535</v>
       </c>
       <c r="B208" t="s">
-        <v>542</v>
+        <v>536</v>
       </c>
       <c r="C208" t="s">
-        <v>543</v>
+        <v>67</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
-        <v>544</v>
+        <v>537</v>
       </c>
       <c r="B209" t="s">
-        <v>545</v>
+        <v>538</v>
       </c>
       <c r="C209" t="s">
-        <v>400</v>
+        <v>539</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
-        <v>546</v>
+        <v>540</v>
       </c>
       <c r="B210" t="s">
-        <v>547</v>
+        <v>541</v>
       </c>
       <c r="C210" t="s">
-        <v>548</v>
+        <v>67</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
-        <v>549</v>
+        <v>542</v>
       </c>
       <c r="B211" t="s">
-        <v>550</v>
+        <v>543</v>
       </c>
       <c r="C211" t="s">
-        <v>551</v>
+        <v>544</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
-        <v>552</v>
+        <v>545</v>
       </c>
       <c r="B212" t="s">
-        <v>553</v>
+        <v>546</v>
       </c>
       <c r="C212" t="s">
-        <v>405</v>
+        <v>67</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
-        <v>554</v>
+        <v>547</v>
       </c>
       <c r="B213" t="s">
-        <v>555</v>
+        <v>548</v>
       </c>
       <c r="C213" t="s">
-        <v>426</v>
+        <v>549</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
-        <v>556</v>
+        <v>550</v>
       </c>
       <c r="B214" t="s">
-        <v>557</v>
+        <v>551</v>
       </c>
       <c r="C214" t="s">
-        <v>418</v>
+        <v>552</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
-        <v>558</v>
+        <v>553</v>
       </c>
       <c r="B215" t="s">
-        <v>559</v>
+        <v>554</v>
       </c>
       <c r="C215" t="s">
-        <v>426</v>
+        <v>555</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
-        <v>560</v>
+        <v>556</v>
       </c>
       <c r="B216" t="s">
-        <v>561</v>
+        <v>557</v>
       </c>
       <c r="C216" t="s">
-        <v>461</v>
+        <v>558</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
-        <v>562</v>
+        <v>559</v>
       </c>
       <c r="B217" t="s">
-        <v>563</v>
+        <v>560</v>
       </c>
       <c r="C217" t="s">
-        <v>395</v>
+        <v>561</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
+        <v>562</v>
+      </c>
+      <c r="B218" t="s">
+        <v>563</v>
+      </c>
+      <c r="C218" t="s">
         <v>564</v>
-      </c>
-[...4 lines deleted...]
-        <v>426</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
+        <v>565</v>
+      </c>
+      <c r="B219" t="s">
         <v>566</v>
       </c>
-      <c r="B219" t="s">
+      <c r="C219" t="s">
         <v>567</v>
-      </c>
-[...1 lines deleted...]
-        <v>374</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
         <v>568</v>
       </c>
       <c r="B220" t="s">
         <v>569</v>
       </c>
       <c r="C220" t="s">
-        <v>374</v>
+        <v>570</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
-        <v>570</v>
+        <v>571</v>
       </c>
       <c r="B221" t="s">
-        <v>571</v>
+        <v>572</v>
       </c>
       <c r="C221" t="s">
-        <v>572</v>
+        <v>573</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
-        <v>573</v>
+        <v>574</v>
       </c>
       <c r="B222" t="s">
-        <v>574</v>
+        <v>575</v>
       </c>
       <c r="C222" t="s">
-        <v>382</v>
+        <v>576</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
-        <v>575</v>
+        <v>577</v>
       </c>
       <c r="B223" t="s">
-        <v>576</v>
+        <v>578</v>
       </c>
       <c r="C223" t="s">
-        <v>382</v>
+        <v>579</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
-        <v>577</v>
+        <v>580</v>
       </c>
       <c r="B224" t="s">
-        <v>578</v>
+        <v>581</v>
       </c>
       <c r="C224" t="s">
-        <v>579</v>
+        <v>582</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
-        <v>580</v>
+        <v>583</v>
       </c>
       <c r="B225" t="s">
-        <v>581</v>
+        <v>584</v>
       </c>
       <c r="C225" t="s">
-        <v>418</v>
+        <v>585</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
-        <v>582</v>
+        <v>586</v>
       </c>
       <c r="B226" t="s">
-        <v>583</v>
+        <v>587</v>
       </c>
       <c r="C226" t="s">
-        <v>507</v>
+        <v>588</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
-        <v>584</v>
+        <v>589</v>
       </c>
       <c r="B227" t="s">
-        <v>585</v>
+        <v>590</v>
       </c>
       <c r="C227" t="s">
-        <v>382</v>
+        <v>591</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="B228" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="C228" t="s">
-        <v>395</v>
+        <v>594</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
-        <v>588</v>
+        <v>595</v>
       </c>
       <c r="B229" t="s">
-        <v>589</v>
+        <v>596</v>
       </c>
       <c r="C229" t="s">
-        <v>507</v>
+        <v>67</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
-        <v>590</v>
+        <v>597</v>
       </c>
       <c r="B230" t="s">
-        <v>591</v>
+        <v>598</v>
       </c>
       <c r="C230" t="s">
-        <v>374</v>
+        <v>67</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
-        <v>592</v>
+        <v>599</v>
       </c>
       <c r="B231" t="s">
-        <v>593</v>
+        <v>600</v>
       </c>
       <c r="C231" t="s">
-        <v>418</v>
+        <v>67</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
-        <v>594</v>
+        <v>601</v>
       </c>
       <c r="B232" t="s">
-        <v>595</v>
+        <v>602</v>
       </c>
       <c r="C232" t="s">
-        <v>418</v>
+        <v>603</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
-        <v>596</v>
+        <v>604</v>
       </c>
       <c r="B233" t="s">
-        <v>597</v>
+        <v>605</v>
       </c>
       <c r="C233" t="s">
-        <v>382</v>
+        <v>606</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
-        <v>598</v>
+        <v>607</v>
       </c>
       <c r="B234" t="s">
-        <v>599</v>
+        <v>608</v>
       </c>
       <c r="C234" t="s">
-        <v>395</v>
+        <v>609</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
-        <v>600</v>
+        <v>610</v>
       </c>
       <c r="B235" t="s">
-        <v>601</v>
+        <v>611</v>
       </c>
       <c r="C235" t="s">
-        <v>426</v>
+        <v>612</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
-        <v>602</v>
+        <v>613</v>
       </c>
       <c r="B236" t="s">
-        <v>603</v>
+        <v>614</v>
       </c>
       <c r="C236" t="s">
-        <v>426</v>
+        <v>615</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
-        <v>604</v>
+        <v>616</v>
       </c>
       <c r="B237" t="s">
-        <v>605</v>
+        <v>617</v>
       </c>
       <c r="C237" t="s">
-        <v>418</v>
+        <v>618</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
-        <v>606</v>
+        <v>619</v>
       </c>
       <c r="B238" t="s">
-        <v>607</v>
+        <v>620</v>
       </c>
       <c r="C238" t="s">
-        <v>461</v>
+        <v>621</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
-        <v>608</v>
+        <v>622</v>
       </c>
       <c r="B239" t="s">
-        <v>609</v>
+        <v>623</v>
       </c>
       <c r="C239" t="s">
-        <v>610</v>
+        <v>624</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
-        <v>611</v>
+        <v>625</v>
       </c>
       <c r="B240" t="s">
-        <v>612</v>
+        <v>626</v>
       </c>
       <c r="C240" t="s">
-        <v>551</v>
+        <v>603</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
-        <v>613</v>
+        <v>627</v>
       </c>
       <c r="B241" t="s">
-        <v>614</v>
+        <v>628</v>
       </c>
       <c r="C241" t="s">
-        <v>405</v>
+        <v>67</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
-        <v>615</v>
+        <v>629</v>
       </c>
       <c r="B242" t="s">
-        <v>616</v>
+        <v>630</v>
       </c>
       <c r="C242" t="s">
-        <v>418</v>
+        <v>67</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
-        <v>617</v>
+        <v>631</v>
       </c>
       <c r="B243" t="s">
-        <v>618</v>
+        <v>632</v>
       </c>
       <c r="C243" t="s">
-        <v>461</v>
+        <v>67</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
-        <v>619</v>
+        <v>633</v>
       </c>
       <c r="B244" t="s">
-        <v>620</v>
+        <v>634</v>
       </c>
       <c r="C244" t="s">
-        <v>507</v>
+        <v>635</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
-        <v>621</v>
+        <v>636</v>
       </c>
       <c r="B245" t="s">
-        <v>622</v>
+        <v>637</v>
       </c>
       <c r="C245" t="s">
-        <v>426</v>
+        <v>638</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
-        <v>623</v>
+        <v>639</v>
       </c>
       <c r="B246" t="s">
-        <v>624</v>
+        <v>640</v>
       </c>
       <c r="C246" t="s">
-        <v>461</v>
+        <v>641</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
-        <v>625</v>
+        <v>642</v>
       </c>
       <c r="B247" t="s">
-        <v>626</v>
+        <v>643</v>
       </c>
       <c r="C247" t="s">
-        <v>418</v>
+        <v>644</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
-        <v>627</v>
+        <v>645</v>
       </c>
       <c r="B248" t="s">
-        <v>628</v>
+        <v>646</v>
       </c>
       <c r="C248" t="s">
-        <v>629</v>
+        <v>644</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
-        <v>630</v>
+        <v>647</v>
       </c>
       <c r="B249" t="s">
-        <v>631</v>
+        <v>648</v>
       </c>
       <c r="C249" t="s">
-        <v>418</v>
+        <v>649</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
-        <v>632</v>
+        <v>650</v>
       </c>
       <c r="B250" t="s">
-        <v>633</v>
+        <v>651</v>
       </c>
       <c r="C250" t="s">
-        <v>629</v>
+        <v>652</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
-        <v>634</v>
+        <v>653</v>
       </c>
       <c r="B251" t="s">
-        <v>635</v>
+        <v>654</v>
       </c>
       <c r="C251" t="s">
-        <v>551</v>
+        <v>655</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
-        <v>636</v>
+        <v>656</v>
       </c>
       <c r="B252" t="s">
-        <v>637</v>
+        <v>657</v>
       </c>
       <c r="C252" t="s">
-        <v>610</v>
+        <v>658</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
-        <v>638</v>
+        <v>659</v>
       </c>
       <c r="B253" t="s">
-        <v>639</v>
+        <v>660</v>
       </c>
       <c r="C253" t="s">
-        <v>551</v>
+        <v>661</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
-        <v>640</v>
+        <v>662</v>
       </c>
       <c r="B254" t="s">
-        <v>641</v>
+        <v>663</v>
       </c>
       <c r="C254" t="s">
-        <v>418</v>
+        <v>664</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
-        <v>642</v>
+        <v>665</v>
       </c>
       <c r="B255" t="s">
-        <v>643</v>
+        <v>666</v>
       </c>
       <c r="C255" t="s">
-        <v>44</v>
+        <v>667</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
-        <v>644</v>
+        <v>668</v>
       </c>
       <c r="B256" t="s">
-        <v>645</v>
+        <v>669</v>
       </c>
       <c r="C256" t="s">
-        <v>551</v>
+        <v>670</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
-        <v>646</v>
+        <v>671</v>
       </c>
       <c r="B257" t="s">
-        <v>647</v>
+        <v>672</v>
       </c>
       <c r="C257" t="s">
-        <v>400</v>
+        <v>673</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
-        <v>648</v>
+        <v>674</v>
       </c>
       <c r="B258" t="s">
-        <v>649</v>
+        <v>675</v>
       </c>
       <c r="C258" t="s">
-        <v>470</v>
+        <v>676</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
-        <v>650</v>
+        <v>677</v>
       </c>
       <c r="B259" t="s">
-        <v>651</v>
+        <v>678</v>
       </c>
       <c r="C259" t="s">
-        <v>543</v>
+        <v>679</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
-        <v>652</v>
+        <v>680</v>
       </c>
       <c r="B260" t="s">
-        <v>653</v>
+        <v>681</v>
       </c>
       <c r="C260" t="s">
-        <v>470</v>
+        <v>682</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
-        <v>654</v>
+        <v>683</v>
       </c>
       <c r="B261" t="s">
-        <v>655</v>
+        <v>684</v>
       </c>
       <c r="C261" t="s">
-        <v>536</v>
+        <v>685</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
-        <v>656</v>
+        <v>686</v>
       </c>
       <c r="B262" t="s">
-        <v>657</v>
+        <v>687</v>
       </c>
       <c r="C262" t="s">
-        <v>658</v>
+        <v>67</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
-        <v>659</v>
+        <v>688</v>
       </c>
       <c r="B263" t="s">
-        <v>660</v>
+        <v>689</v>
       </c>
       <c r="C263" t="s">
-        <v>536</v>
+        <v>243</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
-        <v>661</v>
+        <v>690</v>
       </c>
       <c r="B264" t="s">
-        <v>662</v>
+        <v>691</v>
       </c>
       <c r="C264" t="s">
-        <v>470</v>
+        <v>682</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
-        <v>663</v>
+        <v>692</v>
       </c>
       <c r="B265" t="s">
-        <v>664</v>
+        <v>693</v>
       </c>
       <c r="C265" t="s">
-        <v>400</v>
+        <v>67</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
-        <v>665</v>
+        <v>694</v>
       </c>
       <c r="B266" t="s">
-        <v>666</v>
+        <v>695</v>
       </c>
       <c r="C266" t="s">
-        <v>418</v>
+        <v>67</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
-        <v>667</v>
+        <v>696</v>
       </c>
       <c r="B267" t="s">
-        <v>668</v>
+        <v>697</v>
       </c>
       <c r="C267" t="s">
-        <v>461</v>
+        <v>698</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
-        <v>669</v>
+        <v>699</v>
       </c>
       <c r="B268" t="s">
-        <v>670</v>
+        <v>700</v>
       </c>
       <c r="C268" t="s">
-        <v>405</v>
+        <v>701</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
-        <v>671</v>
+        <v>702</v>
       </c>
       <c r="B269" t="s">
-        <v>672</v>
+        <v>703</v>
       </c>
       <c r="C269" t="s">
-        <v>507</v>
+        <v>704</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
-        <v>673</v>
+        <v>705</v>
       </c>
       <c r="B270" t="s">
-        <v>674</v>
+        <v>706</v>
       </c>
       <c r="C270" t="s">
-        <v>426</v>
+        <v>67</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
-        <v>675</v>
+        <v>707</v>
       </c>
       <c r="B271" t="s">
-        <v>676</v>
+        <v>708</v>
       </c>
       <c r="C271" t="s">
-        <v>507</v>
+        <v>709</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
-        <v>677</v>
+        <v>710</v>
       </c>
       <c r="B272" t="s">
-        <v>678</v>
+        <v>711</v>
       </c>
       <c r="C272" t="s">
-        <v>426</v>
+        <v>712</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
-        <v>679</v>
+        <v>713</v>
       </c>
       <c r="B273" t="s">
-        <v>680</v>
+        <v>714</v>
       </c>
       <c r="C273" t="s">
-        <v>423</v>
+        <v>715</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
-        <v>681</v>
+        <v>716</v>
       </c>
       <c r="B274" t="s">
-        <v>682</v>
+        <v>717</v>
       </c>
       <c r="C274" t="s">
-        <v>514</v>
+        <v>718</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
-        <v>683</v>
+        <v>719</v>
       </c>
       <c r="B275" t="s">
-        <v>684</v>
+        <v>720</v>
       </c>
       <c r="C275" t="s">
-        <v>418</v>
+        <v>670</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
-        <v>685</v>
+        <v>721</v>
       </c>
       <c r="B276" t="s">
-        <v>686</v>
+        <v>722</v>
       </c>
       <c r="C276" t="s">
-        <v>461</v>
+        <v>723</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
-        <v>687</v>
+        <v>724</v>
       </c>
       <c r="B277" t="s">
-        <v>688</v>
+        <v>725</v>
       </c>
       <c r="C277" t="s">
-        <v>405</v>
+        <v>726</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
-        <v>689</v>
+        <v>727</v>
       </c>
       <c r="B278" t="s">
-        <v>690</v>
+        <v>728</v>
       </c>
       <c r="C278" t="s">
-        <v>400</v>
+        <v>715</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
-        <v>691</v>
+        <v>729</v>
       </c>
       <c r="B279" t="s">
-        <v>692</v>
+        <v>730</v>
       </c>
       <c r="C279" t="s">
-        <v>418</v>
+        <v>718</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
-        <v>693</v>
+        <v>731</v>
       </c>
       <c r="B280" t="s">
-        <v>694</v>
+        <v>732</v>
       </c>
       <c r="C280" t="s">
-        <v>551</v>
+        <v>733</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
-        <v>695</v>
+        <v>734</v>
       </c>
       <c r="B281" t="s">
-        <v>696</v>
+        <v>735</v>
       </c>
       <c r="C281" t="s">
-        <v>697</v>
+        <v>348</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
-        <v>698</v>
+        <v>736</v>
       </c>
       <c r="B282" t="s">
-        <v>699</v>
+        <v>737</v>
       </c>
       <c r="C282" t="s">
-        <v>405</v>
+        <v>738</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
-        <v>700</v>
+        <v>739</v>
       </c>
       <c r="B283" t="s">
-        <v>701</v>
+        <v>740</v>
       </c>
       <c r="C283" t="s">
-        <v>697</v>
+        <v>302</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
-        <v>702</v>
+        <v>741</v>
       </c>
       <c r="B284" t="s">
-        <v>703</v>
+        <v>742</v>
       </c>
       <c r="C284" t="s">
-        <v>311</v>
+        <v>323</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
-        <v>704</v>
+        <v>743</v>
       </c>
       <c r="B285" t="s">
-        <v>705</v>
+        <v>744</v>
       </c>
       <c r="C285" t="s">
-        <v>706</v>
+        <v>305</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
-        <v>707</v>
+        <v>745</v>
       </c>
       <c r="B286" t="s">
-        <v>708</v>
+        <v>746</v>
       </c>
       <c r="C286" t="s">
-        <v>461</v>
+        <v>747</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
-        <v>709</v>
+        <v>748</v>
       </c>
       <c r="B287" t="s">
-        <v>710</v>
+        <v>749</v>
       </c>
       <c r="C287" t="s">
-        <v>400</v>
+        <v>750</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
-        <v>711</v>
+        <v>751</v>
       </c>
       <c r="B288" t="s">
-        <v>712</v>
+        <v>752</v>
       </c>
       <c r="C288" t="s">
-        <v>418</v>
+        <v>753</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
-        <v>713</v>
+        <v>754</v>
       </c>
       <c r="B289" t="s">
-        <v>714</v>
+        <v>755</v>
       </c>
       <c r="C289" t="s">
-        <v>418</v>
+        <v>756</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
-        <v>715</v>
+        <v>757</v>
       </c>
       <c r="B290" t="s">
-        <v>716</v>
+        <v>758</v>
       </c>
       <c r="C290" t="s">
-        <v>461</v>
+        <v>759</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
-        <v>717</v>
+        <v>760</v>
       </c>
       <c r="B291" t="s">
-        <v>718</v>
+        <v>761</v>
       </c>
       <c r="C291" t="s">
-        <v>405</v>
+        <v>762</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
-        <v>719</v>
+        <v>763</v>
       </c>
       <c r="B292" t="s">
-        <v>720</v>
+        <v>764</v>
       </c>
       <c r="C292" t="s">
-        <v>461</v>
+        <v>762</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
-        <v>721</v>
+        <v>765</v>
       </c>
       <c r="B293" t="s">
-        <v>722</v>
+        <v>766</v>
       </c>
       <c r="C293" t="s">
-        <v>405</v>
+        <v>655</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
-        <v>723</v>
+        <v>767</v>
       </c>
       <c r="B294" t="s">
-        <v>724</v>
+        <v>768</v>
       </c>
       <c r="C294" t="s">
-        <v>426</v>
+        <v>339</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
-        <v>725</v>
+        <v>769</v>
       </c>
       <c r="B295" t="s">
-        <v>726</v>
+        <v>770</v>
       </c>
       <c r="C295" t="s">
-        <v>610</v>
+        <v>747</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" t="s">
-        <v>727</v>
+        <v>771</v>
       </c>
       <c r="B296" t="s">
-        <v>728</v>
+        <v>772</v>
       </c>
       <c r="C296" t="s">
-        <v>405</v>
+        <v>773</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" t="s">
-        <v>729</v>
+        <v>774</v>
       </c>
       <c r="B297" t="s">
-        <v>730</v>
+        <v>775</v>
       </c>
       <c r="C297" t="s">
-        <v>400</v>
+        <v>776</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" t="s">
-        <v>731</v>
+        <v>777</v>
       </c>
       <c r="B298" t="s">
-        <v>732</v>
+        <v>778</v>
       </c>
       <c r="C298" t="s">
-        <v>551</v>
+        <v>360</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" t="s">
-        <v>733</v>
+        <v>779</v>
       </c>
       <c r="B299" t="s">
-        <v>734</v>
+        <v>780</v>
       </c>
       <c r="C299" t="s">
-        <v>405</v>
+        <v>781</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" t="s">
-        <v>735</v>
+        <v>782</v>
       </c>
       <c r="B300" t="s">
-        <v>736</v>
+        <v>783</v>
       </c>
       <c r="C300" t="s">
-        <v>400</v>
+        <v>784</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" t="s">
-        <v>737</v>
+        <v>785</v>
       </c>
       <c r="B301" t="s">
-        <v>738</v>
+        <v>786</v>
       </c>
       <c r="C301" t="s">
-        <v>536</v>
+        <v>787</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" t="s">
-        <v>739</v>
+        <v>788</v>
       </c>
       <c r="B302" t="s">
-        <v>740</v>
+        <v>789</v>
       </c>
       <c r="C302" t="s">
-        <v>400</v>
+        <v>790</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" t="s">
-        <v>741</v>
+        <v>791</v>
       </c>
       <c r="B303" t="s">
-        <v>742</v>
+        <v>792</v>
       </c>
       <c r="C303" t="s">
-        <v>470</v>
+        <v>793</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" t="s">
-        <v>743</v>
+        <v>794</v>
       </c>
       <c r="B304" t="s">
-        <v>744</v>
+        <v>795</v>
       </c>
       <c r="C304" t="s">
-        <v>461</v>
+        <v>409</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" t="s">
-        <v>745</v>
+        <v>796</v>
       </c>
       <c r="B305" t="s">
-        <v>746</v>
+        <v>797</v>
       </c>
       <c r="C305" t="s">
-        <v>44</v>
+        <v>798</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" t="s">
-        <v>747</v>
+        <v>799</v>
       </c>
       <c r="B306" t="s">
-        <v>748</v>
+        <v>800</v>
       </c>
       <c r="C306" t="s">
-        <v>344</v>
+        <v>649</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" t="s">
-        <v>749</v>
+        <v>801</v>
       </c>
       <c r="B307" t="s">
-        <v>750</v>
+        <v>802</v>
       </c>
       <c r="C307" t="s">
-        <v>461</v>
+        <v>238</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" t="s">
-        <v>751</v>
+        <v>803</v>
       </c>
       <c r="B308" t="s">
-        <v>752</v>
+        <v>804</v>
       </c>
       <c r="C308" t="s">
-        <v>405</v>
+        <v>805</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" t="s">
-        <v>753</v>
+        <v>806</v>
       </c>
       <c r="B309" t="s">
-        <v>754</v>
+        <v>807</v>
       </c>
       <c r="C309" t="s">
-        <v>470</v>
+        <v>670</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" t="s">
-        <v>755</v>
+        <v>808</v>
       </c>
       <c r="B310" t="s">
-        <v>756</v>
+        <v>809</v>
       </c>
       <c r="C310" t="s">
-        <v>400</v>
+        <v>238</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" t="s">
-        <v>757</v>
+        <v>810</v>
       </c>
       <c r="B311" t="s">
-        <v>758</v>
+        <v>811</v>
       </c>
       <c r="C311" t="s">
-        <v>405</v>
+        <v>812</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" t="s">
-        <v>759</v>
+        <v>813</v>
       </c>
       <c r="B312" t="s">
-        <v>760</v>
+        <v>814</v>
       </c>
       <c r="C312" t="s">
-        <v>536</v>
+        <v>815</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" t="s">
-        <v>761</v>
+        <v>816</v>
       </c>
       <c r="B313" t="s">
-        <v>762</v>
+        <v>817</v>
       </c>
       <c r="C313" t="s">
-        <v>405</v>
+        <v>818</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" t="s">
-        <v>763</v>
+        <v>819</v>
       </c>
       <c r="B314" t="s">
-        <v>764</v>
+        <v>820</v>
       </c>
       <c r="C314" t="s">
-        <v>400</v>
+        <v>821</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" t="s">
-        <v>765</v>
+        <v>822</v>
       </c>
       <c r="B315" t="s">
-        <v>766</v>
+        <v>823</v>
       </c>
       <c r="C315" t="s">
-        <v>400</v>
+        <v>67</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" t="s">
-        <v>767</v>
+        <v>824</v>
       </c>
       <c r="B316" t="s">
-        <v>768</v>
+        <v>825</v>
       </c>
       <c r="C316" t="s">
-        <v>470</v>
+        <v>826</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" t="s">
-        <v>769</v>
+        <v>827</v>
       </c>
       <c r="B317" t="s">
-        <v>770</v>
+        <v>828</v>
       </c>
       <c r="C317" t="s">
-        <v>771</v>
+        <v>67</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" t="s">
-        <v>772</v>
+        <v>829</v>
       </c>
       <c r="B318" t="s">
-        <v>773</v>
+        <v>830</v>
       </c>
       <c r="C318" t="s">
-        <v>543</v>
+        <v>831</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" t="s">
-        <v>774</v>
+        <v>832</v>
       </c>
       <c r="B319" t="s">
-        <v>775</v>
+        <v>833</v>
       </c>
       <c r="C319" t="s">
-        <v>536</v>
+        <v>67</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" t="s">
-        <v>776</v>
+        <v>834</v>
       </c>
       <c r="B320" t="s">
-        <v>777</v>
+        <v>835</v>
       </c>
       <c r="C320" t="s">
-        <v>470</v>
+        <v>836</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" t="s">
-        <v>778</v>
+        <v>837</v>
       </c>
       <c r="B321" t="s">
-        <v>779</v>
+        <v>838</v>
       </c>
       <c r="C321" t="s">
-        <v>470</v>
+        <v>67</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" t="s">
-        <v>780</v>
+        <v>839</v>
       </c>
       <c r="B322" t="s">
-        <v>781</v>
+        <v>840</v>
       </c>
       <c r="C322" t="s">
-        <v>543</v>
+        <v>841</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" t="s">
-        <v>782</v>
+        <v>842</v>
       </c>
       <c r="B323" t="s">
-        <v>783</v>
+        <v>843</v>
       </c>
       <c r="C323" t="s">
-        <v>771</v>
+        <v>844</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" t="s">
-        <v>784</v>
+        <v>845</v>
       </c>
       <c r="B324" t="s">
-        <v>785</v>
+        <v>846</v>
       </c>
       <c r="C324" t="s">
-        <v>400</v>
+        <v>847</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" t="s">
-        <v>786</v>
+        <v>848</v>
       </c>
       <c r="B325" t="s">
-        <v>787</v>
+        <v>849</v>
       </c>
       <c r="C325" t="s">
-        <v>536</v>
+        <v>287</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" t="s">
-        <v>788</v>
+        <v>850</v>
       </c>
       <c r="B326" t="s">
-        <v>789</v>
+        <v>851</v>
       </c>
       <c r="C326" t="s">
-        <v>470</v>
+        <v>852</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" t="s">
-        <v>790</v>
+        <v>853</v>
       </c>
       <c r="B327" t="s">
-        <v>791</v>
+        <v>854</v>
       </c>
       <c r="C327" t="s">
-        <v>418</v>
+        <v>351</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" t="s">
-        <v>792</v>
+        <v>855</v>
       </c>
       <c r="B328" t="s">
-        <v>793</v>
+        <v>856</v>
       </c>
       <c r="C328" t="s">
-        <v>405</v>
+        <v>266</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" t="s">
-        <v>794</v>
+        <v>857</v>
       </c>
       <c r="B329" t="s">
-        <v>795</v>
+        <v>858</v>
       </c>
       <c r="C329" t="s">
-        <v>400</v>
+        <v>859</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" t="s">
-        <v>796</v>
+        <v>860</v>
       </c>
       <c r="B330" t="s">
-        <v>797</v>
+        <v>861</v>
       </c>
       <c r="C330" t="s">
-        <v>536</v>
+        <v>733</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" t="s">
-        <v>798</v>
+        <v>862</v>
       </c>
       <c r="B331" t="s">
-        <v>799</v>
+        <v>863</v>
       </c>
       <c r="C331" t="s">
-        <v>470</v>
+        <v>864</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" t="s">
-        <v>800</v>
+        <v>865</v>
       </c>
       <c r="B332" t="s">
-        <v>801</v>
+        <v>866</v>
       </c>
       <c r="C332" t="s">
-        <v>543</v>
+        <v>867</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" t="s">
-        <v>802</v>
+        <v>868</v>
       </c>
       <c r="B333" t="s">
-        <v>803</v>
+        <v>869</v>
       </c>
       <c r="C333" t="s">
-        <v>536</v>
+        <v>243</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
-        <v>804</v>
+        <v>870</v>
       </c>
       <c r="B334" t="s">
-        <v>805</v>
+        <v>871</v>
       </c>
       <c r="C334" t="s">
-        <v>470</v>
+        <v>852</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
-        <v>806</v>
+        <v>872</v>
       </c>
       <c r="B335" t="s">
-        <v>807</v>
+        <v>873</v>
       </c>
       <c r="C335" t="s">
-        <v>536</v>
+        <v>874</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" t="s">
-        <v>808</v>
+        <v>875</v>
       </c>
       <c r="B336" t="s">
-        <v>809</v>
+        <v>876</v>
       </c>
       <c r="C336" t="s">
-        <v>461</v>
+        <v>877</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" t="s">
-        <v>810</v>
+        <v>878</v>
       </c>
       <c r="B337" t="s">
-        <v>811</v>
+        <v>879</v>
       </c>
       <c r="C337" t="s">
-        <v>536</v>
+        <v>877</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" t="s">
-        <v>812</v>
+        <v>880</v>
       </c>
       <c r="B338" t="s">
-        <v>813</v>
+        <v>881</v>
       </c>
       <c r="C338" t="s">
-        <v>470</v>
+        <v>877</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" t="s">
-        <v>814</v>
+        <v>882</v>
       </c>
       <c r="B339" t="s">
-        <v>815</v>
+        <v>883</v>
       </c>
       <c r="C339" t="s">
-        <v>536</v>
+        <v>884</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" t="s">
-        <v>816</v>
+        <v>885</v>
       </c>
       <c r="B340" t="s">
-        <v>817</v>
+        <v>886</v>
       </c>
       <c r="C340" t="s">
-        <v>536</v>
+        <v>887</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" t="s">
-        <v>818</v>
+        <v>888</v>
       </c>
       <c r="B341" t="s">
-        <v>819</v>
+        <v>889</v>
       </c>
       <c r="C341" t="s">
-        <v>470</v>
-[...2936 lines deleted...]
-        <v>1218</v>
+        <v>712</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">