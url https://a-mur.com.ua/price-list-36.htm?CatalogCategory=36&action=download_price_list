--- v0 (2025-12-21)
+++ v1 (2025-12-21)
@@ -12,51 +12,51 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Первый лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1510">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1468">
   <si>
     <t>Код модели</t>
   </si>
   <si>
     <t>Название модели</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>00000003928</t>
   </si>
   <si>
     <t>Бретельки Acousma 019</t>
   </si>
   <si>
     <t>102 грн.</t>
   </si>
   <si>
     <t>00000003930</t>
   </si>
   <si>
     <t>Бретельки Acousma 020</t>
   </si>
   <si>
@@ -71,4521 +71,4395 @@
   <si>
     <t>00000003932</t>
   </si>
   <si>
     <t>Бретельки Acousma 026</t>
   </si>
   <si>
     <t>00000003933</t>
   </si>
   <si>
     <t>Бретельки Acousma 030</t>
   </si>
   <si>
     <t>86 грн.</t>
   </si>
   <si>
     <t>00000003934</t>
   </si>
   <si>
     <t>Бретельки Acousma 031</t>
   </si>
   <si>
     <t>37 грн.</t>
   </si>
   <si>
-    <t>00000003936</t>
-[...7 lines deleted...]
-  <si>
     <t>00000003937</t>
   </si>
   <si>
     <t>Бретельки Acousma 035</t>
   </si>
   <si>
     <t>00000003938</t>
   </si>
   <si>
     <t>Бретельки Acousma 036</t>
   </si>
   <si>
     <t>00000003939</t>
   </si>
   <si>
     <t>Бретельки Acousma 037</t>
   </si>
   <si>
     <t>00000003940</t>
   </si>
   <si>
     <t>Бретельки Acousma 038</t>
   </si>
   <si>
     <t>00000003942</t>
   </si>
   <si>
     <t>Бретельки Acousma 041</t>
   </si>
   <si>
-    <t>00000003943</t>
-[...7 lines deleted...]
-  <si>
     <t>00000003944</t>
   </si>
   <si>
     <t>Бретельки Acousma 050</t>
   </si>
   <si>
     <t>00000003946</t>
   </si>
   <si>
     <t>Бретельки Diorella</t>
   </si>
   <si>
     <t>00000003947</t>
   </si>
   <si>
     <t>Бретельки силикон</t>
   </si>
   <si>
     <t>19 грн.</t>
   </si>
   <si>
-    <t>00-00035383</t>
-[...2 lines deleted...]
-    <t>Бюстгальтер Acousma 2001DEH</t>
+    <t>00000004569</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma 71574/1DH</t>
+  </si>
+  <si>
+    <t>368 грн.</t>
+  </si>
+  <si>
+    <t>00000004571</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma 71574CH</t>
+  </si>
+  <si>
+    <t>346 грн.</t>
+  </si>
+  <si>
+    <t>00000004572</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma 71620-2BCH</t>
+  </si>
+  <si>
+    <t>373 грн.</t>
+  </si>
+  <si>
+    <t>00000006970</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma 71645-2DH</t>
+  </si>
+  <si>
+    <t>421 грн.</t>
+  </si>
+  <si>
+    <t>00000004573</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma 71645BCH</t>
+  </si>
+  <si>
+    <t>377 грн.</t>
+  </si>
+  <si>
+    <t>00-00014870</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6065-2-0DH</t>
+  </si>
+  <si>
+    <t>466 грн.</t>
+  </si>
+  <si>
+    <t>00000004596</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6065-2DH</t>
+  </si>
+  <si>
+    <t>504 грн.</t>
+  </si>
+  <si>
+    <t>00-00012936</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6065-5BCH</t>
+  </si>
+  <si>
+    <t>488 грн.</t>
+  </si>
+  <si>
+    <t>00-00008679</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6065-6BH</t>
+  </si>
+  <si>
+    <t>468 грн.</t>
+  </si>
+  <si>
+    <t>00000004594</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6065BCH</t>
+  </si>
+  <si>
+    <t>465 грн.</t>
+  </si>
+  <si>
+    <t>00000004603</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6162BCH</t>
+  </si>
+  <si>
+    <t>486 грн.</t>
+  </si>
+  <si>
+    <t>00-00045228</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6200/2EPR</t>
+  </si>
+  <si>
+    <t>цена не указана грн.</t>
+  </si>
+  <si>
+    <t>00000004622</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6240DH</t>
+  </si>
+  <si>
+    <t>390 грн.</t>
+  </si>
+  <si>
+    <t>00000005254</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6299-1EH</t>
+  </si>
+  <si>
+    <t>446 грн.</t>
+  </si>
+  <si>
+    <t>00000005878</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6310BCH</t>
+  </si>
+  <si>
+    <t>490 грн.</t>
+  </si>
+  <si>
+    <t>00000007301</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6340DH</t>
+  </si>
+  <si>
+    <t>549 грн.</t>
+  </si>
+  <si>
+    <t>00-00013966</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6357-0BCH</t>
+  </si>
+  <si>
+    <t>542 грн.</t>
+  </si>
+  <si>
+    <t>00000007409</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6360BCH</t>
+  </si>
+  <si>
+    <t>557 грн.</t>
+  </si>
+  <si>
+    <t>00-00045223</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6362DPR</t>
+  </si>
+  <si>
+    <t>00000007755</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6377-1BCH</t>
+  </si>
+  <si>
+    <t>514 грн.</t>
+  </si>
+  <si>
+    <t>00000007513</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6379BCH</t>
+  </si>
+  <si>
+    <t>532 грн.</t>
+  </si>
+  <si>
+    <t>00-00045224</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6381/2EPR</t>
+  </si>
+  <si>
+    <t>00000007654</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6387-5BCH</t>
+  </si>
+  <si>
+    <t>475 грн.</t>
+  </si>
+  <si>
+    <t>00000007660</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6391BCH</t>
+  </si>
+  <si>
+    <t>436 грн.</t>
+  </si>
+  <si>
+    <t>00-00014080</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6404-2FH</t>
+  </si>
+  <si>
+    <t>620 грн.</t>
+  </si>
+  <si>
+    <t>00000007768</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6415DH</t>
+  </si>
+  <si>
+    <t>531 грн.</t>
+  </si>
+  <si>
+    <t>00000007771</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6417DH</t>
+  </si>
+  <si>
+    <t>570 грн.</t>
+  </si>
+  <si>
+    <t>00-00000237</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6430BCH</t>
+  </si>
+  <si>
+    <t>462 грн.</t>
+  </si>
+  <si>
+    <t>00-00013786</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6448BCH</t>
+  </si>
+  <si>
+    <t>471 грн.</t>
+  </si>
+  <si>
+    <t>00-00012990</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6455CDH</t>
+  </si>
+  <si>
+    <t>674 грн.</t>
+  </si>
+  <si>
+    <t>00-00013788</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6465BCH</t>
+  </si>
+  <si>
+    <t>402 грн.</t>
+  </si>
+  <si>
+    <t>00-00013789</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6466BCH</t>
+  </si>
+  <si>
+    <t>485 грн.</t>
+  </si>
+  <si>
+    <t>00-00014082</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6482CDH</t>
+  </si>
+  <si>
+    <t>00-00014863</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6492BCH</t>
+  </si>
+  <si>
+    <t>349 грн.</t>
+  </si>
+  <si>
+    <t>00-00045072</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6502/1EH</t>
+  </si>
+  <si>
+    <t>548 грн.</t>
+  </si>
+  <si>
+    <t>00-00045071</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6502DH</t>
+  </si>
+  <si>
+    <t>516 грн.</t>
+  </si>
+  <si>
+    <t>00-00045084</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6504/1EH</t>
+  </si>
+  <si>
+    <t>478 грн.</t>
+  </si>
+  <si>
+    <t>00-00045083</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6504DH</t>
+  </si>
+  <si>
+    <t>451 грн.</t>
+  </si>
+  <si>
+    <t>00-00045132</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6518BCH</t>
+  </si>
+  <si>
+    <t>414 грн.</t>
+  </si>
+  <si>
+    <t>00-00045195</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6540BCH</t>
+  </si>
+  <si>
+    <t>597 грн.</t>
+  </si>
+  <si>
+    <t>00-00045160</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6554</t>
+  </si>
+  <si>
+    <t>766 грн.</t>
+  </si>
+  <si>
+    <t>00-00045310</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6554/0</t>
+  </si>
+  <si>
+    <t>00-00045183</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6557СDH</t>
+  </si>
+  <si>
+    <t>502 грн.</t>
+  </si>
+  <si>
+    <t>00-00045186</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6563</t>
+  </si>
+  <si>
+    <t>576 грн.</t>
+  </si>
+  <si>
+    <t>00-00045251</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6565BCH</t>
+  </si>
+  <si>
+    <t>564 грн.</t>
+  </si>
+  <si>
+    <t>00-00045257</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6573BCH</t>
+  </si>
+  <si>
+    <t>00-00045262</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6579BCH</t>
+  </si>
+  <si>
+    <t>429 грн.</t>
+  </si>
+  <si>
+    <t>00-00045263</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6580CDH</t>
+  </si>
+  <si>
+    <t>543 грн.</t>
+  </si>
+  <si>
+    <t>00000004582</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6145DH</t>
+  </si>
+  <si>
+    <t>359 грн.</t>
+  </si>
+  <si>
+    <t>00-00040465</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6145DH цветные</t>
+  </si>
+  <si>
+    <t>301 грн.</t>
+  </si>
+  <si>
+    <t>00000004583</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6149BCH</t>
+  </si>
+  <si>
+    <t>278 грн.</t>
+  </si>
+  <si>
+    <t>00000005778</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6152CDH</t>
+  </si>
+  <si>
+    <t>398 грн.</t>
+  </si>
+  <si>
+    <t>00000004588</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6280BCH</t>
+  </si>
+  <si>
+    <t>205 грн.</t>
+  </si>
+  <si>
+    <t>00-00045222</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6289-2FPR</t>
+  </si>
+  <si>
+    <t>00-00045226</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6299CDPR</t>
+  </si>
+  <si>
+    <t>00000006257</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6322-1ЕН</t>
+  </si>
+  <si>
+    <t>432 грн.</t>
+  </si>
+  <si>
+    <t>00000006359</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6325CDH</t>
+  </si>
+  <si>
+    <t>347 грн.</t>
+  </si>
+  <si>
+    <t>00-00040788</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6460/1DH</t>
+  </si>
+  <si>
+    <t>395 грн.</t>
+  </si>
+  <si>
+    <t>00-00013791</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6460BCH</t>
+  </si>
+  <si>
+    <t>376 грн.</t>
+  </si>
+  <si>
+    <t>00-00013416</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6463DEH</t>
+  </si>
+  <si>
+    <t>586 грн.</t>
+  </si>
+  <si>
+    <t>00-00045230</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6463DEPR</t>
+  </si>
+  <si>
+    <t>00-00014239</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6486CH</t>
+  </si>
+  <si>
+    <t>454 грн.</t>
+  </si>
+  <si>
+    <t>00-00016594</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6488BCH</t>
+  </si>
+  <si>
+    <t>492 грн.</t>
+  </si>
+  <si>
+    <t>00-00045154</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6529CDH</t>
+  </si>
+  <si>
+    <t>482 грн.</t>
+  </si>
+  <si>
+    <t>00-00045156</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6536CDH</t>
+  </si>
+  <si>
+    <t>00-00045254</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6572DH</t>
+  </si>
+  <si>
+    <t>431 грн.</t>
+  </si>
+  <si>
+    <t>00-00045260</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6577CDH</t>
+  </si>
+  <si>
+    <t>404 грн.</t>
+  </si>
+  <si>
+    <t>00000004462</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 1070C</t>
+  </si>
+  <si>
+    <t>173 грн.</t>
+  </si>
+  <si>
+    <t>00-00012992</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 1070D</t>
+  </si>
+  <si>
+    <t>239 грн.</t>
+  </si>
+  <si>
+    <t>00000007068</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 2173D</t>
+  </si>
+  <si>
+    <t>185 грн.</t>
+  </si>
+  <si>
+    <t>00000005698</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 2173E</t>
+  </si>
+  <si>
+    <t>202 грн.</t>
+  </si>
+  <si>
+    <t>00-00000165</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 31120DD</t>
+  </si>
+  <si>
+    <t>00000004473</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 31190C</t>
+  </si>
+  <si>
+    <t>118 грн.</t>
+  </si>
+  <si>
+    <t>00000004483</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 32675C</t>
+  </si>
+  <si>
+    <t>00-00013460</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33399E</t>
+  </si>
+  <si>
+    <t>218 грн.</t>
+  </si>
+  <si>
+    <t>00000006825</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33547D</t>
+  </si>
+  <si>
+    <t>00-00040335</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33559E</t>
+  </si>
+  <si>
+    <t>231 грн.</t>
+  </si>
+  <si>
+    <t>00-00013166</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33575D</t>
+  </si>
+  <si>
+    <t>495 грн.</t>
+  </si>
+  <si>
+    <t>00-00013806</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33575F</t>
+  </si>
+  <si>
+    <t>319 грн.</t>
+  </si>
+  <si>
+    <t>00000006828</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33575Е</t>
+  </si>
+  <si>
+    <t>519 грн.</t>
+  </si>
+  <si>
+    <t>00000006831</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33600D</t>
+  </si>
+  <si>
+    <t>348 грн.</t>
+  </si>
+  <si>
+    <t>00000007329</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33691D</t>
+  </si>
+  <si>
+    <t>00000007349</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33696C</t>
+  </si>
+  <si>
+    <t>00000007347</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33731E</t>
+  </si>
+  <si>
+    <t>302 грн.</t>
+  </si>
+  <si>
+    <t>00-00013760</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33815E</t>
+  </si>
+  <si>
+    <t>00000007376</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33815F</t>
+  </si>
+  <si>
+    <t>568 грн.</t>
+  </si>
+  <si>
+    <t>00000007536</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33839D</t>
+  </si>
+  <si>
+    <t>00-00013779</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33859F</t>
+  </si>
+  <si>
+    <t>528 грн.</t>
+  </si>
+  <si>
+    <t>00-00000170</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33906E</t>
+  </si>
+  <si>
+    <t>397 грн.</t>
+  </si>
+  <si>
+    <t>00-00000738</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33907D</t>
+  </si>
+  <si>
+    <t>00-00011633</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33979С</t>
+  </si>
+  <si>
+    <t>00000007486</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34022Е</t>
+  </si>
+  <si>
+    <t>00000007532</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34103F</t>
+  </si>
+  <si>
+    <t>00-00008223</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34109E</t>
+  </si>
+  <si>
+    <t>269 грн.</t>
+  </si>
+  <si>
+    <t>00000007516</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34120C</t>
+  </si>
+  <si>
+    <t>00000007531</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34124E</t>
+  </si>
+  <si>
+    <t>318 грн.</t>
+  </si>
+  <si>
+    <t>00000007525</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34126C</t>
+  </si>
+  <si>
+    <t>324 грн.</t>
+  </si>
+  <si>
+    <t>00000007520</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34132C</t>
+  </si>
+  <si>
+    <t>200 грн.</t>
+  </si>
+  <si>
+    <t>00000007699</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34162E</t>
+  </si>
+  <si>
+    <t>00-00040762</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34178E</t>
+  </si>
+  <si>
+    <t>00000007521</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34179D</t>
+  </si>
+  <si>
+    <t>00-00000171</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34203C</t>
+  </si>
+  <si>
+    <t>214 грн.</t>
+  </si>
+  <si>
+    <t>00-00000173</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34210E</t>
+  </si>
+  <si>
+    <t>00-00040460</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34217F</t>
+  </si>
+  <si>
+    <t>272 грн.</t>
+  </si>
+  <si>
+    <t>00-00000152</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34220C</t>
+  </si>
+  <si>
+    <t>00000007711</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34221F</t>
+  </si>
+  <si>
+    <t>00-00000111</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34242E</t>
+  </si>
+  <si>
+    <t>00-00000733</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34243D</t>
+  </si>
+  <si>
+    <t>457 грн.</t>
+  </si>
+  <si>
+    <t>00-00000151</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34256C</t>
+  </si>
+  <si>
+    <t>00-00000182</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34271D</t>
+  </si>
+  <si>
+    <t>00-00000160</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34296C</t>
+  </si>
+  <si>
+    <t>00-00000193</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34480E</t>
+  </si>
+  <si>
+    <t>193 грн.</t>
+  </si>
+  <si>
+    <t>00-00000159</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34556E</t>
+  </si>
+  <si>
+    <t>223 грн.</t>
+  </si>
+  <si>
+    <t>00-00040330</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34557D</t>
+  </si>
+  <si>
+    <t>160 грн.</t>
+  </si>
+  <si>
+    <t>00000007693</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34652D</t>
+  </si>
+  <si>
+    <t>00-00011630</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34829D</t>
+  </si>
+  <si>
+    <t>261 грн.</t>
+  </si>
+  <si>
+    <t>00-00040336</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34836E</t>
+  </si>
+  <si>
+    <t>00000007707</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34869C</t>
+  </si>
+  <si>
+    <t>168 грн.</t>
+  </si>
+  <si>
+    <t>00000007696</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34912E</t>
+  </si>
+  <si>
+    <t>00000007703</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34913D</t>
+  </si>
+  <si>
+    <t>00000007698</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34924E</t>
+  </si>
+  <si>
+    <t>162 грн.</t>
+  </si>
+  <si>
+    <t>00000007702</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34926C</t>
+  </si>
+  <si>
+    <t>107 грн.</t>
+  </si>
+  <si>
+    <t>00000007712</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34929D</t>
+  </si>
+  <si>
+    <t>00000007691</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34930C</t>
+  </si>
+  <si>
+    <t>151 грн.</t>
+  </si>
+  <si>
+    <t>00000007709</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34933D</t>
+  </si>
+  <si>
+    <t>298 грн.</t>
+  </si>
+  <si>
+    <t>00000007706</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34934C</t>
+  </si>
+  <si>
+    <t>00000007705</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34940E</t>
+  </si>
+  <si>
+    <t>00000007714</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34941D</t>
+  </si>
+  <si>
+    <t>00-00000174</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34957E</t>
+  </si>
+  <si>
+    <t>00-00000175</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34958D</t>
+  </si>
+  <si>
+    <t>00-00000176</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34962E</t>
+  </si>
+  <si>
+    <t>248 грн.</t>
+  </si>
+  <si>
+    <t>00-00000177</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34963D</t>
+  </si>
+  <si>
+    <t>00-00000116</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34982E</t>
+  </si>
+  <si>
+    <t>267 грн.</t>
+  </si>
+  <si>
+    <t>00-00000120</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34983D</t>
+  </si>
+  <si>
+    <t>187 грн.</t>
+  </si>
+  <si>
+    <t>00000007708</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34986F</t>
+  </si>
+  <si>
+    <t>253 грн.</t>
+  </si>
+  <si>
+    <t>00000007697</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35013E</t>
+  </si>
+  <si>
+    <t>00000007700</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35041E</t>
+  </si>
+  <si>
+    <t>210 грн.</t>
+  </si>
+  <si>
+    <t>00000007692</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35042D</t>
+  </si>
+  <si>
+    <t>166 грн.</t>
+  </si>
+  <si>
+    <t>00-00000195</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35121E</t>
+  </si>
+  <si>
+    <t>00-00000196</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35122D</t>
+  </si>
+  <si>
+    <t>286 грн.</t>
+  </si>
+  <si>
+    <t>00-00000197</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35172D</t>
+  </si>
+  <si>
+    <t>182 грн.</t>
+  </si>
+  <si>
+    <t>00-00000198</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35173C</t>
+  </si>
+  <si>
+    <t>00-00000199</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35181E</t>
+  </si>
+  <si>
+    <t>00-00040337</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35182D</t>
+  </si>
+  <si>
+    <t>470 грн.</t>
+  </si>
+  <si>
+    <t>00-00000201</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35186E</t>
+  </si>
+  <si>
+    <t>00-00000202</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35187D</t>
+  </si>
+  <si>
+    <t>252 грн.</t>
+  </si>
+  <si>
+    <t>00-00000204</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35191Е</t>
+  </si>
+  <si>
+    <t>308 грн.</t>
+  </si>
+  <si>
+    <t>00-00000203</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35192D</t>
+  </si>
+  <si>
+    <t>00-00013805</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35200E</t>
+  </si>
+  <si>
+    <t>268 грн.</t>
+  </si>
+  <si>
+    <t>00-00000205</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35200F</t>
+  </si>
+  <si>
+    <t>353 грн.</t>
+  </si>
+  <si>
+    <t>00-00000214</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35202D</t>
+  </si>
+  <si>
+    <t>00-00040338</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35371E</t>
+  </si>
+  <si>
+    <t>00-00000216</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35372D</t>
+  </si>
+  <si>
+    <t>00-00000217</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35381Е</t>
+  </si>
+  <si>
+    <t>00-00040339</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35382D</t>
+  </si>
+  <si>
+    <t>235 грн.</t>
+  </si>
+  <si>
+    <t>00-00000219</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35422Е</t>
+  </si>
+  <si>
+    <t>00-00000220</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35423D</t>
+  </si>
+  <si>
+    <t>00-00000221</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35466E</t>
+  </si>
+  <si>
+    <t>00-00000222</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35468D</t>
+  </si>
+  <si>
+    <t>00-00000179</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35482D</t>
+  </si>
+  <si>
+    <t>00-00000118</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35962D</t>
+  </si>
+  <si>
+    <t>00-00000115</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35963E</t>
+  </si>
+  <si>
+    <t>194 грн.</t>
+  </si>
+  <si>
+    <t>00-00000117</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 36030E</t>
+  </si>
+  <si>
+    <t>294 грн.</t>
+  </si>
+  <si>
+    <t>00-00000112</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 36031D</t>
+  </si>
+  <si>
+    <t>00-00000119</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 36094E</t>
+  </si>
+  <si>
+    <t>00-00000121</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 36142E</t>
+  </si>
+  <si>
+    <t>00-00000113</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 36143D</t>
+  </si>
+  <si>
+    <t>00-00000123</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 36194E</t>
+  </si>
+  <si>
+    <t>00-00000122</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 36195D</t>
+  </si>
+  <si>
+    <t>00-00000227</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 38002C</t>
+  </si>
+  <si>
+    <t>00-00000232</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 38002Е</t>
+  </si>
+  <si>
+    <t>00-00000228</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 38005C</t>
+  </si>
+  <si>
+    <t>00-00000230</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 38005D</t>
+  </si>
+  <si>
+    <t>00-00000231</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 38005Е</t>
+  </si>
+  <si>
+    <t>00-00000223</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 38006D</t>
+  </si>
+  <si>
+    <t>00-00000224</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 38006E</t>
+  </si>
+  <si>
+    <t>00-00000225</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 38013Е</t>
+  </si>
+  <si>
+    <t>00-00000233</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 38018Е</t>
+  </si>
+  <si>
+    <t>00-00013099</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5007E</t>
+  </si>
+  <si>
+    <t>00-00013100</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5007F</t>
+  </si>
+  <si>
+    <t>00-00013123</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5009E</t>
+  </si>
+  <si>
+    <t>244 грн.</t>
+  </si>
+  <si>
+    <t>00-00013169</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5015E</t>
+  </si>
+  <si>
+    <t>459 грн.</t>
+  </si>
+  <si>
+    <t>00-00013174</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5018G</t>
+  </si>
+  <si>
+    <t>00-00040320</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5018H</t>
+  </si>
+  <si>
+    <t>441 грн.</t>
+  </si>
+  <si>
+    <t>00-00013771</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5026B</t>
+  </si>
+  <si>
+    <t>00-00013772</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5026D</t>
+  </si>
+  <si>
+    <t>00-00014118</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5028D</t>
+  </si>
+  <si>
+    <t>228 грн.</t>
+  </si>
+  <si>
+    <t>00-00014117</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5028E</t>
+  </si>
+  <si>
+    <t>321 грн.</t>
+  </si>
+  <si>
+    <t>00-00013774</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5029C</t>
+  </si>
+  <si>
+    <t>00-00013458</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5030E</t>
   </si>
   <si>
     <t>434 грн.</t>
   </si>
   <si>
-    <t>00-00045178</t>
-[...164 lines deleted...]
-    <t>Бюстгальтер Acousma A6248CDH</t>
+    <t>00-00013459</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5030F</t>
+  </si>
+  <si>
+    <t>458 грн.</t>
+  </si>
+  <si>
+    <t>00-00013175</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5031C</t>
+  </si>
+  <si>
+    <t>00-00013434</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5031D</t>
+  </si>
+  <si>
+    <t>00-00013436</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5038C</t>
+  </si>
+  <si>
+    <t>198 грн.</t>
+  </si>
+  <si>
+    <t>00-00013437</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5038D</t>
+  </si>
+  <si>
+    <t>00-00013872</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5040F</t>
+  </si>
+  <si>
+    <t>00-00013873</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5040Е</t>
+  </si>
+  <si>
+    <t>336 грн.</t>
+  </si>
+  <si>
+    <t>00-00013776</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5043D</t>
+  </si>
+  <si>
+    <t>00-00013761</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5043Е</t>
+  </si>
+  <si>
+    <t>00-00014139</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5046G</t>
+  </si>
+  <si>
+    <t>370 грн.</t>
+  </si>
+  <si>
+    <t>00-00013762</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5046Е</t>
+  </si>
+  <si>
+    <t>00-00014140</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5047F</t>
+  </si>
+  <si>
+    <t>238 грн.</t>
+  </si>
+  <si>
+    <t>00-00012852</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5055D</t>
+  </si>
+  <si>
+    <t>227 грн.</t>
+  </si>
+  <si>
+    <t>00-00011657</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5055DD</t>
+  </si>
+  <si>
+    <t>177 грн.</t>
+  </si>
+  <si>
+    <t>00-00045291</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5118H</t>
+  </si>
+  <si>
+    <t>575 грн.</t>
+  </si>
+  <si>
+    <t>00000005980</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 60199D</t>
+  </si>
+  <si>
+    <t>00-00000519</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 60199E</t>
+  </si>
+  <si>
+    <t>00000005226</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 61198D</t>
+  </si>
+  <si>
+    <t>224 грн.</t>
+  </si>
+  <si>
+    <t>00-00000020</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 61583D</t>
+  </si>
+  <si>
+    <t>00000004530</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 61583E</t>
+  </si>
+  <si>
+    <t>00-00000492</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 61583F</t>
+  </si>
+  <si>
+    <t>00000004555</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 61899Е</t>
+  </si>
+  <si>
+    <t>00000004562</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 61932D</t>
+  </si>
+  <si>
+    <t>122 грн.</t>
+  </si>
+  <si>
+    <t>00000007070</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62102D</t>
+  </si>
+  <si>
+    <t>00000005832</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62137F</t>
+  </si>
+  <si>
+    <t>00000006623</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62175E</t>
+  </si>
+  <si>
+    <t>00000006371</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62324F</t>
+  </si>
+  <si>
+    <t>00000006528</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62566E</t>
+  </si>
+  <si>
+    <t>00000007100</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62621D</t>
+  </si>
+  <si>
+    <t>00000007487</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62630D</t>
+  </si>
+  <si>
+    <t>226 грн.</t>
+  </si>
+  <si>
+    <t>00000007062</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62634D</t>
+  </si>
+  <si>
+    <t>00000007094</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62653Е</t>
+  </si>
+  <si>
+    <t>00000007129</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62673E</t>
+  </si>
+  <si>
+    <t>352 грн.</t>
+  </si>
+  <si>
+    <t>00000007044</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62687E</t>
+  </si>
+  <si>
+    <t>00000007045</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62697E</t>
+  </si>
+  <si>
+    <t>00000007139</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62756Е</t>
+  </si>
+  <si>
+    <t>00000007138</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62892F</t>
+  </si>
+  <si>
+    <t>00000007307</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63112E</t>
+  </si>
+  <si>
+    <t>00000007305</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63151D</t>
+  </si>
+  <si>
+    <t>00000007328</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63159E</t>
+  </si>
+  <si>
+    <t>00000007322</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63173D</t>
+  </si>
+  <si>
+    <t>00000007135</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63175E</t>
+  </si>
+  <si>
+    <t>216 грн.</t>
+  </si>
+  <si>
+    <t>00000007353</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63258D</t>
+  </si>
+  <si>
+    <t>259 грн.</t>
+  </si>
+  <si>
+    <t>00-00011627</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63270DD</t>
+  </si>
+  <si>
+    <t>00000007369</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63309G</t>
+  </si>
+  <si>
+    <t>00000007467</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63310E</t>
+  </si>
+  <si>
+    <t>00000007495</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63312F</t>
+  </si>
+  <si>
+    <t>00000007355</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63327D</t>
+  </si>
+  <si>
+    <t>00000007363</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63329DD</t>
+  </si>
+  <si>
+    <t>203 грн.</t>
+  </si>
+  <si>
+    <t>00000007365</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63331E</t>
+  </si>
+  <si>
+    <t>236 грн.</t>
+  </si>
+  <si>
+    <t>00000007468</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63371E</t>
+  </si>
+  <si>
+    <t>134 грн.</t>
+  </si>
+  <si>
+    <t>00000007529</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63392DD</t>
+  </si>
+  <si>
+    <t>00000007506</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63395D</t>
+  </si>
+  <si>
+    <t>00000007471</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63417E</t>
+  </si>
+  <si>
+    <t>00-00000183</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63420D</t>
+  </si>
+  <si>
+    <t>00000007354</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63524E</t>
+  </si>
+  <si>
+    <t>213 грн.</t>
+  </si>
+  <si>
+    <t>00-00014379</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63647C</t>
+  </si>
+  <si>
+    <t>00000007649</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63648D</t>
+  </si>
+  <si>
+    <t>00-00000184</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63650E</t>
+  </si>
+  <si>
+    <t>00000007645</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63652C</t>
+  </si>
+  <si>
+    <t>00-00000185</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63653D</t>
+  </si>
+  <si>
+    <t>00-00014377</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63657C</t>
+  </si>
+  <si>
+    <t>00-00000186</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63658D</t>
+  </si>
+  <si>
+    <t>00000007643</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63661E</t>
+  </si>
+  <si>
+    <t>00000007644</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63667C</t>
+  </si>
+  <si>
+    <t>00-00013780</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63670D</t>
+  </si>
+  <si>
+    <t>00000007650</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63670E</t>
+  </si>
+  <si>
+    <t>00-00040317</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63902D</t>
+  </si>
+  <si>
+    <t>00-00000188</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63998D</t>
+  </si>
+  <si>
+    <t>00000007713</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 64026C</t>
+  </si>
+  <si>
+    <t>186 грн.</t>
+  </si>
+  <si>
+    <t>00000007694</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 64028E</t>
+  </si>
+  <si>
+    <t>152 грн.</t>
+  </si>
+  <si>
+    <t>00-00011624</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 64045G</t>
+  </si>
+  <si>
+    <t>00-00000496</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65018D</t>
+  </si>
+  <si>
+    <t>00-00000497</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65018E</t>
+  </si>
+  <si>
+    <t>00-00000742</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65019D</t>
+  </si>
+  <si>
+    <t>190 грн.</t>
+  </si>
+  <si>
+    <t>00-00000743</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65019E</t>
+  </si>
+  <si>
+    <t>357 грн.</t>
+  </si>
+  <si>
+    <t>00-00008422</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65026D</t>
+  </si>
+  <si>
+    <t>00-00008423</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65026E</t>
+  </si>
+  <si>
+    <t>00-00011832</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65028D</t>
+  </si>
+  <si>
+    <t>00-00008419</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65028E</t>
+  </si>
+  <si>
+    <t>00-00000509</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65040E</t>
+  </si>
+  <si>
+    <t>00-00008424</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65049D</t>
+  </si>
+  <si>
+    <t>00-00008425</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65049E</t>
+  </si>
+  <si>
+    <t>00-00008420</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65051D</t>
+  </si>
+  <si>
+    <t>00-00008421</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65051E</t>
+  </si>
+  <si>
+    <t>344 грн.</t>
+  </si>
+  <si>
+    <t>00-00008426</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65052D</t>
+  </si>
+  <si>
+    <t>00-00008427</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65052E</t>
+  </si>
+  <si>
+    <t>00-00000206</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 66019D</t>
+  </si>
+  <si>
+    <t>00-00000210</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 66020Е</t>
+  </si>
+  <si>
+    <t>00-00000207</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 66604D</t>
+  </si>
+  <si>
+    <t>00-00000211</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 66606E</t>
+  </si>
+  <si>
+    <t>00-00000213</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 68160E</t>
+  </si>
+  <si>
+    <t>00-00000209</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 68161D</t>
+  </si>
+  <si>
+    <t>00-00011628</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 69009E</t>
+  </si>
+  <si>
+    <t>00-00011625</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 69015E</t>
+  </si>
+  <si>
+    <t>00-00000735</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 69195D</t>
+  </si>
+  <si>
+    <t>00-00000736</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 69195E</t>
+  </si>
+  <si>
+    <t>00-00000501</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 69196D</t>
+  </si>
+  <si>
+    <t>233 грн.</t>
+  </si>
+  <si>
+    <t>00-00000500</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 69198F</t>
+  </si>
+  <si>
+    <t>435 грн.</t>
+  </si>
+  <si>
+    <t>00-00000499</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 69200E</t>
+  </si>
+  <si>
+    <t>00-00000745</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 69322D</t>
+  </si>
+  <si>
+    <t>00-00000746</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 69322DD</t>
+  </si>
+  <si>
+    <t>00-00000747</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 69503D</t>
+  </si>
+  <si>
+    <t>00-00000748</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 69503E</t>
+  </si>
+  <si>
+    <t>00-00000493</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 69597E</t>
+  </si>
+  <si>
+    <t>287 грн.</t>
+  </si>
+  <si>
+    <t>00-00012997</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 7006D</t>
+  </si>
+  <si>
+    <t>00-00012996</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 7006E</t>
+  </si>
+  <si>
+    <t>00-00014141</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 7010G</t>
+  </si>
+  <si>
+    <t>00-00013453</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 7016E</t>
+  </si>
+  <si>
+    <t>00-00040744</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 3005D</t>
+  </si>
+  <si>
+    <t>00-00040332</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 3010D</t>
+  </si>
+  <si>
+    <t>00-00040333</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 3010F</t>
+  </si>
+  <si>
+    <t>00-00040331</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 3010Е</t>
+  </si>
+  <si>
+    <t>00-00016599</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 3012D</t>
+  </si>
+  <si>
+    <t>00-00016596</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 3012F</t>
+  </si>
+  <si>
+    <t>494 грн.</t>
+  </si>
+  <si>
+    <t>00-00035399</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 3012Е</t>
+  </si>
+  <si>
+    <t>592 грн.</t>
+  </si>
+  <si>
+    <t>00-00029404</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 3020F</t>
+  </si>
+  <si>
+    <t>00-00035384</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 3020G</t>
+  </si>
+  <si>
+    <t>00-00035402</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 3020Е</t>
+  </si>
+  <si>
+    <t>00-00045276</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 33737DK</t>
+  </si>
+  <si>
+    <t>00-00014253</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5001F</t>
+  </si>
+  <si>
+    <t>00-00012930</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5002D</t>
+  </si>
+  <si>
+    <t>00-00012893</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5002E</t>
+  </si>
+  <si>
+    <t>00-00012894</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5003E</t>
+  </si>
+  <si>
+    <t>00-00012938</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5006E</t>
+  </si>
+  <si>
+    <t>00-00012998</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5008D</t>
+  </si>
+  <si>
+    <t>00-00013444</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5008E</t>
+  </si>
+  <si>
+    <t>274 грн.</t>
+  </si>
+  <si>
+    <t>00-00029192</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5010D</t>
+  </si>
+  <si>
+    <t>00-00035387</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5010Е</t>
+  </si>
+  <si>
+    <t>00-00013446</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5011D</t>
+  </si>
+  <si>
+    <t>282 грн.</t>
+  </si>
+  <si>
+    <t>00-00013095</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5011DD</t>
+  </si>
+  <si>
+    <t>00-00013167</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5012G</t>
+  </si>
+  <si>
+    <t>394 грн.</t>
+  </si>
+  <si>
+    <t>00-00013447</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5013D</t>
+  </si>
+  <si>
+    <t>00-00013448</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5013E</t>
+  </si>
+  <si>
+    <t>217 грн.</t>
+  </si>
+  <si>
+    <t>00-00013097</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5016E</t>
+  </si>
+  <si>
+    <t>00-00013450</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5017D</t>
+  </si>
+  <si>
+    <t>00-00013096</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5017E</t>
+  </si>
+  <si>
+    <t>00-00013126</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5020D</t>
+  </si>
+  <si>
+    <t>229 грн.</t>
+  </si>
+  <si>
+    <t>00-00013125</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5020E</t>
+  </si>
+  <si>
+    <t>192 грн.</t>
+  </si>
+  <si>
+    <t>00-00013127</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5021D</t>
+  </si>
+  <si>
+    <t>00-00013128</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5021E</t>
+  </si>
+  <si>
+    <t>00-00013775</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5033C</t>
+  </si>
+  <si>
+    <t>00-00013178</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5039B</t>
+  </si>
+  <si>
+    <t>00-00013177</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5039D</t>
+  </si>
+  <si>
+    <t>00-00013801</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5041D</t>
+  </si>
+  <si>
+    <t>00-00013802</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5041Е</t>
+  </si>
+  <si>
+    <t>00-00011658</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5051D</t>
+  </si>
+  <si>
+    <t>00-00009722</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5053D</t>
+  </si>
+  <si>
+    <t>00-00009723</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5053E</t>
+  </si>
+  <si>
+    <t>00-00013765</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5056E</t>
+  </si>
+  <si>
+    <t>00-00013753</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5056H</t>
+  </si>
+  <si>
+    <t>00-00008685</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5057DD</t>
+  </si>
+  <si>
+    <t>00-00013764</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5059D</t>
+  </si>
+  <si>
+    <t>00-00013778</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5059E</t>
+  </si>
+  <si>
+    <t>00-00013766</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5059F</t>
+  </si>
+  <si>
+    <t>00-00013415</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5065F</t>
+  </si>
+  <si>
+    <t>00-00040321</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5069F</t>
+  </si>
+  <si>
+    <t>00-00014389</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5072E</t>
+  </si>
+  <si>
+    <t>00-00040322</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5072F</t>
+  </si>
+  <si>
+    <t>00-00014390</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5072G</t>
+  </si>
+  <si>
+    <t>00-00014865</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5073D</t>
+  </si>
+  <si>
+    <t>00-00014868</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5073E</t>
+  </si>
+  <si>
+    <t>00-00040774</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5074E</t>
+  </si>
+  <si>
+    <t>00-00035393</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5076Е</t>
+  </si>
+  <si>
+    <t>00-00016597</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5077F</t>
+  </si>
+  <si>
+    <t>00-00040767</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5078D</t>
+  </si>
+  <si>
+    <t>00-00040766</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5078E</t>
+  </si>
+  <si>
+    <t>00-00029190</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5079D</t>
+  </si>
+  <si>
+    <t>00-00016595</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5079G</t>
+  </si>
+  <si>
+    <t>641 грн.</t>
+  </si>
+  <si>
+    <t>00-00040323</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5080D</t>
+  </si>
+  <si>
+    <t>00-00040324</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5080F</t>
+  </si>
+  <si>
+    <t>386 грн.</t>
+  </si>
+  <si>
+    <t>00-00039089</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5080Е</t>
+  </si>
+  <si>
+    <t>00-00016604</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5082F</t>
+  </si>
+  <si>
+    <t>323 грн.</t>
+  </si>
+  <si>
+    <t>00-00040737</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5083D</t>
+  </si>
+  <si>
+    <t>00-00040738</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5083Е</t>
+  </si>
+  <si>
+    <t>00-00041166</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5084D</t>
+  </si>
+  <si>
+    <t>00-00041167</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5084E</t>
+  </si>
+  <si>
+    <t>00-00041168</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5084F</t>
+  </si>
+  <si>
+    <t>00-00029407</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5085E</t>
+  </si>
+  <si>
+    <t>00-00029188</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5085F</t>
+  </si>
+  <si>
+    <t>00-00014255</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5086D</t>
+  </si>
+  <si>
+    <t>00-00014869</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5086E</t>
+  </si>
+  <si>
+    <t>00-00035583</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5087D</t>
+  </si>
+  <si>
+    <t>00-00040327</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5087Е</t>
+  </si>
+  <si>
+    <t>00-00040328</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5088D</t>
+  </si>
+  <si>
+    <t>00-00040475</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5088Е</t>
+  </si>
+  <si>
+    <t>00-00040329</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5089E</t>
+  </si>
+  <si>
+    <t>00-00029406</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5090C</t>
+  </si>
+  <si>
+    <t>00-00035595</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5090D</t>
+  </si>
+  <si>
+    <t>00-00029189</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5091E</t>
+  </si>
+  <si>
+    <t>00-00045274</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5092CK</t>
+  </si>
+  <si>
+    <t>00-00045275</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5092DK</t>
+  </si>
+  <si>
+    <t>00-00029151</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5092С</t>
+  </si>
+  <si>
+    <t>00-00045026</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5094E</t>
+  </si>
+  <si>
+    <t>00-00040740</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5095G</t>
+  </si>
+  <si>
+    <t>00-00040739</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5095Е</t>
+  </si>
+  <si>
+    <t>00-00045292</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5096EK</t>
+  </si>
+  <si>
+    <t>00-00045058</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5097E</t>
+  </si>
+  <si>
+    <t>00-00045286</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5098G</t>
+  </si>
+  <si>
+    <t>00-00045185</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5098Н</t>
+  </si>
+  <si>
+    <t>598 грн.</t>
+  </si>
+  <si>
+    <t>00-00045055</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5099E</t>
+  </si>
+  <si>
+    <t>256 грн.</t>
+  </si>
+  <si>
+    <t>00-00045086</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5100D</t>
+  </si>
+  <si>
+    <t>00-00045087</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5100E</t>
+  </si>
+  <si>
+    <t>00-00045088</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5100G</t>
+  </si>
+  <si>
+    <t>00-00045079</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5102D</t>
+  </si>
+  <si>
+    <t>529 грн.</t>
+  </si>
+  <si>
+    <t>00-00045092</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5103E</t>
+  </si>
+  <si>
+    <t>00-00045082</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5103H</t>
+  </si>
+  <si>
+    <t>622 грн.</t>
+  </si>
+  <si>
+    <t>00-00045287</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5105D</t>
+  </si>
+  <si>
+    <t>385 грн.</t>
+  </si>
+  <si>
+    <t>00-00045293</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5105G</t>
+  </si>
+  <si>
+    <t>00-00045281</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5106DK</t>
+  </si>
+  <si>
+    <t>00-00045282</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5106EK</t>
+  </si>
+  <si>
+    <t>00-00045289</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5109F</t>
+  </si>
+  <si>
+    <t>00-00045165</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5113G</t>
+  </si>
+  <si>
+    <t>338 грн.</t>
+  </si>
+  <si>
+    <t>00-00045164</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5113I</t>
+  </si>
+  <si>
+    <t>391 грн.</t>
+  </si>
+  <si>
+    <t>00-00045123</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5114G</t>
+  </si>
+  <si>
+    <t>00-00045124</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5116D</t>
+  </si>
+  <si>
+    <t>311 грн.</t>
+  </si>
+  <si>
+    <t>00-00045125</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5116E</t>
   </si>
   <si>
     <t>328 грн.</t>
   </si>
   <si>
-    <t>00000005254</t>
-[...257 lines deleted...]
-    <t>Бюстгальтер Acousma A6450BCH</t>
+    <t>00-00045126</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5116G</t>
+  </si>
+  <si>
+    <t>00-00045128</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5117D</t>
+  </si>
+  <si>
+    <t>00-00045118</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5123D</t>
+  </si>
+  <si>
+    <t>00-00045119</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5123E</t>
+  </si>
+  <si>
+    <t>365 грн.</t>
+  </si>
+  <si>
+    <t>00-00045116</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5125D</t>
+  </si>
+  <si>
+    <t>00-00045117</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5125E</t>
+  </si>
+  <si>
+    <t>00-00045140</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5126D</t>
+  </si>
+  <si>
+    <t>00-00045141</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5126E</t>
+  </si>
+  <si>
+    <t>00-00045146</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5127E</t>
+  </si>
+  <si>
+    <t>378 грн.</t>
+  </si>
+  <si>
+    <t>00-00045148</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5128D</t>
+  </si>
+  <si>
+    <t>00-00045149</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5128E</t>
+  </si>
+  <si>
+    <t>424 грн.</t>
+  </si>
+  <si>
+    <t>00-00045168</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5129D</t>
+  </si>
+  <si>
+    <t>332 грн.</t>
+  </si>
+  <si>
+    <t>00-00045169</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5129E</t>
+  </si>
+  <si>
+    <t>350 грн.</t>
+  </si>
+  <si>
+    <t>00-00045159</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5130D</t>
+  </si>
+  <si>
+    <t>314 грн.</t>
+  </si>
+  <si>
+    <t>00-00045158</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5130E</t>
+  </si>
+  <si>
+    <t>330 грн.</t>
+  </si>
+  <si>
+    <t>00-00045170</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5131D</t>
+  </si>
+  <si>
+    <t>00-00045171</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5131E</t>
+  </si>
+  <si>
+    <t>00-00045172</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5132D</t>
+  </si>
+  <si>
+    <t>340 грн.</t>
+  </si>
+  <si>
+    <t>00-00045173</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5132E</t>
+  </si>
+  <si>
+    <t>00-00045283</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5143FK</t>
+  </si>
+  <si>
+    <t>00-00045284</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5143GK</t>
+  </si>
+  <si>
+    <t>00-00045285</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5143HK</t>
+  </si>
+  <si>
+    <t>00-00045277</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5147CK</t>
+  </si>
+  <si>
+    <t>00-00045278</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5147DK</t>
+  </si>
+  <si>
+    <t>00-00045279</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5148EK</t>
+  </si>
+  <si>
+    <t>00-00045280</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5148FK</t>
+  </si>
+  <si>
+    <t>00-00045342</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5149DK</t>
+  </si>
+  <si>
+    <t>00-00045343</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5149EK</t>
+  </si>
+  <si>
+    <t>00-00045344</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5149FK</t>
+  </si>
+  <si>
+    <t>00-00045339</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5151DK</t>
+  </si>
+  <si>
+    <t>00-00045340</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5151EK</t>
+  </si>
+  <si>
+    <t>00-00045341</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5151FK</t>
+  </si>
+  <si>
+    <t>00-00013451</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7003C</t>
+  </si>
+  <si>
+    <t>00-00012895</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7003D</t>
+  </si>
+  <si>
+    <t>00-00011833</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7004D</t>
+  </si>
+  <si>
+    <t>00-00011659</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7004E</t>
+  </si>
+  <si>
+    <t>00-00011660</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7005D</t>
+  </si>
+  <si>
+    <t>00-00011834</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7005DD</t>
+  </si>
+  <si>
+    <t>00-00013461</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7008D</t>
+  </si>
+  <si>
+    <t>00-00012924</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7008DD</t>
+  </si>
+  <si>
+    <t>00-00029405</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7010Н</t>
+  </si>
+  <si>
+    <t>00-00013454</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7017C</t>
+  </si>
+  <si>
+    <t>00-00013129</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7017D</t>
+  </si>
+  <si>
+    <t>00-00013455</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7018B</t>
+  </si>
+  <si>
+    <t>00-00012999</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7018D</t>
+  </si>
+  <si>
+    <t>00-00010887</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Fly Bra</t>
+  </si>
+  <si>
+    <t>00-00045299</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Sea Luna 80004CK</t>
+  </si>
+  <si>
+    <t>00-00045297</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Sea Luna 80004DK</t>
+  </si>
+  <si>
+    <t>640 грн.</t>
+  </si>
+  <si>
+    <t>00-00045298</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Sea Luna 80004EK</t>
+  </si>
+  <si>
+    <t>660 грн.</t>
+  </si>
+  <si>
+    <t>00-00045312</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Sea Luna 80008CK</t>
+  </si>
+  <si>
+    <t>00-00045313</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Sea Luna 80008DK</t>
+  </si>
+  <si>
+    <t>00-00045314</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Sea Luna 80008EK</t>
+  </si>
+  <si>
+    <t>00-00045324</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Sea Luna 80011CK</t>
+  </si>
+  <si>
+    <t>650 грн.</t>
+  </si>
+  <si>
+    <t>00-00045325</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Sea Luna 80011DK</t>
+  </si>
+  <si>
+    <t>670 грн.</t>
+  </si>
+  <si>
+    <t>00-00045326</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Sea Luna 80011EK</t>
+  </si>
+  <si>
+    <t>690 грн.</t>
+  </si>
+  <si>
+    <t>00-00045216</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6339BC/T6339PR</t>
+  </si>
+  <si>
+    <t>00000007343</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6358BC-T6358H</t>
+  </si>
+  <si>
+    <t>604 грн.</t>
+  </si>
+  <si>
+    <t>00-00045220</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6358BC-T6358PR</t>
+  </si>
+  <si>
+    <t>00000007759</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6407BC-P6407H</t>
+  </si>
+  <si>
+    <t>793 грн.</t>
+  </si>
+  <si>
+    <t>00-00045213</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6429BC/T6429PR</t>
+  </si>
+  <si>
+    <t>00-00000752</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6441BC-P6441H</t>
+  </si>
+  <si>
+    <t>713 грн.</t>
+  </si>
+  <si>
+    <t>00-00008434</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6442BC-T6442H</t>
+  </si>
+  <si>
+    <t>609 грн.</t>
+  </si>
+  <si>
+    <t>00-00012900</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6447BC-T6447H</t>
+  </si>
+  <si>
+    <t>682 грн.</t>
+  </si>
+  <si>
+    <t>00-00012902</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6449BC-P6449H</t>
+  </si>
+  <si>
+    <t>782 грн.</t>
+  </si>
+  <si>
+    <t>00-00013000</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6456BC-T6456H</t>
+  </si>
+  <si>
+    <t>771 грн.</t>
+  </si>
+  <si>
+    <t>00-00012991</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6457BC-T6457H</t>
+  </si>
+  <si>
+    <t>762 грн.</t>
+  </si>
+  <si>
+    <t>00-00013181</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6468DE-P6468H</t>
+  </si>
+  <si>
+    <t>740 грн.</t>
+  </si>
+  <si>
+    <t>00-00013678</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6469BC-P6469H</t>
+  </si>
+  <si>
+    <t>694 грн.</t>
+  </si>
+  <si>
+    <t>00-00013612</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6478BC-T6478H</t>
+  </si>
+  <si>
+    <t>659 грн.</t>
+  </si>
+  <si>
+    <t>00-00013878</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6480BC-T6480H</t>
+  </si>
+  <si>
+    <t>723 грн.</t>
+  </si>
+  <si>
+    <t>00-00045095</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6481CD/P6481H</t>
+  </si>
+  <si>
+    <t>780 грн.</t>
+  </si>
+  <si>
+    <t>00-00014354</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6487BC/P6487H</t>
+  </si>
+  <si>
+    <t>778 грн.</t>
+  </si>
+  <si>
+    <t>00-00039074</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6497BC-P6497H</t>
+  </si>
+  <si>
+    <t>810 грн.</t>
+  </si>
+  <si>
+    <t>00-00040714</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6499BC/P6499H</t>
+  </si>
+  <si>
+    <t>770 грн.</t>
+  </si>
+  <si>
+    <t>00-00045085</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6508BC/P6508H</t>
+  </si>
+  <si>
+    <t>806 грн.</t>
+  </si>
+  <si>
+    <t>00-00045151</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6539BC/P6539H</t>
+  </si>
+  <si>
+    <t>816 грн.</t>
+  </si>
+  <si>
+    <t>00-00013087</t>
+  </si>
+  <si>
+    <t>Комплект Acousma U6460BC-P6460H</t>
+  </si>
+  <si>
+    <t>571 грн.</t>
+  </si>
+  <si>
+    <t>00-00045217</t>
+  </si>
+  <si>
+    <t>Комплект Acousma А6335BC/T6335PR</t>
+  </si>
+  <si>
+    <t>00-00045215</t>
+  </si>
+  <si>
+    <t>Комплект Acousma А6343BC/T6343Н</t>
+  </si>
+  <si>
+    <t>00-00045219</t>
+  </si>
+  <si>
+    <t>Комплект Acousma А6356BC/T6356PR</t>
+  </si>
+  <si>
+    <t>00-00045306</t>
+  </si>
+  <si>
+    <t>Комплект Hidden Beauty M009CK</t>
+  </si>
+  <si>
+    <t>1110 грн.</t>
+  </si>
+  <si>
+    <t>00-00045305</t>
+  </si>
+  <si>
+    <t>Комплект Hidden Beauty M009DK</t>
+  </si>
+  <si>
+    <t>1130 грн.</t>
+  </si>
+  <si>
+    <t>00-00045307</t>
+  </si>
+  <si>
+    <t>Комплект Hidden Beauty M009EK</t>
+  </si>
+  <si>
+    <t>1150 грн.</t>
+  </si>
+  <si>
+    <t>00-00045308</t>
+  </si>
+  <si>
+    <t>Комплект Hidden Beauty M009FK</t>
+  </si>
+  <si>
+    <t>1170 грн.</t>
+  </si>
+  <si>
+    <t>00-00045309</t>
+  </si>
+  <si>
+    <t>Комплект Hidden Beauty M009GK</t>
+  </si>
+  <si>
+    <t>1190 грн.</t>
+  </si>
+  <si>
+    <t>00-00045300</t>
+  </si>
+  <si>
+    <t>Комплект Hidden Beauty M013CK</t>
+  </si>
+  <si>
+    <t>1050 грн.</t>
+  </si>
+  <si>
+    <t>00-00045301</t>
+  </si>
+  <si>
+    <t>Комплект Hidden Beauty M013DK</t>
+  </si>
+  <si>
+    <t>1070 грн.</t>
+  </si>
+  <si>
+    <t>00-00045302</t>
+  </si>
+  <si>
+    <t>Комплект Hidden Beauty M013EK</t>
+  </si>
+  <si>
+    <t>1090 грн.</t>
+  </si>
+  <si>
+    <t>00-00045303</t>
+  </si>
+  <si>
+    <t>Комплект Hidden Beauty M013FK</t>
+  </si>
+  <si>
+    <t>00-00013747</t>
+  </si>
+  <si>
+    <t>Набор бретелек №1</t>
+  </si>
+  <si>
+    <t>00-00013748</t>
+  </si>
+  <si>
+    <t>Набор бретелек №2</t>
+  </si>
+  <si>
+    <t>00-00013749</t>
+  </si>
+  <si>
+    <t>Набор бретелек №3</t>
+  </si>
+  <si>
+    <t>00-00014304</t>
+  </si>
+  <si>
+    <t>Набор женских трусов Q-girl QG-1622</t>
+  </si>
+  <si>
+    <t>00-00014713</t>
+  </si>
+  <si>
+    <t>Набор женских трусов Q-girl QG-1887</t>
+  </si>
+  <si>
+    <t>207 грн.</t>
+  </si>
+  <si>
+    <t>00-00014695</t>
+  </si>
+  <si>
+    <t>Набор женских трусов Q-girl QG-1907</t>
+  </si>
+  <si>
+    <t>179 грн.</t>
+  </si>
+  <si>
+    <t>00-00014729</t>
+  </si>
+  <si>
+    <t>Набор женских трусов Q-girl QG-3600</t>
+  </si>
+  <si>
+    <t>00-00014788</t>
+  </si>
+  <si>
+    <t>Набор женских трусов Q-girl QG-5146</t>
+  </si>
+  <si>
+    <t>00-00014850</t>
+  </si>
+  <si>
+    <t>Набор женских трусов Q-girl QG-6863</t>
+  </si>
+  <si>
+    <t>00000004001</t>
+  </si>
+  <si>
+    <t>Силиконовый бюстгальтер без бретельки</t>
+  </si>
+  <si>
+    <t>209 грн.</t>
+  </si>
+  <si>
+    <t>00000007053</t>
+  </si>
+  <si>
+    <t>Трусы</t>
+  </si>
+  <si>
+    <t>00000004961</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma 30058-1H</t>
+  </si>
+  <si>
+    <t>00000004985</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma 51393PH</t>
+  </si>
+  <si>
+    <t>201 грн.</t>
+  </si>
+  <si>
+    <t>00000005236</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P2027H</t>
+  </si>
+  <si>
+    <t>00-00013759</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6004H - цветные</t>
+  </si>
+  <si>
+    <t>00000005021</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6009H</t>
+  </si>
+  <si>
+    <t>00000005026</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6162H</t>
+  </si>
+  <si>
+    <t>148 грн.</t>
+  </si>
+  <si>
+    <t>00000005036</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6237H</t>
+  </si>
+  <si>
+    <t>139 грн.</t>
+  </si>
+  <si>
+    <t>00-00045199</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6237PR</t>
+  </si>
+  <si>
+    <t>00000005048</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6278H</t>
+  </si>
+  <si>
+    <t>211 грн.</t>
+  </si>
+  <si>
+    <t>00-00040467</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6278H цветные</t>
+  </si>
+  <si>
+    <t>178 грн.</t>
+  </si>
+  <si>
+    <t>00-00045202</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6293PR</t>
+  </si>
+  <si>
+    <t>00-00045209</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6321PR</t>
+  </si>
+  <si>
+    <t>00000006358</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6325H</t>
+  </si>
+  <si>
+    <t>270 грн.</t>
+  </si>
+  <si>
+    <t>00000007678</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6342H</t>
+  </si>
+  <si>
+    <t>283 грн.</t>
+  </si>
+  <si>
+    <t>00000007054</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6348H</t>
+  </si>
+  <si>
+    <t>163 грн.</t>
+  </si>
+  <si>
+    <t>00-00045210</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6349PR</t>
+  </si>
+  <si>
+    <t>00000007752</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6364H</t>
+  </si>
+  <si>
+    <t>255 грн.</t>
+  </si>
+  <si>
+    <t>00000007756</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6377-1H</t>
+  </si>
+  <si>
+    <t>00000007512</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6378H</t>
+  </si>
+  <si>
+    <t>00000007507</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6380H</t>
+  </si>
+  <si>
+    <t>144 грн.</t>
+  </si>
+  <si>
+    <t>00000007684</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6381H</t>
+  </si>
+  <si>
+    <t>00000007648</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6390H</t>
+  </si>
+  <si>
+    <t>170 грн.</t>
+  </si>
+  <si>
+    <t>00-00000423</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6427H</t>
+  </si>
+  <si>
+    <t>138 грн.</t>
+  </si>
+  <si>
+    <t>00-00000238</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6430H</t>
+  </si>
+  <si>
+    <t>00-00000253</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6436H</t>
+  </si>
+  <si>
+    <t>142 грн.</t>
+  </si>
+  <si>
+    <t>00-00040553</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6441H</t>
+  </si>
+  <si>
+    <t>183 грн.</t>
+  </si>
+  <si>
+    <t>00-00012917</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6442-1H</t>
+  </si>
+  <si>
+    <t>00-00008433</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6442H</t>
+  </si>
+  <si>
+    <t>199 грн.</t>
+  </si>
+  <si>
+    <t>00-00012901</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6445H</t>
+  </si>
+  <si>
+    <t>155 грн.</t>
+  </si>
+  <si>
+    <t>00-00012853</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6446H</t>
+  </si>
+  <si>
+    <t>00-00013793</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6448H</t>
+  </si>
+  <si>
+    <t>00-00016607</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6453H</t>
+  </si>
+  <si>
+    <t>00-00013798</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6460H</t>
+  </si>
+  <si>
+    <t>00-00013795</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6465H</t>
+  </si>
+  <si>
+    <t>00-00013675</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6472H</t>
+  </si>
+  <si>
+    <t>191 грн.</t>
+  </si>
+  <si>
+    <t>00-00014240</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6486H</t>
+  </si>
+  <si>
+    <t>225 грн.</t>
+  </si>
+  <si>
+    <t>00-00040789</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6501H</t>
+  </si>
+  <si>
+    <t>206 грн.</t>
+  </si>
+  <si>
+    <t>00-00045131</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6509H</t>
+  </si>
+  <si>
+    <t>00-00045161</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6519H</t>
+  </si>
+  <si>
+    <t>167 грн.</t>
+  </si>
+  <si>
+    <t>00-00045162</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6520H</t>
+  </si>
+  <si>
+    <t>181 грн.</t>
+  </si>
+  <si>
+    <t>00-00045130</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6526H</t>
+  </si>
+  <si>
+    <t>00-00045136</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6535H</t>
+  </si>
+  <si>
+    <t>220 грн.</t>
+  </si>
+  <si>
+    <t>00-00045155</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6536H</t>
+  </si>
+  <si>
+    <t>00-00045163</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6543H</t>
+  </si>
+  <si>
+    <t>00-00045152</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6545H</t>
+  </si>
+  <si>
+    <t>309 грн.</t>
+  </si>
+  <si>
+    <t>00-00045176</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6547H</t>
+  </si>
+  <si>
+    <t>339 грн.</t>
+  </si>
+  <si>
+    <t>00-00045177</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6548H</t>
   </si>
   <si>
     <t>334 грн.</t>
   </si>
   <si>
-    <t>00-00012933</t>
-[...314 lines deleted...]
-    <t>Бюстгальтер Acousma U6008CH цветные</t>
+    <t>00-00045248</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6555H</t>
+  </si>
+  <si>
+    <t>230 грн.</t>
+  </si>
+  <si>
+    <t>00-00045180</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6557/1H</t>
+  </si>
+  <si>
+    <t>00-00045179</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6557H</t>
   </si>
   <si>
     <t>258 грн.</t>
   </si>
   <si>
-    <t>00000004580</t>
-[...2495 lines deleted...]
-    <t>Набор женских трусов Q-girl QG-9880</t>
+    <t>00-00045243</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6564H</t>
+  </si>
+  <si>
+    <t>00-00045252</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6565H</t>
+  </si>
+  <si>
+    <t>00-00045258</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6573H</t>
+  </si>
+  <si>
+    <t>00-00045261</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6578H</t>
+  </si>
+  <si>
+    <t>174 грн.</t>
+  </si>
+  <si>
+    <t>00-00045264</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6581H</t>
+  </si>
+  <si>
+    <t>00-00045295</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6591H</t>
+  </si>
+  <si>
+    <t>00-00045323</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6596H</t>
+  </si>
+  <si>
+    <t>180 грн.</t>
+  </si>
+  <si>
+    <t>00000005073</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6176-1H</t>
+  </si>
+  <si>
+    <t>127 грн.</t>
+  </si>
+  <si>
+    <t>00-00040469</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6176-1H цветные</t>
+  </si>
+  <si>
+    <t>106 грн.</t>
+  </si>
+  <si>
+    <t>00-00045207</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6178PR</t>
+  </si>
+  <si>
+    <t>00000007107</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6268-2H</t>
+  </si>
+  <si>
+    <t>00-00045206</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6268-2PR</t>
+  </si>
+  <si>
+    <t>00000005087</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6268H</t>
+  </si>
+  <si>
+    <t>120 грн.</t>
+  </si>
+  <si>
+    <t>00-00045294</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6268PR</t>
+  </si>
+  <si>
+    <t>00000007674</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6365-1H</t>
+  </si>
+  <si>
+    <t>130 грн.</t>
+  </si>
+  <si>
+    <t>00-00045200</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6368PR</t>
+  </si>
+  <si>
+    <t>00000007511</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6378H</t>
+  </si>
+  <si>
+    <t>98 грн.</t>
+  </si>
+  <si>
+    <t>00000007666</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6401H</t>
+  </si>
+  <si>
+    <t>119 грн.</t>
+  </si>
+  <si>
+    <t>00-00013443</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6465H</t>
+  </si>
+  <si>
+    <t>161 грн.</t>
+  </si>
+  <si>
+    <t>00-00013796</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6466H</t>
+  </si>
+  <si>
+    <t>242 грн.</t>
+  </si>
+  <si>
+    <t>00-00014148</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6484H</t>
+  </si>
+  <si>
+    <t>156 грн.</t>
+  </si>
+  <si>
+    <t>00-00045268</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6509H</t>
+  </si>
+  <si>
+    <t>00-00045269</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6524/2H</t>
+  </si>
+  <si>
+    <t>150 грн.</t>
+  </si>
+  <si>
+    <t>00-00045115</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6531H</t>
+  </si>
+  <si>
+    <t>00-00045182</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6560H</t>
+  </si>
+  <si>
+    <t>00-00045253</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6565H</t>
   </si>
   <si>
     <t>172 грн.</t>
   </si>
   <si>
-    <t>00-00040760</t>
-[...257 lines deleted...]
-    <t>Трусы женские Acousma P6378HS</t>
+    <t>00-00045296</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6593H</t>
+  </si>
+  <si>
+    <t>00-00045137</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma Т6533H</t>
+  </si>
+  <si>
+    <t>175 грн.</t>
+  </si>
+  <si>
+    <t>00-00045135</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma Т6534H</t>
+  </si>
+  <si>
+    <t>00-00014114</t>
+  </si>
+  <si>
+    <t>Трусы женские Diorella 2229</t>
+  </si>
+  <si>
+    <t>30 грн.</t>
+  </si>
+  <si>
+    <t>00-00014113</t>
+  </si>
+  <si>
+    <t>Трусы женские Diorella 32083</t>
+  </si>
+  <si>
+    <t>00000004518</t>
+  </si>
+  <si>
+    <t>Трусы женские Diorella 3595</t>
+  </si>
+  <si>
+    <t>00-00014111</t>
+  </si>
+  <si>
+    <t>Трусы женские Diorella 60277</t>
+  </si>
+  <si>
+    <t>42 грн.</t>
+  </si>
+  <si>
+    <t>00-00035401</t>
+  </si>
+  <si>
+    <t>Трусы женские Finikin 5069T</t>
+  </si>
+  <si>
+    <t>00-00035403</t>
+  </si>
+  <si>
+    <t>Трусы женские Finikin 5075Т</t>
+  </si>
+  <si>
+    <t>00-00045315</t>
+  </si>
+  <si>
+    <t>Трусы женские Sea Luna 90007K</t>
+  </si>
+  <si>
+    <t>00-00045327</t>
+  </si>
+  <si>
+    <t>Трусы женские Sea Luna 90011K</t>
   </si>
   <si>
     <t>320 грн.</t>
-  </si>
-[...871 lines deleted...]
-    <t>Трусы женские Sea Luna 90011K</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
       <b val="0"/>
       <i val="0"/>
       <u val="none"/>
       <strike val="0"/>
       <color rgb="FF000000"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="12"/>
       <b val="1"/>
       <i val="0"/>
       <u val="none"/>
       <strike val="0"/>
       <color rgb="FF891367"/>
@@ -4901,51 +4775,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C608"/>
+  <dimension ref="A1:C609"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
@@ -4997,139 +4871,139 @@
         <v>14</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
-        <v>21</v>
+        <v>8</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
+        <v>21</v>
+      </c>
+      <c r="B9" t="s">
         <v>22</v>
       </c>
-      <c r="B9" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C9" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
+        <v>23</v>
+      </c>
+      <c r="B10" t="s">
         <v>24</v>
       </c>
-      <c r="B10" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C10" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
+        <v>25</v>
+      </c>
+      <c r="B11" t="s">
         <v>26</v>
-      </c>
-[...1 lines deleted...]
-        <v>27</v>
       </c>
       <c r="C11" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
+        <v>27</v>
+      </c>
+      <c r="B12" t="s">
         <v>28</v>
-      </c>
-[...1 lines deleted...]
-        <v>29</v>
       </c>
       <c r="C12" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" t="s">
         <v>30</v>
       </c>
-      <c r="B13" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C13" t="s">
-        <v>8</v>
+        <v>15</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
+        <v>31</v>
+      </c>
+      <c r="B14" t="s">
         <v>32</v>
       </c>
-      <c r="B14" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C14" t="s">
-        <v>34</v>
+        <v>18</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
+        <v>33</v>
+      </c>
+      <c r="B15" t="s">
+        <v>34</v>
+      </c>
+      <c r="C15" t="s">
         <v>35</v>
-      </c>
-[...4 lines deleted...]
-        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
+        <v>36</v>
+      </c>
+      <c r="B16" t="s">
         <v>37</v>
       </c>
-      <c r="B16" t="s">
+      <c r="C16" t="s">
         <v>38</v>
-      </c>
-[...1 lines deleted...]
-        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>39</v>
       </c>
       <c r="B17" t="s">
         <v>40</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>42</v>
       </c>
       <c r="B18" t="s">
         <v>43</v>
       </c>
       <c r="C18" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:3">
@@ -5283,6365 +5157,6376 @@
         <v>85</v>
       </c>
       <c r="C32" t="s">
         <v>86</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
         <v>87</v>
       </c>
       <c r="B33" t="s">
         <v>88</v>
       </c>
       <c r="C33" t="s">
         <v>89</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
         <v>90</v>
       </c>
       <c r="B34" t="s">
         <v>91</v>
       </c>
       <c r="C34" t="s">
-        <v>92</v>
+        <v>71</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
+        <v>92</v>
+      </c>
+      <c r="B35" t="s">
         <v>93</v>
       </c>
-      <c r="B35" t="s">
+      <c r="C35" t="s">
         <v>94</v>
-      </c>
-[...1 lines deleted...]
-        <v>95</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
+        <v>95</v>
+      </c>
+      <c r="B36" t="s">
         <v>96</v>
       </c>
-      <c r="B36" t="s">
+      <c r="C36" t="s">
         <v>97</v>
-      </c>
-[...1 lines deleted...]
-        <v>98</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
+        <v>98</v>
+      </c>
+      <c r="B37" t="s">
         <v>99</v>
       </c>
-      <c r="B37" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" t="s">
-        <v>101</v>
+        <v>71</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
+        <v>100</v>
+      </c>
+      <c r="B38" t="s">
+        <v>101</v>
+      </c>
+      <c r="C38" t="s">
         <v>102</v>
-      </c>
-[...4 lines deleted...]
-        <v>104</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
+        <v>103</v>
+      </c>
+      <c r="B39" t="s">
+        <v>104</v>
+      </c>
+      <c r="C39" t="s">
         <v>105</v>
-      </c>
-[...4 lines deleted...]
-        <v>107</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
+        <v>106</v>
+      </c>
+      <c r="B40" t="s">
+        <v>107</v>
+      </c>
+      <c r="C40" t="s">
         <v>108</v>
-      </c>
-[...4 lines deleted...]
-        <v>110</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
+        <v>109</v>
+      </c>
+      <c r="B41" t="s">
+        <v>110</v>
+      </c>
+      <c r="C41" t="s">
         <v>111</v>
-      </c>
-[...4 lines deleted...]
-        <v>113</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
+        <v>112</v>
+      </c>
+      <c r="B42" t="s">
+        <v>113</v>
+      </c>
+      <c r="C42" t="s">
         <v>114</v>
-      </c>
-[...4 lines deleted...]
-        <v>116</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
+        <v>115</v>
+      </c>
+      <c r="B43" t="s">
+        <v>116</v>
+      </c>
+      <c r="C43" t="s">
         <v>117</v>
-      </c>
-[...4 lines deleted...]
-        <v>119</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
+        <v>118</v>
+      </c>
+      <c r="B44" t="s">
+        <v>119</v>
+      </c>
+      <c r="C44" t="s">
         <v>120</v>
-      </c>
-[...4 lines deleted...]
-        <v>122</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
+        <v>121</v>
+      </c>
+      <c r="B45" t="s">
+        <v>122</v>
+      </c>
+      <c r="C45" t="s">
         <v>123</v>
-      </c>
-[...4 lines deleted...]
-        <v>125</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
+        <v>124</v>
+      </c>
+      <c r="B46" t="s">
+        <v>125</v>
+      </c>
+      <c r="C46" t="s">
         <v>126</v>
-      </c>
-[...4 lines deleted...]
-        <v>128</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
+        <v>127</v>
+      </c>
+      <c r="B47" t="s">
+        <v>128</v>
+      </c>
+      <c r="C47" t="s">
         <v>129</v>
-      </c>
-[...4 lines deleted...]
-        <v>131</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>132</v>
+        <v>130</v>
       </c>
       <c r="B48" t="s">
-        <v>133</v>
+        <v>131</v>
       </c>
       <c r="C48" t="s">
-        <v>134</v>
+        <v>114</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>135</v>
+        <v>132</v>
       </c>
       <c r="B49" t="s">
-        <v>136</v>
+        <v>133</v>
       </c>
       <c r="C49" t="s">
-        <v>137</v>
+        <v>134</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>138</v>
+        <v>135</v>
       </c>
       <c r="B50" t="s">
-        <v>139</v>
+        <v>136</v>
       </c>
       <c r="C50" t="s">
-        <v>140</v>
+        <v>137</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>141</v>
+        <v>138</v>
       </c>
       <c r="B51" t="s">
-        <v>142</v>
+        <v>139</v>
       </c>
       <c r="C51" t="s">
-        <v>143</v>
+        <v>140</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>144</v>
+        <v>141</v>
       </c>
       <c r="B52" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="C52" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>147</v>
+        <v>144</v>
       </c>
       <c r="B53" t="s">
-        <v>148</v>
+        <v>145</v>
       </c>
       <c r="C53" t="s">
-        <v>149</v>
+        <v>146</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>150</v>
+        <v>147</v>
       </c>
       <c r="B54" t="s">
-        <v>151</v>
+        <v>148</v>
       </c>
       <c r="C54" t="s">
-        <v>152</v>
+        <v>149</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>153</v>
+        <v>150</v>
       </c>
       <c r="B55" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="C55" t="s">
-        <v>155</v>
+        <v>152</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>156</v>
+        <v>153</v>
       </c>
       <c r="B56" t="s">
-        <v>157</v>
+        <v>154</v>
       </c>
       <c r="C56" t="s">
-        <v>158</v>
+        <v>155</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>159</v>
+        <v>156</v>
       </c>
       <c r="B57" t="s">
-        <v>160</v>
+        <v>157</v>
       </c>
       <c r="C57" t="s">
-        <v>161</v>
+        <v>155</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>162</v>
+        <v>158</v>
       </c>
       <c r="B58" t="s">
-        <v>163</v>
+        <v>159</v>
       </c>
       <c r="C58" t="s">
-        <v>128</v>
+        <v>160</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>164</v>
+        <v>161</v>
       </c>
       <c r="B59" t="s">
-        <v>165</v>
+        <v>162</v>
       </c>
       <c r="C59" t="s">
-        <v>166</v>
+        <v>163</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>167</v>
+        <v>164</v>
       </c>
       <c r="B60" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C60" t="s">
-        <v>169</v>
+        <v>166</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>170</v>
+        <v>167</v>
       </c>
       <c r="B61" t="s">
-        <v>171</v>
+        <v>168</v>
       </c>
       <c r="C61" t="s">
-        <v>172</v>
+        <v>140</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>173</v>
+        <v>169</v>
       </c>
       <c r="B62" t="s">
-        <v>174</v>
+        <v>170</v>
       </c>
       <c r="C62" t="s">
-        <v>140</v>
+        <v>171</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="B63" t="s">
-        <v>176</v>
+        <v>173</v>
       </c>
       <c r="C63" t="s">
-        <v>177</v>
+        <v>174</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>178</v>
+        <v>175</v>
       </c>
       <c r="B64" t="s">
-        <v>179</v>
+        <v>176</v>
       </c>
       <c r="C64" t="s">
-        <v>180</v>
+        <v>177</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>181</v>
+        <v>178</v>
       </c>
       <c r="B65" t="s">
-        <v>182</v>
+        <v>179</v>
       </c>
       <c r="C65" t="s">
-        <v>183</v>
+        <v>180</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>184</v>
+        <v>181</v>
       </c>
       <c r="B66" t="s">
-        <v>185</v>
+        <v>182</v>
       </c>
       <c r="C66" t="s">
-        <v>186</v>
+        <v>183</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>187</v>
+        <v>184</v>
       </c>
       <c r="B67" t="s">
-        <v>188</v>
+        <v>185</v>
       </c>
       <c r="C67" t="s">
-        <v>189</v>
+        <v>186</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>190</v>
+        <v>187</v>
       </c>
       <c r="B68" t="s">
-        <v>191</v>
+        <v>188</v>
       </c>
       <c r="C68" t="s">
-        <v>192</v>
+        <v>189</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>193</v>
+        <v>190</v>
       </c>
       <c r="B69" t="s">
-        <v>194</v>
+        <v>191</v>
       </c>
       <c r="C69" t="s">
-        <v>195</v>
+        <v>71</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>196</v>
+        <v>192</v>
       </c>
       <c r="B70" t="s">
-        <v>197</v>
+        <v>193</v>
       </c>
       <c r="C70" t="s">
-        <v>198</v>
+        <v>71</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>199</v>
+        <v>194</v>
       </c>
       <c r="B71" t="s">
-        <v>200</v>
+        <v>195</v>
       </c>
       <c r="C71" t="s">
-        <v>201</v>
+        <v>196</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>202</v>
+        <v>197</v>
       </c>
       <c r="B72" t="s">
-        <v>203</v>
+        <v>198</v>
       </c>
       <c r="C72" t="s">
-        <v>89</v>
+        <v>199</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>204</v>
+        <v>200</v>
       </c>
       <c r="B73" t="s">
-        <v>205</v>
+        <v>201</v>
       </c>
       <c r="C73" t="s">
-        <v>206</v>
+        <v>202</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>207</v>
+        <v>203</v>
       </c>
       <c r="B74" t="s">
-        <v>208</v>
+        <v>204</v>
       </c>
       <c r="C74" t="s">
-        <v>209</v>
+        <v>205</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>210</v>
+        <v>206</v>
       </c>
       <c r="B75" t="s">
-        <v>211</v>
+        <v>207</v>
       </c>
       <c r="C75" t="s">
-        <v>180</v>
+        <v>208</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>212</v>
+        <v>209</v>
       </c>
       <c r="B76" t="s">
-        <v>213</v>
+        <v>210</v>
       </c>
       <c r="C76" t="s">
-        <v>214</v>
+        <v>71</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>215</v>
+        <v>211</v>
       </c>
       <c r="B77" t="s">
-        <v>216</v>
+        <v>212</v>
       </c>
       <c r="C77" t="s">
-        <v>217</v>
+        <v>213</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>218</v>
+        <v>214</v>
       </c>
       <c r="B78" t="s">
-        <v>219</v>
+        <v>215</v>
       </c>
       <c r="C78" t="s">
-        <v>53</v>
+        <v>216</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>220</v>
+        <v>217</v>
       </c>
       <c r="B79" t="s">
-        <v>221</v>
+        <v>218</v>
       </c>
       <c r="C79" t="s">
-        <v>222</v>
+        <v>219</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>223</v>
+        <v>220</v>
       </c>
       <c r="B80" t="s">
-        <v>224</v>
+        <v>221</v>
       </c>
       <c r="C80" t="s">
-        <v>225</v>
+        <v>47</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>226</v>
+        <v>222</v>
       </c>
       <c r="B81" t="s">
-        <v>227</v>
+        <v>223</v>
       </c>
       <c r="C81" t="s">
-        <v>228</v>
+        <v>224</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>229</v>
+        <v>225</v>
       </c>
       <c r="B82" t="s">
-        <v>230</v>
+        <v>226</v>
       </c>
       <c r="C82" t="s">
-        <v>231</v>
+        <v>227</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>232</v>
+        <v>228</v>
       </c>
       <c r="B83" t="s">
-        <v>233</v>
+        <v>229</v>
       </c>
       <c r="C83" t="s">
-        <v>234</v>
+        <v>230</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>235</v>
+        <v>231</v>
       </c>
       <c r="B84" t="s">
-        <v>236</v>
+        <v>232</v>
       </c>
       <c r="C84" t="s">
-        <v>237</v>
+        <v>233</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>238</v>
+        <v>234</v>
       </c>
       <c r="B85" t="s">
-        <v>239</v>
+        <v>235</v>
       </c>
       <c r="C85" t="s">
-        <v>161</v>
+        <v>236</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>240</v>
+        <v>237</v>
       </c>
       <c r="B86" t="s">
-        <v>241</v>
+        <v>238</v>
       </c>
       <c r="C86" t="s">
-        <v>242</v>
+        <v>239</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>243</v>
+        <v>240</v>
       </c>
       <c r="B87" t="s">
-        <v>244</v>
+        <v>241</v>
       </c>
       <c r="C87" t="s">
-        <v>245</v>
+        <v>236</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>246</v>
+        <v>242</v>
       </c>
       <c r="B88" t="s">
-        <v>247</v>
+        <v>243</v>
       </c>
       <c r="C88" t="s">
-        <v>248</v>
+        <v>244</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>249</v>
+        <v>245</v>
       </c>
       <c r="B89" t="s">
-        <v>250</v>
+        <v>246</v>
       </c>
       <c r="C89" t="s">
-        <v>251</v>
+        <v>244</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>252</v>
+        <v>247</v>
       </c>
       <c r="B90" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="C90" t="s">
-        <v>254</v>
+        <v>249</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>255</v>
+        <v>250</v>
       </c>
       <c r="B91" t="s">
-        <v>256</v>
+        <v>251</v>
       </c>
       <c r="C91" t="s">
-        <v>254</v>
+        <v>239</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>257</v>
+        <v>252</v>
       </c>
       <c r="B92" t="s">
-        <v>258</v>
+        <v>253</v>
       </c>
       <c r="C92" t="s">
-        <v>259</v>
+        <v>254</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>260</v>
+        <v>255</v>
       </c>
       <c r="B93" t="s">
-        <v>261</v>
+        <v>256</v>
       </c>
       <c r="C93" t="s">
-        <v>262</v>
+        <v>257</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>263</v>
+        <v>258</v>
       </c>
       <c r="B94" t="s">
-        <v>264</v>
+        <v>259</v>
       </c>
       <c r="C94" t="s">
-        <v>265</v>
+        <v>260</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>266</v>
+        <v>261</v>
       </c>
       <c r="B95" t="s">
-        <v>267</v>
+        <v>262</v>
       </c>
       <c r="C95" t="s">
-        <v>268</v>
+        <v>263</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>269</v>
+        <v>264</v>
       </c>
       <c r="B96" t="s">
-        <v>270</v>
+        <v>265</v>
       </c>
       <c r="C96" t="s">
-        <v>271</v>
+        <v>266</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>272</v>
+        <v>267</v>
       </c>
       <c r="B97" t="s">
-        <v>273</v>
+        <v>268</v>
       </c>
       <c r="C97" t="s">
-        <v>274</v>
+        <v>44</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>275</v>
+        <v>269</v>
       </c>
       <c r="B98" t="s">
-        <v>276</v>
+        <v>270</v>
       </c>
       <c r="C98" t="s">
-        <v>277</v>
+        <v>233</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>278</v>
+        <v>271</v>
       </c>
       <c r="B99" t="s">
-        <v>279</v>
+        <v>272</v>
       </c>
       <c r="C99" t="s">
-        <v>280</v>
+        <v>273</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>281</v>
+        <v>274</v>
       </c>
       <c r="B100" t="s">
-        <v>282</v>
+        <v>275</v>
       </c>
       <c r="C100" t="s">
-        <v>228</v>
+        <v>174</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>283</v>
+        <v>276</v>
       </c>
       <c r="B101" t="s">
-        <v>284</v>
+        <v>277</v>
       </c>
       <c r="C101" t="s">
-        <v>285</v>
+        <v>278</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>286</v>
+        <v>279</v>
       </c>
       <c r="B102" t="s">
-        <v>287</v>
+        <v>280</v>
       </c>
       <c r="C102" t="s">
-        <v>288</v>
+        <v>249</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>289</v>
+        <v>281</v>
       </c>
       <c r="B103" t="s">
-        <v>290</v>
+        <v>282</v>
       </c>
       <c r="C103" t="s">
-        <v>158</v>
+        <v>283</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>291</v>
+        <v>284</v>
       </c>
       <c r="B104" t="s">
-        <v>292</v>
+        <v>285</v>
       </c>
       <c r="C104" t="s">
-        <v>293</v>
+        <v>286</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>294</v>
+        <v>287</v>
       </c>
       <c r="B105" t="s">
-        <v>295</v>
+        <v>288</v>
       </c>
       <c r="C105" t="s">
-        <v>296</v>
+        <v>236</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>297</v>
+        <v>289</v>
       </c>
       <c r="B106" t="s">
-        <v>298</v>
+        <v>290</v>
       </c>
       <c r="C106" t="s">
-        <v>299</v>
+        <v>249</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>300</v>
+        <v>291</v>
       </c>
       <c r="B107" t="s">
-        <v>301</v>
+        <v>292</v>
       </c>
       <c r="C107" t="s">
-        <v>302</v>
+        <v>77</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>303</v>
+        <v>293</v>
       </c>
       <c r="B108" t="s">
-        <v>304</v>
+        <v>294</v>
       </c>
       <c r="C108" t="s">
-        <v>305</v>
+        <v>239</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>306</v>
+        <v>295</v>
       </c>
       <c r="B109" t="s">
-        <v>307</v>
+        <v>296</v>
       </c>
       <c r="C109" t="s">
-        <v>308</v>
+        <v>297</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>309</v>
+        <v>298</v>
       </c>
       <c r="B110" t="s">
-        <v>310</v>
+        <v>299</v>
       </c>
       <c r="C110" t="s">
-        <v>311</v>
+        <v>236</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>312</v>
+        <v>300</v>
       </c>
       <c r="B111" t="s">
-        <v>313</v>
+        <v>301</v>
       </c>
       <c r="C111" t="s">
-        <v>314</v>
+        <v>302</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>315</v>
+        <v>303</v>
       </c>
       <c r="B112" t="s">
-        <v>316</v>
+        <v>304</v>
       </c>
       <c r="C112" t="s">
-        <v>317</v>
+        <v>305</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>318</v>
+        <v>306</v>
       </c>
       <c r="B113" t="s">
-        <v>319</v>
+        <v>307</v>
       </c>
       <c r="C113" t="s">
-        <v>158</v>
+        <v>308</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>320</v>
+        <v>309</v>
       </c>
       <c r="B114" t="s">
-        <v>321</v>
+        <v>310</v>
       </c>
       <c r="C114" t="s">
-        <v>322</v>
+        <v>286</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>323</v>
+        <v>311</v>
       </c>
       <c r="B115" t="s">
-        <v>324</v>
+        <v>312</v>
       </c>
       <c r="C115" t="s">
-        <v>107</v>
+        <v>77</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>325</v>
+        <v>313</v>
       </c>
       <c r="B116" t="s">
-        <v>326</v>
+        <v>314</v>
       </c>
       <c r="C116" t="s">
-        <v>327</v>
+        <v>249</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>328</v>
+        <v>315</v>
       </c>
       <c r="B117" t="s">
-        <v>329</v>
+        <v>316</v>
       </c>
       <c r="C117" t="s">
-        <v>330</v>
+        <v>317</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>331</v>
+        <v>318</v>
       </c>
       <c r="B118" t="s">
-        <v>332</v>
+        <v>319</v>
       </c>
       <c r="C118" t="s">
-        <v>333</v>
+        <v>257</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>334</v>
+        <v>320</v>
       </c>
       <c r="B119" t="s">
-        <v>335</v>
+        <v>321</v>
       </c>
       <c r="C119" t="s">
-        <v>336</v>
+        <v>322</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>337</v>
+        <v>323</v>
       </c>
       <c r="B120" t="s">
-        <v>338</v>
+        <v>324</v>
       </c>
       <c r="C120" t="s">
-        <v>339</v>
+        <v>249</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>340</v>
+        <v>325</v>
       </c>
       <c r="B121" t="s">
-        <v>341</v>
+        <v>326</v>
       </c>
       <c r="C121" t="s">
-        <v>158</v>
+        <v>77</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>342</v>
+        <v>327</v>
       </c>
       <c r="B122" t="s">
-        <v>343</v>
+        <v>328</v>
       </c>
       <c r="C122" t="s">
-        <v>344</v>
+        <v>273</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>345</v>
+        <v>329</v>
       </c>
       <c r="B123" t="s">
-        <v>346</v>
+        <v>330</v>
       </c>
       <c r="C123" t="s">
-        <v>347</v>
+        <v>331</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>348</v>
+        <v>332</v>
       </c>
       <c r="B124" t="s">
-        <v>349</v>
+        <v>333</v>
       </c>
       <c r="C124" t="s">
-        <v>350</v>
+        <v>239</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>351</v>
+        <v>334</v>
       </c>
       <c r="B125" t="s">
-        <v>352</v>
+        <v>335</v>
       </c>
       <c r="C125" t="s">
-        <v>353</v>
+        <v>297</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>354</v>
+        <v>336</v>
       </c>
       <c r="B126" t="s">
-        <v>355</v>
+        <v>337</v>
       </c>
       <c r="C126" t="s">
-        <v>65</v>
+        <v>249</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>356</v>
+        <v>338</v>
       </c>
       <c r="B127" t="s">
-        <v>357</v>
+        <v>339</v>
       </c>
       <c r="C127" t="s">
-        <v>350</v>
+        <v>340</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
-        <v>358</v>
+        <v>341</v>
       </c>
       <c r="B128" t="s">
-        <v>359</v>
+        <v>342</v>
       </c>
       <c r="C128" t="s">
-        <v>353</v>
+        <v>343</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>360</v>
+        <v>344</v>
       </c>
       <c r="B129" t="s">
-        <v>361</v>
+        <v>345</v>
       </c>
       <c r="C129" t="s">
-        <v>362</v>
+        <v>346</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>363</v>
+        <v>347</v>
       </c>
       <c r="B130" t="s">
-        <v>364</v>
+        <v>348</v>
       </c>
       <c r="C130" t="s">
-        <v>365</v>
+        <v>236</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
-        <v>366</v>
+        <v>349</v>
       </c>
       <c r="B131" t="s">
-        <v>367</v>
+        <v>350</v>
       </c>
       <c r="C131" t="s">
-        <v>368</v>
+        <v>351</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
-        <v>369</v>
+        <v>352</v>
       </c>
       <c r="B132" t="s">
-        <v>370</v>
+        <v>353</v>
       </c>
       <c r="C132" t="s">
-        <v>371</v>
+        <v>236</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>372</v>
+        <v>354</v>
       </c>
       <c r="B133" t="s">
-        <v>373</v>
+        <v>355</v>
       </c>
       <c r="C133" t="s">
-        <v>374</v>
+        <v>356</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>375</v>
+        <v>357</v>
       </c>
       <c r="B134" t="s">
-        <v>376</v>
+        <v>358</v>
       </c>
       <c r="C134" t="s">
-        <v>377</v>
+        <v>286</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>378</v>
+        <v>359</v>
       </c>
       <c r="B135" t="s">
-        <v>379</v>
+        <v>360</v>
       </c>
       <c r="C135" t="s">
-        <v>374</v>
+        <v>239</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>380</v>
+        <v>361</v>
       </c>
       <c r="B136" t="s">
-        <v>381</v>
+        <v>362</v>
       </c>
       <c r="C136" t="s">
-        <v>382</v>
+        <v>363</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>383</v>
+        <v>364</v>
       </c>
       <c r="B137" t="s">
-        <v>384</v>
+        <v>365</v>
       </c>
       <c r="C137" t="s">
-        <v>385</v>
+        <v>366</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>386</v>
+        <v>367</v>
       </c>
       <c r="B138" t="s">
-        <v>387</v>
+        <v>368</v>
       </c>
       <c r="C138" t="s">
-        <v>388</v>
+        <v>249</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>389</v>
+        <v>369</v>
       </c>
       <c r="B139" t="s">
-        <v>390</v>
+        <v>370</v>
       </c>
       <c r="C139" t="s">
-        <v>385</v>
+        <v>371</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>391</v>
+        <v>372</v>
       </c>
       <c r="B140" t="s">
-        <v>392</v>
+        <v>373</v>
       </c>
       <c r="C140" t="s">
-        <v>385</v>
+        <v>374</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>393</v>
+        <v>375</v>
       </c>
       <c r="B141" t="s">
-        <v>394</v>
+        <v>376</v>
       </c>
       <c r="C141" t="s">
-        <v>395</v>
+        <v>371</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>396</v>
+        <v>377</v>
       </c>
       <c r="B142" t="s">
-        <v>397</v>
+        <v>378</v>
       </c>
       <c r="C142" t="s">
-        <v>377</v>
+        <v>44</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
-        <v>398</v>
+        <v>379</v>
       </c>
       <c r="B143" t="s">
-        <v>399</v>
+        <v>380</v>
       </c>
       <c r="C143" t="s">
-        <v>400</v>
+        <v>346</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>401</v>
+        <v>381</v>
       </c>
       <c r="B144" t="s">
-        <v>402</v>
+        <v>382</v>
       </c>
       <c r="C144" t="s">
-        <v>371</v>
+        <v>257</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>403</v>
+        <v>383</v>
       </c>
       <c r="B145" t="s">
-        <v>404</v>
+        <v>384</v>
       </c>
       <c r="C145" t="s">
-        <v>405</v>
+        <v>351</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
-        <v>406</v>
+        <v>385</v>
       </c>
       <c r="B146" t="s">
-        <v>407</v>
+        <v>386</v>
       </c>
       <c r="C146" t="s">
-        <v>395</v>
+        <v>387</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
-        <v>408</v>
+        <v>388</v>
       </c>
       <c r="B147" t="s">
-        <v>409</v>
+        <v>389</v>
       </c>
       <c r="C147" t="s">
-        <v>395</v>
+        <v>249</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>410</v>
+        <v>390</v>
       </c>
       <c r="B148" t="s">
-        <v>411</v>
+        <v>391</v>
       </c>
       <c r="C148" t="s">
-        <v>374</v>
+        <v>392</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
-        <v>412</v>
+        <v>393</v>
       </c>
       <c r="B149" t="s">
-        <v>413</v>
+        <v>394</v>
       </c>
       <c r="C149" t="s">
-        <v>377</v>
+        <v>395</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
-        <v>414</v>
+        <v>396</v>
       </c>
       <c r="B150" t="s">
-        <v>415</v>
+        <v>397</v>
       </c>
       <c r="C150" t="s">
-        <v>382</v>
+        <v>398</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
-        <v>416</v>
+        <v>399</v>
       </c>
       <c r="B151" t="s">
-        <v>417</v>
+        <v>400</v>
       </c>
       <c r="C151" t="s">
-        <v>418</v>
+        <v>44</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>419</v>
+        <v>401</v>
       </c>
       <c r="B152" t="s">
-        <v>420</v>
+        <v>402</v>
       </c>
       <c r="C152" t="s">
-        <v>374</v>
+        <v>403</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
-        <v>421</v>
+        <v>404</v>
       </c>
       <c r="B153" t="s">
-        <v>422</v>
+        <v>405</v>
       </c>
       <c r="C153" t="s">
-        <v>423</v>
+        <v>406</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
-        <v>424</v>
+        <v>407</v>
       </c>
       <c r="B154" t="s">
-        <v>425</v>
+        <v>408</v>
       </c>
       <c r="C154" t="s">
-        <v>426</v>
+        <v>273</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>427</v>
+        <v>409</v>
       </c>
       <c r="B155" t="s">
-        <v>428</v>
+        <v>410</v>
       </c>
       <c r="C155" t="s">
-        <v>395</v>
+        <v>411</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
-        <v>429</v>
+        <v>412</v>
       </c>
       <c r="B156" t="s">
-        <v>430</v>
+        <v>413</v>
       </c>
       <c r="C156" t="s">
-        <v>395</v>
+        <v>414</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
-        <v>431</v>
+        <v>415</v>
       </c>
       <c r="B157" t="s">
-        <v>432</v>
+        <v>416</v>
       </c>
       <c r="C157" t="s">
-        <v>405</v>
+        <v>343</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
-        <v>433</v>
+        <v>417</v>
       </c>
       <c r="B158" t="s">
-        <v>434</v>
+        <v>418</v>
       </c>
       <c r="C158" t="s">
-        <v>377</v>
+        <v>273</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
-        <v>435</v>
+        <v>419</v>
       </c>
       <c r="B159" t="s">
-        <v>436</v>
+        <v>420</v>
       </c>
       <c r="C159" t="s">
-        <v>418</v>
+        <v>421</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
-        <v>437</v>
+        <v>422</v>
       </c>
       <c r="B160" t="s">
-        <v>438</v>
+        <v>423</v>
       </c>
       <c r="C160" t="s">
-        <v>395</v>
+        <v>387</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
-        <v>439</v>
+        <v>424</v>
       </c>
       <c r="B161" t="s">
-        <v>440</v>
+        <v>425</v>
       </c>
       <c r="C161" t="s">
-        <v>374</v>
+        <v>426</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
-        <v>441</v>
+        <v>427</v>
       </c>
       <c r="B162" t="s">
-        <v>442</v>
+        <v>428</v>
       </c>
       <c r="C162" t="s">
-        <v>382</v>
+        <v>429</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>443</v>
+        <v>430</v>
       </c>
       <c r="B163" t="s">
-        <v>444</v>
+        <v>431</v>
       </c>
       <c r="C163" t="s">
-        <v>377</v>
+        <v>297</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
-        <v>445</v>
+        <v>432</v>
       </c>
       <c r="B164" t="s">
-        <v>446</v>
+        <v>433</v>
       </c>
       <c r="C164" t="s">
-        <v>395</v>
+        <v>434</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
-        <v>447</v>
+        <v>435</v>
       </c>
       <c r="B165" t="s">
-        <v>448</v>
+        <v>436</v>
       </c>
       <c r="C165" t="s">
-        <v>449</v>
+        <v>437</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
-        <v>450</v>
+        <v>438</v>
       </c>
       <c r="B166" t="s">
-        <v>451</v>
+        <v>439</v>
       </c>
       <c r="C166" t="s">
-        <v>452</v>
+        <v>411</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
-        <v>453</v>
+        <v>440</v>
       </c>
       <c r="B167" t="s">
-        <v>454</v>
+        <v>441</v>
       </c>
       <c r="C167" t="s">
-        <v>449</v>
+        <v>297</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
-        <v>455</v>
+        <v>442</v>
       </c>
       <c r="B168" t="s">
-        <v>456</v>
+        <v>443</v>
       </c>
       <c r="C168" t="s">
-        <v>395</v>
+        <v>426</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
-        <v>457</v>
+        <v>444</v>
       </c>
       <c r="B169" t="s">
-        <v>458</v>
+        <v>445</v>
       </c>
       <c r="C169" t="s">
-        <v>405</v>
+        <v>273</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
-        <v>459</v>
+        <v>446</v>
       </c>
       <c r="B170" t="s">
-        <v>460</v>
+        <v>447</v>
       </c>
       <c r="C170" t="s">
-        <v>461</v>
+        <v>448</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
-        <v>462</v>
+        <v>449</v>
       </c>
       <c r="B171" t="s">
-        <v>463</v>
+        <v>450</v>
       </c>
       <c r="C171" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
-        <v>464</v>
+        <v>451</v>
       </c>
       <c r="B172" t="s">
-        <v>465</v>
+        <v>452</v>
       </c>
       <c r="C172" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
-        <v>466</v>
+        <v>453</v>
       </c>
       <c r="B173" t="s">
-        <v>467</v>
+        <v>454</v>
       </c>
       <c r="C173" t="s">
-        <v>418</v>
+        <v>297</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
-        <v>468</v>
+        <v>455</v>
       </c>
       <c r="B174" t="s">
-        <v>469</v>
+        <v>456</v>
       </c>
       <c r="C174" t="s">
-        <v>470</v>
+        <v>426</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
-        <v>471</v>
+        <v>457</v>
       </c>
       <c r="B175" t="s">
-        <v>472</v>
+        <v>458</v>
       </c>
       <c r="C175" t="s">
-        <v>461</v>
+        <v>297</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
-        <v>473</v>
+        <v>459</v>
       </c>
       <c r="B176" t="s">
-        <v>474</v>
+        <v>460</v>
       </c>
       <c r="C176" t="s">
-        <v>418</v>
+        <v>249</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
-        <v>475</v>
+        <v>461</v>
       </c>
       <c r="B177" t="s">
-        <v>476</v>
+        <v>462</v>
       </c>
       <c r="C177" t="s">
-        <v>426</v>
+        <v>463</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
-        <v>477</v>
+        <v>464</v>
       </c>
       <c r="B178" t="s">
-        <v>478</v>
+        <v>465</v>
       </c>
       <c r="C178" t="s">
-        <v>405</v>
+        <v>466</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
-        <v>479</v>
+        <v>467</v>
       </c>
       <c r="B179" t="s">
-        <v>480</v>
+        <v>468</v>
       </c>
       <c r="C179" t="s">
-        <v>461</v>
+        <v>426</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
-        <v>481</v>
+        <v>469</v>
       </c>
       <c r="B180" t="s">
-        <v>482</v>
+        <v>470</v>
       </c>
       <c r="C180" t="s">
-        <v>426</v>
+        <v>297</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
-        <v>483</v>
+        <v>471</v>
       </c>
       <c r="B181" t="s">
-        <v>484</v>
+        <v>472</v>
       </c>
       <c r="C181" t="s">
-        <v>418</v>
+        <v>257</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
-        <v>485</v>
+        <v>473</v>
       </c>
       <c r="B182" t="s">
-        <v>486</v>
+        <v>474</v>
       </c>
       <c r="C182" t="s">
-        <v>426</v>
+        <v>317</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
-        <v>487</v>
+        <v>475</v>
       </c>
       <c r="B183" t="s">
-        <v>488</v>
+        <v>476</v>
       </c>
       <c r="C183" t="s">
-        <v>418</v>
+        <v>257</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
-        <v>489</v>
+        <v>477</v>
       </c>
       <c r="B184" t="s">
-        <v>490</v>
+        <v>478</v>
       </c>
       <c r="C184" t="s">
-        <v>395</v>
+        <v>77</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>491</v>
+        <v>479</v>
       </c>
       <c r="B185" t="s">
-        <v>492</v>
+        <v>480</v>
       </c>
       <c r="C185" t="s">
-        <v>426</v>
+        <v>249</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
-        <v>493</v>
+        <v>481</v>
       </c>
       <c r="B186" t="s">
-        <v>494</v>
+        <v>482</v>
       </c>
       <c r="C186" t="s">
-        <v>418</v>
+        <v>411</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>495</v>
+        <v>483</v>
       </c>
       <c r="B187" t="s">
-        <v>496</v>
+        <v>484</v>
       </c>
       <c r="C187" t="s">
-        <v>395</v>
+        <v>186</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
-        <v>497</v>
+        <v>485</v>
       </c>
       <c r="B188" t="s">
-        <v>498</v>
+        <v>486</v>
       </c>
       <c r="C188" t="s">
         <v>426</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>499</v>
+        <v>487</v>
       </c>
       <c r="B189" t="s">
-        <v>500</v>
+        <v>488</v>
       </c>
       <c r="C189" t="s">
-        <v>461</v>
+        <v>421</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
-        <v>501</v>
+        <v>489</v>
       </c>
       <c r="B190" t="s">
-        <v>502</v>
+        <v>490</v>
       </c>
       <c r="C190" t="s">
-        <v>426</v>
+        <v>398</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>503</v>
+        <v>491</v>
       </c>
       <c r="B191" t="s">
-        <v>504</v>
+        <v>492</v>
       </c>
       <c r="C191" t="s">
-        <v>418</v>
+        <v>387</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>505</v>
+        <v>493</v>
       </c>
       <c r="B192" t="s">
-        <v>506</v>
+        <v>494</v>
       </c>
       <c r="C192" t="s">
-        <v>507</v>
+        <v>411</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
-        <v>508</v>
+        <v>495</v>
       </c>
       <c r="B193" t="s">
-        <v>509</v>
+        <v>496</v>
       </c>
       <c r="C193" t="s">
-        <v>461</v>
+        <v>448</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
-        <v>510</v>
+        <v>497</v>
       </c>
       <c r="B194" t="s">
-        <v>511</v>
+        <v>498</v>
       </c>
       <c r="C194" t="s">
-        <v>405</v>
+        <v>411</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
-        <v>512</v>
+        <v>499</v>
       </c>
       <c r="B195" t="s">
-        <v>513</v>
+        <v>500</v>
       </c>
       <c r="C195" t="s">
-        <v>514</v>
+        <v>273</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
-        <v>515</v>
+        <v>501</v>
       </c>
       <c r="B196" t="s">
-        <v>516</v>
+        <v>502</v>
       </c>
       <c r="C196" t="s">
-        <v>517</v>
+        <v>503</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
-        <v>518</v>
+        <v>504</v>
       </c>
       <c r="B197" t="s">
-        <v>519</v>
+        <v>505</v>
       </c>
       <c r="C197" t="s">
-        <v>461</v>
+        <v>506</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
-        <v>520</v>
+        <v>507</v>
       </c>
       <c r="B198" t="s">
-        <v>521</v>
+        <v>508</v>
       </c>
       <c r="C198" t="s">
-        <v>405</v>
+        <v>68</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
-        <v>522</v>
+        <v>509</v>
       </c>
       <c r="B199" t="s">
-        <v>523</v>
+        <v>510</v>
       </c>
       <c r="C199" t="s">
-        <v>311</v>
+        <v>511</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
-        <v>524</v>
+        <v>512</v>
       </c>
       <c r="B200" t="s">
-        <v>525</v>
+        <v>513</v>
       </c>
       <c r="C200" t="s">
-        <v>461</v>
+        <v>411</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
-        <v>526</v>
+        <v>514</v>
       </c>
       <c r="B201" t="s">
-        <v>527</v>
+        <v>515</v>
       </c>
       <c r="C201" t="s">
-        <v>405</v>
+        <v>273</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
-        <v>528</v>
+        <v>516</v>
       </c>
       <c r="B202" t="s">
-        <v>529</v>
+        <v>517</v>
       </c>
       <c r="C202" t="s">
-        <v>418</v>
+        <v>518</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
-        <v>530</v>
+        <v>519</v>
       </c>
       <c r="B203" t="s">
-        <v>531</v>
+        <v>520</v>
       </c>
       <c r="C203" t="s">
-        <v>461</v>
+        <v>521</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
-        <v>532</v>
+        <v>522</v>
       </c>
       <c r="B204" t="s">
-        <v>533</v>
+        <v>523</v>
       </c>
       <c r="C204" t="s">
-        <v>470</v>
+        <v>273</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
-        <v>534</v>
+        <v>524</v>
       </c>
       <c r="B205" t="s">
-        <v>535</v>
+        <v>525</v>
       </c>
       <c r="C205" t="s">
-        <v>536</v>
+        <v>526</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
-        <v>537</v>
+        <v>527</v>
       </c>
       <c r="B206" t="s">
-        <v>538</v>
+        <v>528</v>
       </c>
       <c r="C206" t="s">
-        <v>461</v>
+        <v>529</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
-        <v>539</v>
+        <v>530</v>
       </c>
       <c r="B207" t="s">
-        <v>540</v>
+        <v>531</v>
       </c>
       <c r="C207" t="s">
-        <v>405</v>
+        <v>297</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
-        <v>541</v>
+        <v>532</v>
       </c>
       <c r="B208" t="s">
-        <v>542</v>
+        <v>533</v>
       </c>
       <c r="C208" t="s">
-        <v>543</v>
+        <v>411</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
-        <v>544</v>
+        <v>534</v>
       </c>
       <c r="B209" t="s">
-        <v>545</v>
+        <v>535</v>
       </c>
       <c r="C209" t="s">
-        <v>400</v>
+        <v>536</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
-        <v>546</v>
+        <v>537</v>
       </c>
       <c r="B210" t="s">
-        <v>547</v>
+        <v>538</v>
       </c>
       <c r="C210" t="s">
-        <v>548</v>
+        <v>351</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
-        <v>549</v>
+        <v>539</v>
       </c>
       <c r="B211" t="s">
-        <v>550</v>
+        <v>540</v>
       </c>
       <c r="C211" t="s">
-        <v>551</v>
+        <v>437</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
-        <v>552</v>
+        <v>541</v>
       </c>
       <c r="B212" t="s">
-        <v>553</v>
+        <v>542</v>
       </c>
       <c r="C212" t="s">
-        <v>405</v>
+        <v>543</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
-        <v>554</v>
+        <v>544</v>
       </c>
       <c r="B213" t="s">
-        <v>555</v>
+        <v>545</v>
       </c>
       <c r="C213" t="s">
-        <v>426</v>
+        <v>411</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
-        <v>556</v>
+        <v>546</v>
       </c>
       <c r="B214" t="s">
-        <v>557</v>
+        <v>547</v>
       </c>
       <c r="C214" t="s">
-        <v>418</v>
+        <v>273</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
-        <v>558</v>
+        <v>548</v>
       </c>
       <c r="B215" t="s">
-        <v>559</v>
+        <v>549</v>
       </c>
       <c r="C215" t="s">
-        <v>426</v>
+        <v>550</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
-        <v>560</v>
+        <v>551</v>
       </c>
       <c r="B216" t="s">
-        <v>561</v>
+        <v>552</v>
       </c>
       <c r="C216" t="s">
-        <v>461</v>
+        <v>260</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
-        <v>562</v>
+        <v>553</v>
       </c>
       <c r="B217" t="s">
-        <v>563</v>
+        <v>554</v>
       </c>
       <c r="C217" t="s">
-        <v>395</v>
+        <v>555</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
-        <v>564</v>
+        <v>556</v>
       </c>
       <c r="B218" t="s">
-        <v>565</v>
+        <v>557</v>
       </c>
       <c r="C218" t="s">
-        <v>426</v>
+        <v>558</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
-        <v>566</v>
+        <v>559</v>
       </c>
       <c r="B219" t="s">
-        <v>567</v>
+        <v>560</v>
       </c>
       <c r="C219" t="s">
-        <v>374</v>
+        <v>561</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
-        <v>568</v>
+        <v>562</v>
       </c>
       <c r="B220" t="s">
-        <v>569</v>
+        <v>563</v>
       </c>
       <c r="C220" t="s">
-        <v>374</v>
+        <v>564</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
-        <v>570</v>
+        <v>565</v>
       </c>
       <c r="B221" t="s">
-        <v>571</v>
+        <v>566</v>
       </c>
       <c r="C221" t="s">
-        <v>572</v>
+        <v>426</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
-        <v>573</v>
+        <v>567</v>
       </c>
       <c r="B222" t="s">
-        <v>574</v>
+        <v>568</v>
       </c>
       <c r="C222" t="s">
-        <v>382</v>
+        <v>297</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
-        <v>575</v>
+        <v>569</v>
       </c>
       <c r="B223" t="s">
-        <v>576</v>
+        <v>570</v>
       </c>
       <c r="C223" t="s">
-        <v>382</v>
+        <v>571</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
-        <v>577</v>
+        <v>572</v>
       </c>
       <c r="B224" t="s">
-        <v>578</v>
+        <v>573</v>
       </c>
       <c r="C224" t="s">
-        <v>579</v>
+        <v>426</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
-        <v>580</v>
+        <v>574</v>
       </c>
       <c r="B225" t="s">
-        <v>581</v>
+        <v>575</v>
       </c>
       <c r="C225" t="s">
-        <v>418</v>
+        <v>411</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
-        <v>582</v>
+        <v>576</v>
       </c>
       <c r="B226" t="s">
-        <v>583</v>
+        <v>577</v>
       </c>
       <c r="C226" t="s">
-        <v>507</v>
+        <v>518</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
-        <v>584</v>
+        <v>578</v>
       </c>
       <c r="B227" t="s">
-        <v>585</v>
+        <v>579</v>
       </c>
       <c r="C227" t="s">
-        <v>382</v>
+        <v>249</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
-        <v>586</v>
+        <v>580</v>
       </c>
       <c r="B228" t="s">
-        <v>587</v>
+        <v>581</v>
       </c>
       <c r="C228" t="s">
-        <v>395</v>
+        <v>582</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
-        <v>588</v>
+        <v>583</v>
       </c>
       <c r="B229" t="s">
-        <v>589</v>
+        <v>584</v>
       </c>
       <c r="C229" t="s">
-        <v>507</v>
+        <v>434</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
-        <v>590</v>
+        <v>585</v>
       </c>
       <c r="B230" t="s">
-        <v>591</v>
+        <v>586</v>
       </c>
       <c r="C230" t="s">
-        <v>374</v>
+        <v>322</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
-        <v>592</v>
+        <v>587</v>
       </c>
       <c r="B231" t="s">
-        <v>593</v>
+        <v>588</v>
       </c>
       <c r="C231" t="s">
-        <v>418</v>
+        <v>426</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
-        <v>594</v>
+        <v>589</v>
       </c>
       <c r="B232" t="s">
-        <v>595</v>
+        <v>590</v>
       </c>
       <c r="C232" t="s">
-        <v>418</v>
+        <v>414</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
-        <v>596</v>
+        <v>591</v>
       </c>
       <c r="B233" t="s">
-        <v>597</v>
+        <v>592</v>
       </c>
       <c r="C233" t="s">
-        <v>382</v>
+        <v>343</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
-        <v>598</v>
+        <v>593</v>
       </c>
       <c r="B234" t="s">
-        <v>599</v>
+        <v>594</v>
       </c>
       <c r="C234" t="s">
-        <v>395</v>
+        <v>236</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
-        <v>600</v>
+        <v>595</v>
       </c>
       <c r="B235" t="s">
-        <v>601</v>
+        <v>596</v>
       </c>
       <c r="C235" t="s">
-        <v>426</v>
+        <v>597</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
-        <v>602</v>
+        <v>598</v>
       </c>
       <c r="B236" t="s">
-        <v>603</v>
+        <v>599</v>
       </c>
       <c r="C236" t="s">
-        <v>426</v>
+        <v>236</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
-        <v>604</v>
+        <v>600</v>
       </c>
       <c r="B237" t="s">
-        <v>605</v>
+        <v>601</v>
       </c>
       <c r="C237" t="s">
-        <v>418</v>
+        <v>236</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
-        <v>606</v>
+        <v>602</v>
       </c>
       <c r="B238" t="s">
-        <v>607</v>
+        <v>603</v>
       </c>
       <c r="C238" t="s">
-        <v>461</v>
+        <v>604</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
-        <v>608</v>
+        <v>605</v>
       </c>
       <c r="B239" t="s">
-        <v>609</v>
+        <v>606</v>
       </c>
       <c r="C239" t="s">
-        <v>610</v>
+        <v>536</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
-        <v>611</v>
+        <v>607</v>
       </c>
       <c r="B240" t="s">
-        <v>612</v>
+        <v>608</v>
       </c>
       <c r="C240" t="s">
-        <v>551</v>
+        <v>558</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
-        <v>613</v>
+        <v>609</v>
       </c>
       <c r="B241" t="s">
-        <v>614</v>
+        <v>610</v>
       </c>
       <c r="C241" t="s">
-        <v>405</v>
+        <v>44</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
-        <v>615</v>
+        <v>611</v>
       </c>
       <c r="B242" t="s">
-        <v>616</v>
+        <v>612</v>
       </c>
       <c r="C242" t="s">
-        <v>418</v>
+        <v>263</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
-        <v>617</v>
+        <v>613</v>
       </c>
       <c r="B243" t="s">
-        <v>618</v>
+        <v>614</v>
       </c>
       <c r="C243" t="s">
-        <v>461</v>
+        <v>44</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
-        <v>619</v>
+        <v>615</v>
       </c>
       <c r="B244" t="s">
-        <v>620</v>
+        <v>616</v>
       </c>
       <c r="C244" t="s">
-        <v>507</v>
+        <v>356</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
-        <v>621</v>
+        <v>617</v>
       </c>
       <c r="B245" t="s">
-        <v>622</v>
+        <v>618</v>
       </c>
       <c r="C245" t="s">
-        <v>426</v>
+        <v>343</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
-        <v>623</v>
+        <v>619</v>
       </c>
       <c r="B246" t="s">
-        <v>624</v>
+        <v>620</v>
       </c>
       <c r="C246" t="s">
-        <v>461</v>
+        <v>356</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
-        <v>625</v>
+        <v>621</v>
       </c>
       <c r="B247" t="s">
-        <v>626</v>
+        <v>622</v>
       </c>
       <c r="C247" t="s">
-        <v>418</v>
+        <v>623</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
-        <v>627</v>
+        <v>624</v>
       </c>
       <c r="B248" t="s">
-        <v>628</v>
+        <v>625</v>
       </c>
       <c r="C248" t="s">
-        <v>629</v>
+        <v>626</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
-        <v>630</v>
+        <v>627</v>
       </c>
       <c r="B249" t="s">
-        <v>631</v>
+        <v>628</v>
       </c>
       <c r="C249" t="s">
-        <v>418</v>
+        <v>387</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
-        <v>632</v>
+        <v>629</v>
       </c>
       <c r="B250" t="s">
-        <v>633</v>
+        <v>630</v>
       </c>
       <c r="C250" t="s">
-        <v>629</v>
+        <v>317</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
-        <v>634</v>
+        <v>631</v>
       </c>
       <c r="B251" t="s">
-        <v>635</v>
+        <v>632</v>
       </c>
       <c r="C251" t="s">
-        <v>551</v>
+        <v>403</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
-        <v>636</v>
+        <v>633</v>
       </c>
       <c r="B252" t="s">
-        <v>637</v>
+        <v>634</v>
       </c>
       <c r="C252" t="s">
-        <v>610</v>
+        <v>395</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
-        <v>638</v>
+        <v>635</v>
       </c>
       <c r="B253" t="s">
-        <v>639</v>
+        <v>636</v>
       </c>
       <c r="C253" t="s">
-        <v>551</v>
+        <v>236</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
-        <v>640</v>
+        <v>637</v>
       </c>
       <c r="B254" t="s">
-        <v>641</v>
+        <v>638</v>
       </c>
       <c r="C254" t="s">
-        <v>418</v>
+        <v>639</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
+        <v>640</v>
+      </c>
+      <c r="B255" t="s">
+        <v>641</v>
+      </c>
+      <c r="C255" t="s">
         <v>642</v>
-      </c>
-[...4 lines deleted...]
-        <v>44</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
+        <v>643</v>
+      </c>
+      <c r="B256" t="s">
         <v>644</v>
       </c>
-      <c r="B256" t="s">
+      <c r="C256" t="s">
         <v>645</v>
-      </c>
-[...1 lines deleted...]
-        <v>551</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
         <v>646</v>
       </c>
       <c r="B257" t="s">
         <v>647</v>
       </c>
       <c r="C257" t="s">
-        <v>400</v>
+        <v>297</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
         <v>648</v>
       </c>
       <c r="B258" t="s">
         <v>649</v>
       </c>
       <c r="C258" t="s">
-        <v>470</v>
+        <v>448</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
         <v>650</v>
       </c>
       <c r="B259" t="s">
         <v>651</v>
       </c>
       <c r="C259" t="s">
-        <v>543</v>
+        <v>466</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
         <v>652</v>
       </c>
       <c r="B260" t="s">
         <v>653</v>
       </c>
       <c r="C260" t="s">
-        <v>470</v>
+        <v>398</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
         <v>654</v>
       </c>
       <c r="B261" t="s">
         <v>655</v>
       </c>
       <c r="C261" t="s">
-        <v>536</v>
+        <v>656</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
-        <v>656</v>
+        <v>657</v>
       </c>
       <c r="B262" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="C262" t="s">
-        <v>658</v>
+        <v>356</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
         <v>659</v>
       </c>
       <c r="B263" t="s">
         <v>660</v>
       </c>
       <c r="C263" t="s">
         <v>536</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
         <v>661</v>
       </c>
       <c r="B264" t="s">
         <v>662</v>
       </c>
       <c r="C264" t="s">
-        <v>470</v>
+        <v>395</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
         <v>663</v>
       </c>
       <c r="B265" t="s">
         <v>664</v>
       </c>
       <c r="C265" t="s">
-        <v>400</v>
+        <v>249</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
         <v>665</v>
       </c>
       <c r="B266" t="s">
         <v>666</v>
       </c>
       <c r="C266" t="s">
-        <v>418</v>
+        <v>47</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
         <v>667</v>
       </c>
       <c r="B267" t="s">
         <v>668</v>
       </c>
       <c r="C267" t="s">
-        <v>461</v>
+        <v>236</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
         <v>669</v>
       </c>
       <c r="B268" t="s">
         <v>670</v>
       </c>
       <c r="C268" t="s">
-        <v>405</v>
+        <v>448</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
         <v>671</v>
       </c>
       <c r="B269" t="s">
         <v>672</v>
       </c>
       <c r="C269" t="s">
-        <v>507</v>
+        <v>286</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
         <v>673</v>
       </c>
       <c r="B270" t="s">
         <v>674</v>
       </c>
       <c r="C270" t="s">
-        <v>426</v>
+        <v>236</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
         <v>675</v>
       </c>
       <c r="B271" t="s">
         <v>676</v>
       </c>
       <c r="C271" t="s">
-        <v>507</v>
+        <v>297</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
         <v>677</v>
       </c>
       <c r="B272" t="s">
         <v>678</v>
       </c>
       <c r="C272" t="s">
-        <v>426</v>
+        <v>297</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
         <v>679</v>
       </c>
       <c r="B273" t="s">
         <v>680</v>
       </c>
       <c r="C273" t="s">
-        <v>423</v>
+        <v>356</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
         <v>681</v>
       </c>
       <c r="B274" t="s">
         <v>682</v>
       </c>
       <c r="C274" t="s">
-        <v>514</v>
+        <v>249</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
         <v>683</v>
       </c>
       <c r="B275" t="s">
         <v>684</v>
       </c>
       <c r="C275" t="s">
-        <v>418</v>
+        <v>685</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
-        <v>685</v>
+        <v>686</v>
       </c>
       <c r="B276" t="s">
-        <v>686</v>
+        <v>687</v>
       </c>
       <c r="C276" t="s">
-        <v>461</v>
+        <v>688</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="B277" t="s">
-        <v>688</v>
+        <v>690</v>
       </c>
       <c r="C277" t="s">
-        <v>405</v>
+        <v>426</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
-        <v>689</v>
+        <v>691</v>
       </c>
       <c r="B278" t="s">
-        <v>690</v>
+        <v>692</v>
       </c>
       <c r="C278" t="s">
-        <v>400</v>
+        <v>47</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
-        <v>691</v>
+        <v>693</v>
       </c>
       <c r="B279" t="s">
-        <v>692</v>
+        <v>694</v>
       </c>
       <c r="C279" t="s">
-        <v>418</v>
+        <v>426</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
-        <v>693</v>
+        <v>695</v>
       </c>
       <c r="B280" t="s">
-        <v>694</v>
+        <v>696</v>
       </c>
       <c r="C280" t="s">
-        <v>551</v>
+        <v>697</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
-        <v>695</v>
+        <v>698</v>
       </c>
       <c r="B281" t="s">
-        <v>696</v>
+        <v>699</v>
       </c>
       <c r="C281" t="s">
-        <v>697</v>
+        <v>700</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
-        <v>698</v>
+        <v>701</v>
       </c>
       <c r="B282" t="s">
-        <v>699</v>
+        <v>702</v>
       </c>
       <c r="C282" t="s">
-        <v>405</v>
+        <v>426</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
-        <v>700</v>
+        <v>703</v>
       </c>
       <c r="B283" t="s">
-        <v>701</v>
+        <v>704</v>
       </c>
       <c r="C283" t="s">
-        <v>697</v>
+        <v>189</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
-        <v>702</v>
+        <v>705</v>
       </c>
       <c r="B284" t="s">
-        <v>703</v>
+        <v>706</v>
       </c>
       <c r="C284" t="s">
-        <v>311</v>
+        <v>297</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
-        <v>704</v>
+        <v>707</v>
       </c>
       <c r="B285" t="s">
-        <v>705</v>
+        <v>708</v>
       </c>
       <c r="C285" t="s">
-        <v>706</v>
+        <v>257</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
-        <v>707</v>
+        <v>709</v>
       </c>
       <c r="B286" t="s">
-        <v>708</v>
+        <v>710</v>
       </c>
       <c r="C286" t="s">
-        <v>461</v>
+        <v>411</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
-        <v>709</v>
+        <v>711</v>
       </c>
       <c r="B287" t="s">
-        <v>710</v>
+        <v>712</v>
       </c>
       <c r="C287" t="s">
-        <v>400</v>
+        <v>403</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
-        <v>711</v>
+        <v>713</v>
       </c>
       <c r="B288" t="s">
-        <v>712</v>
+        <v>714</v>
       </c>
       <c r="C288" t="s">
-        <v>418</v>
+        <v>558</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
-        <v>713</v>
+        <v>715</v>
       </c>
       <c r="B289" t="s">
-        <v>714</v>
+        <v>716</v>
       </c>
       <c r="C289" t="s">
-        <v>418</v>
+        <v>249</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
-        <v>715</v>
+        <v>717</v>
       </c>
       <c r="B290" t="s">
-        <v>716</v>
+        <v>718</v>
       </c>
       <c r="C290" t="s">
-        <v>461</v>
+        <v>719</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
-        <v>717</v>
+        <v>720</v>
       </c>
       <c r="B291" t="s">
-        <v>718</v>
+        <v>721</v>
       </c>
       <c r="C291" t="s">
-        <v>405</v>
+        <v>448</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
-        <v>719</v>
+        <v>722</v>
       </c>
       <c r="B292" t="s">
-        <v>720</v>
+        <v>723</v>
       </c>
       <c r="C292" t="s">
-        <v>461</v>
+        <v>273</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
-        <v>721</v>
+        <v>724</v>
       </c>
       <c r="B293" t="s">
-        <v>722</v>
+        <v>725</v>
       </c>
       <c r="C293" t="s">
-        <v>405</v>
+        <v>297</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
-        <v>723</v>
+        <v>726</v>
       </c>
       <c r="B294" t="s">
-        <v>724</v>
+        <v>727</v>
       </c>
       <c r="C294" t="s">
-        <v>426</v>
+        <v>411</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
-        <v>725</v>
+        <v>728</v>
       </c>
       <c r="B295" t="s">
-        <v>726</v>
+        <v>729</v>
       </c>
       <c r="C295" t="s">
-        <v>610</v>
+        <v>448</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" t="s">
-        <v>727</v>
+        <v>730</v>
       </c>
       <c r="B296" t="s">
-        <v>728</v>
+        <v>731</v>
       </c>
       <c r="C296" t="s">
-        <v>405</v>
+        <v>426</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" t="s">
-        <v>729</v>
+        <v>732</v>
       </c>
       <c r="B297" t="s">
-        <v>730</v>
+        <v>733</v>
       </c>
       <c r="C297" t="s">
-        <v>400</v>
+        <v>411</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" t="s">
-        <v>731</v>
+        <v>734</v>
       </c>
       <c r="B298" t="s">
-        <v>732</v>
+        <v>735</v>
       </c>
       <c r="C298" t="s">
-        <v>551</v>
+        <v>297</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" t="s">
-        <v>733</v>
+        <v>736</v>
       </c>
       <c r="B299" t="s">
-        <v>734</v>
+        <v>737</v>
       </c>
       <c r="C299" t="s">
-        <v>405</v>
+        <v>421</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" t="s">
-        <v>735</v>
+        <v>738</v>
       </c>
       <c r="B300" t="s">
-        <v>736</v>
+        <v>739</v>
       </c>
       <c r="C300" t="s">
-        <v>400</v>
+        <v>685</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" t="s">
-        <v>737</v>
+        <v>740</v>
       </c>
       <c r="B301" t="s">
-        <v>738</v>
+        <v>741</v>
       </c>
       <c r="C301" t="s">
-        <v>536</v>
+        <v>297</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" t="s">
-        <v>739</v>
+        <v>742</v>
       </c>
       <c r="B302" t="s">
-        <v>740</v>
+        <v>743</v>
       </c>
       <c r="C302" t="s">
-        <v>400</v>
+        <v>257</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" t="s">
-        <v>741</v>
+        <v>744</v>
       </c>
       <c r="B303" t="s">
-        <v>742</v>
+        <v>745</v>
       </c>
       <c r="C303" t="s">
-        <v>470</v>
+        <v>746</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" t="s">
-        <v>743</v>
+        <v>747</v>
       </c>
       <c r="B304" t="s">
-        <v>744</v>
+        <v>748</v>
       </c>
       <c r="C304" t="s">
-        <v>461</v>
+        <v>749</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" t="s">
-        <v>745</v>
+        <v>750</v>
       </c>
       <c r="B305" t="s">
-        <v>746</v>
+        <v>751</v>
       </c>
       <c r="C305" t="s">
-        <v>44</v>
+        <v>351</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" t="s">
-        <v>747</v>
+        <v>752</v>
       </c>
       <c r="B306" t="s">
-        <v>748</v>
+        <v>753</v>
       </c>
       <c r="C306" t="s">
-        <v>344</v>
+        <v>685</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" t="s">
-        <v>749</v>
+        <v>754</v>
       </c>
       <c r="B307" t="s">
-        <v>750</v>
+        <v>755</v>
       </c>
       <c r="C307" t="s">
-        <v>461</v>
+        <v>558</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" t="s">
-        <v>751</v>
+        <v>756</v>
       </c>
       <c r="B308" t="s">
-        <v>752</v>
+        <v>757</v>
       </c>
       <c r="C308" t="s">
-        <v>405</v>
+        <v>403</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" t="s">
-        <v>753</v>
+        <v>758</v>
       </c>
       <c r="B309" t="s">
-        <v>754</v>
+        <v>759</v>
       </c>
       <c r="C309" t="s">
-        <v>470</v>
+        <v>558</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" t="s">
-        <v>755</v>
+        <v>760</v>
       </c>
       <c r="B310" t="s">
-        <v>756</v>
+        <v>761</v>
       </c>
       <c r="C310" t="s">
-        <v>400</v>
+        <v>762</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" t="s">
-        <v>757</v>
+        <v>763</v>
       </c>
       <c r="B311" t="s">
-        <v>758</v>
+        <v>764</v>
       </c>
       <c r="C311" t="s">
-        <v>405</v>
+        <v>387</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" t="s">
-        <v>759</v>
+        <v>765</v>
       </c>
       <c r="B312" t="s">
-        <v>760</v>
+        <v>766</v>
       </c>
       <c r="C312" t="s">
-        <v>536</v>
+        <v>297</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" t="s">
-        <v>761</v>
+        <v>767</v>
       </c>
       <c r="B313" t="s">
-        <v>762</v>
+        <v>768</v>
       </c>
       <c r="C313" t="s">
-        <v>405</v>
+        <v>526</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" t="s">
-        <v>763</v>
+        <v>769</v>
       </c>
       <c r="B314" t="s">
-        <v>764</v>
+        <v>770</v>
       </c>
       <c r="C314" t="s">
-        <v>400</v>
+        <v>558</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" t="s">
-        <v>765</v>
+        <v>771</v>
       </c>
       <c r="B315" t="s">
-        <v>766</v>
+        <v>772</v>
       </c>
       <c r="C315" t="s">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" t="s">
-        <v>767</v>
+        <v>773</v>
       </c>
       <c r="B316" t="s">
-        <v>768</v>
+        <v>774</v>
       </c>
       <c r="C316" t="s">
-        <v>470</v>
+        <v>437</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" t="s">
-        <v>769</v>
+        <v>775</v>
       </c>
       <c r="B317" t="s">
-        <v>770</v>
+        <v>776</v>
       </c>
       <c r="C317" t="s">
-        <v>771</v>
+        <v>550</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" t="s">
-        <v>772</v>
+        <v>777</v>
       </c>
       <c r="B318" t="s">
-        <v>773</v>
+        <v>778</v>
       </c>
       <c r="C318" t="s">
-        <v>543</v>
+        <v>437</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" t="s">
-        <v>774</v>
+        <v>779</v>
       </c>
       <c r="B319" t="s">
-        <v>775</v>
+        <v>780</v>
       </c>
       <c r="C319" t="s">
-        <v>536</v>
+        <v>543</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" t="s">
-        <v>776</v>
+        <v>781</v>
       </c>
       <c r="B320" t="s">
-        <v>777</v>
+        <v>782</v>
       </c>
       <c r="C320" t="s">
-        <v>470</v>
+        <v>783</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" t="s">
-        <v>778</v>
+        <v>784</v>
       </c>
       <c r="B321" t="s">
-        <v>779</v>
+        <v>785</v>
       </c>
       <c r="C321" t="s">
-        <v>470</v>
+        <v>786</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" t="s">
-        <v>780</v>
+        <v>787</v>
       </c>
       <c r="B322" t="s">
-        <v>781</v>
+        <v>788</v>
       </c>
       <c r="C322" t="s">
         <v>543</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" t="s">
-        <v>782</v>
+        <v>789</v>
       </c>
       <c r="B323" t="s">
-        <v>783</v>
+        <v>790</v>
       </c>
       <c r="C323" t="s">
-        <v>771</v>
+        <v>437</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" t="s">
-        <v>784</v>
+        <v>791</v>
       </c>
       <c r="B324" t="s">
-        <v>785</v>
+        <v>792</v>
       </c>
       <c r="C324" t="s">
-        <v>400</v>
+        <v>260</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" t="s">
-        <v>786</v>
+        <v>793</v>
       </c>
       <c r="B325" t="s">
-        <v>787</v>
+        <v>794</v>
       </c>
       <c r="C325" t="s">
-        <v>536</v>
+        <v>71</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" t="s">
-        <v>788</v>
+        <v>795</v>
       </c>
       <c r="B326" t="s">
-        <v>789</v>
+        <v>796</v>
       </c>
       <c r="C326" t="s">
-        <v>470</v>
+        <v>273</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" t="s">
-        <v>790</v>
+        <v>797</v>
       </c>
       <c r="B327" t="s">
-        <v>791</v>
+        <v>798</v>
       </c>
       <c r="C327" t="s">
-        <v>418</v>
+        <v>448</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" t="s">
-        <v>792</v>
+        <v>799</v>
       </c>
       <c r="B328" t="s">
-        <v>793</v>
+        <v>800</v>
       </c>
       <c r="C328" t="s">
-        <v>405</v>
+        <v>426</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" t="s">
-        <v>794</v>
+        <v>801</v>
       </c>
       <c r="B329" t="s">
-        <v>795</v>
+        <v>802</v>
       </c>
       <c r="C329" t="s">
-        <v>400</v>
+        <v>426</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" t="s">
-        <v>796</v>
+        <v>803</v>
       </c>
       <c r="B330" t="s">
-        <v>797</v>
+        <v>804</v>
       </c>
       <c r="C330" t="s">
-        <v>536</v>
+        <v>302</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" t="s">
-        <v>798</v>
+        <v>805</v>
       </c>
       <c r="B331" t="s">
-        <v>799</v>
+        <v>806</v>
       </c>
       <c r="C331" t="s">
-        <v>470</v>
+        <v>503</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" t="s">
-        <v>800</v>
+        <v>807</v>
       </c>
       <c r="B332" t="s">
-        <v>801</v>
+        <v>808</v>
       </c>
       <c r="C332" t="s">
-        <v>543</v>
+        <v>809</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" t="s">
-        <v>802</v>
+        <v>810</v>
       </c>
       <c r="B333" t="s">
-        <v>803</v>
+        <v>811</v>
       </c>
       <c r="C333" t="s">
-        <v>536</v>
+        <v>297</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
-        <v>804</v>
+        <v>812</v>
       </c>
       <c r="B334" t="s">
-        <v>805</v>
+        <v>813</v>
       </c>
       <c r="C334" t="s">
-        <v>470</v>
+        <v>411</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
-        <v>806</v>
+        <v>814</v>
       </c>
       <c r="B335" t="s">
-        <v>807</v>
+        <v>815</v>
       </c>
       <c r="C335" t="s">
-        <v>536</v>
+        <v>816</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" t="s">
-        <v>808</v>
+        <v>817</v>
       </c>
       <c r="B336" t="s">
-        <v>809</v>
+        <v>818</v>
       </c>
       <c r="C336" t="s">
-        <v>461</v>
+        <v>257</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" t="s">
-        <v>810</v>
+        <v>819</v>
       </c>
       <c r="B337" t="s">
-        <v>811</v>
+        <v>820</v>
       </c>
       <c r="C337" t="s">
-        <v>536</v>
+        <v>821</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" t="s">
-        <v>812</v>
+        <v>822</v>
       </c>
       <c r="B338" t="s">
-        <v>813</v>
+        <v>823</v>
       </c>
       <c r="C338" t="s">
-        <v>470</v>
+        <v>297</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" t="s">
-        <v>814</v>
+        <v>824</v>
       </c>
       <c r="B339" t="s">
-        <v>815</v>
+        <v>825</v>
       </c>
       <c r="C339" t="s">
-        <v>536</v>
+        <v>826</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" t="s">
-        <v>816</v>
+        <v>827</v>
       </c>
       <c r="B340" t="s">
-        <v>817</v>
+        <v>828</v>
       </c>
       <c r="C340" t="s">
-        <v>536</v>
+        <v>351</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" t="s">
-        <v>818</v>
+        <v>829</v>
       </c>
       <c r="B341" t="s">
-        <v>819</v>
+        <v>830</v>
       </c>
       <c r="C341" t="s">
-        <v>470</v>
+        <v>273</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" t="s">
-        <v>820</v>
+        <v>831</v>
       </c>
       <c r="B342" t="s">
-        <v>821</v>
+        <v>832</v>
       </c>
       <c r="C342" t="s">
-        <v>771</v>
+        <v>623</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" t="s">
-        <v>822</v>
+        <v>833</v>
       </c>
       <c r="B343" t="s">
-        <v>823</v>
+        <v>834</v>
       </c>
       <c r="C343" t="s">
-        <v>543</v>
+        <v>835</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" t="s">
-        <v>824</v>
+        <v>836</v>
       </c>
       <c r="B344" t="s">
-        <v>825</v>
+        <v>837</v>
       </c>
       <c r="C344" t="s">
-        <v>536</v>
+        <v>838</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" t="s">
-        <v>826</v>
+        <v>839</v>
       </c>
       <c r="B345" t="s">
-        <v>827</v>
+        <v>840</v>
       </c>
       <c r="C345" t="s">
-        <v>828</v>
+        <v>351</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" t="s">
-        <v>829</v>
+        <v>841</v>
       </c>
       <c r="B346" t="s">
-        <v>830</v>
+        <v>842</v>
       </c>
       <c r="C346" t="s">
-        <v>831</v>
+        <v>183</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" t="s">
-        <v>832</v>
+        <v>843</v>
       </c>
       <c r="B347" t="s">
-        <v>833</v>
+        <v>844</v>
       </c>
       <c r="C347" t="s">
-        <v>834</v>
+        <v>411</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" t="s">
-        <v>835</v>
+        <v>845</v>
       </c>
       <c r="B348" t="s">
-        <v>836</v>
+        <v>846</v>
       </c>
       <c r="C348" t="s">
-        <v>89</v>
+        <v>297</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" t="s">
-        <v>837</v>
+        <v>847</v>
       </c>
       <c r="B349" t="s">
-        <v>838</v>
+        <v>848</v>
       </c>
       <c r="C349" t="s">
-        <v>285</v>
+        <v>297</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" t="s">
-        <v>839</v>
+        <v>849</v>
       </c>
       <c r="B350" t="s">
-        <v>840</v>
+        <v>850</v>
       </c>
       <c r="C350" t="s">
-        <v>841</v>
+        <v>411</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" t="s">
-        <v>842</v>
+        <v>851</v>
       </c>
       <c r="B351" t="s">
-        <v>843</v>
+        <v>852</v>
       </c>
       <c r="C351" t="s">
-        <v>844</v>
+        <v>273</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" t="s">
-        <v>845</v>
+        <v>853</v>
       </c>
       <c r="B352" t="s">
-        <v>846</v>
+        <v>854</v>
       </c>
       <c r="C352" t="s">
-        <v>847</v>
+        <v>426</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" t="s">
-        <v>848</v>
+        <v>855</v>
       </c>
       <c r="B353" t="s">
-        <v>849</v>
+        <v>856</v>
       </c>
       <c r="C353" t="s">
-        <v>101</v>
+        <v>403</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" t="s">
-        <v>850</v>
+        <v>857</v>
       </c>
       <c r="B354" t="s">
-        <v>851</v>
+        <v>858</v>
       </c>
       <c r="C354" t="s">
-        <v>86</v>
+        <v>835</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" t="s">
-        <v>852</v>
+        <v>859</v>
       </c>
       <c r="B355" t="s">
-        <v>853</v>
+        <v>860</v>
       </c>
       <c r="C355" t="s">
-        <v>854</v>
+        <v>260</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" t="s">
-        <v>855</v>
+        <v>861</v>
       </c>
       <c r="B356" t="s">
-        <v>856</v>
+        <v>862</v>
       </c>
       <c r="C356" t="s">
-        <v>857</v>
+        <v>604</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" t="s">
-        <v>858</v>
+        <v>863</v>
       </c>
       <c r="B357" t="s">
-        <v>859</v>
+        <v>864</v>
       </c>
       <c r="C357" t="s">
-        <v>860</v>
+        <v>558</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" t="s">
-        <v>861</v>
+        <v>865</v>
       </c>
       <c r="B358" t="s">
-        <v>862</v>
+        <v>866</v>
       </c>
       <c r="C358" t="s">
-        <v>128</v>
+        <v>273</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" t="s">
-        <v>863</v>
+        <v>867</v>
       </c>
       <c r="B359" t="s">
-        <v>864</v>
+        <v>868</v>
       </c>
       <c r="C359" t="s">
-        <v>302</v>
+        <v>260</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" t="s">
-        <v>865</v>
+        <v>869</v>
       </c>
       <c r="B360" t="s">
-        <v>866</v>
+        <v>870</v>
       </c>
       <c r="C360" t="s">
-        <v>327</v>
+        <v>543</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" t="s">
-        <v>867</v>
+        <v>871</v>
       </c>
       <c r="B361" t="s">
-        <v>868</v>
+        <v>872</v>
       </c>
       <c r="C361" t="s">
-        <v>536</v>
+        <v>437</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" t="s">
-        <v>869</v>
+        <v>873</v>
       </c>
       <c r="B362" t="s">
-        <v>870</v>
+        <v>874</v>
       </c>
       <c r="C362" t="s">
-        <v>871</v>
+        <v>322</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" t="s">
-        <v>872</v>
+        <v>875</v>
       </c>
       <c r="B363" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="C363" t="s">
-        <v>314</v>
+        <v>518</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="B364" t="s">
-        <v>875</v>
+        <v>878</v>
       </c>
       <c r="C364" t="s">
-        <v>362</v>
+        <v>526</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" t="s">
-        <v>876</v>
+        <v>879</v>
       </c>
       <c r="B365" t="s">
-        <v>877</v>
+        <v>880</v>
       </c>
       <c r="C365" t="s">
-        <v>831</v>
+        <v>213</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" t="s">
-        <v>878</v>
+        <v>881</v>
       </c>
       <c r="B366" t="s">
-        <v>879</v>
+        <v>882</v>
       </c>
       <c r="C366" t="s">
-        <v>543</v>
+        <v>411</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" t="s">
-        <v>880</v>
+        <v>883</v>
       </c>
       <c r="B367" t="s">
-        <v>881</v>
+        <v>884</v>
       </c>
       <c r="C367" t="s">
-        <v>882</v>
+        <v>273</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" t="s">
-        <v>883</v>
+        <v>885</v>
       </c>
       <c r="B368" t="s">
-        <v>884</v>
+        <v>886</v>
       </c>
       <c r="C368" t="s">
-        <v>885</v>
+        <v>437</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" t="s">
-        <v>886</v>
+        <v>887</v>
       </c>
       <c r="B369" t="s">
-        <v>887</v>
+        <v>888</v>
       </c>
       <c r="C369" t="s">
-        <v>333</v>
+        <v>273</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" t="s">
-        <v>888</v>
+        <v>889</v>
       </c>
       <c r="B370" t="s">
-        <v>889</v>
+        <v>890</v>
       </c>
       <c r="C370" t="s">
-        <v>890</v>
+        <v>543</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" t="s">
         <v>891</v>
       </c>
       <c r="B371" t="s">
         <v>892</v>
       </c>
       <c r="C371" t="s">
-        <v>245</v>
+        <v>273</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" t="s">
         <v>893</v>
       </c>
       <c r="B372" t="s">
         <v>894</v>
       </c>
       <c r="C372" t="s">
-        <v>895</v>
+        <v>260</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" t="s">
+        <v>895</v>
+      </c>
+      <c r="B373" t="s">
         <v>896</v>
       </c>
-      <c r="B373" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C373" t="s">
-        <v>898</v>
+        <v>260</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" t="s">
+        <v>897</v>
+      </c>
+      <c r="B374" t="s">
+        <v>898</v>
+      </c>
+      <c r="C374" t="s">
         <v>899</v>
-      </c>
-[...4 lines deleted...]
-        <v>901</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" t="s">
-        <v>902</v>
+        <v>900</v>
       </c>
       <c r="B375" t="s">
-        <v>903</v>
+        <v>901</v>
       </c>
       <c r="C375" t="s">
-        <v>901</v>
+        <v>437</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" t="s">
+        <v>902</v>
+      </c>
+      <c r="B376" t="s">
+        <v>903</v>
+      </c>
+      <c r="C376" t="s">
         <v>904</v>
-      </c>
-[...4 lines deleted...]
-        <v>330</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" t="s">
+        <v>905</v>
+      </c>
+      <c r="B377" t="s">
         <v>906</v>
       </c>
-      <c r="B377" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C377" t="s">
-        <v>908</v>
+        <v>550</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" t="s">
+        <v>907</v>
+      </c>
+      <c r="B378" t="s">
+        <v>908</v>
+      </c>
+      <c r="C378" t="s">
         <v>909</v>
-      </c>
-[...4 lines deleted...]
-        <v>871</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" t="s">
+        <v>910</v>
+      </c>
+      <c r="B379" t="s">
         <v>911</v>
       </c>
-      <c r="B379" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C379" t="s">
-        <v>426</v>
+        <v>543</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" t="s">
+        <v>912</v>
+      </c>
+      <c r="B380" t="s">
         <v>913</v>
       </c>
-      <c r="B380" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C380" t="s">
-        <v>418</v>
+        <v>437</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" t="s">
+        <v>914</v>
+      </c>
+      <c r="B381" t="s">
         <v>915</v>
       </c>
-      <c r="B381" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C381" t="s">
-        <v>426</v>
+        <v>437</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" t="s">
+        <v>916</v>
+      </c>
+      <c r="B382" t="s">
         <v>917</v>
       </c>
-      <c r="B382" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C382" t="s">
-        <v>418</v>
+        <v>550</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" t="s">
+        <v>918</v>
+      </c>
+      <c r="B383" t="s">
         <v>919</v>
       </c>
-      <c r="B383" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C383" t="s">
-        <v>426</v>
+        <v>904</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" t="s">
+        <v>920</v>
+      </c>
+      <c r="B384" t="s">
         <v>921</v>
       </c>
-      <c r="B384" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C384" t="s">
-        <v>418</v>
+        <v>543</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" t="s">
+        <v>922</v>
+      </c>
+      <c r="B385" t="s">
         <v>923</v>
       </c>
-      <c r="B385" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C385" t="s">
-        <v>610</v>
+        <v>437</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" t="s">
+        <v>924</v>
+      </c>
+      <c r="B386" t="s">
         <v>925</v>
       </c>
-      <c r="B386" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C386" t="s">
-        <v>551</v>
+        <v>297</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" t="s">
+        <v>926</v>
+      </c>
+      <c r="B387" t="s">
         <v>927</v>
       </c>
-      <c r="B387" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C387" t="s">
-        <v>536</v>
+        <v>273</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" t="s">
+        <v>928</v>
+      </c>
+      <c r="B388" t="s">
         <v>929</v>
       </c>
-      <c r="B388" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C388" t="s">
-        <v>610</v>
+        <v>260</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" t="s">
+        <v>930</v>
+      </c>
+      <c r="B389" t="s">
         <v>931</v>
       </c>
-      <c r="B389" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C389" t="s">
-        <v>551</v>
+        <v>543</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" t="s">
+        <v>932</v>
+      </c>
+      <c r="B390" t="s">
         <v>933</v>
       </c>
-      <c r="B390" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C390" t="s">
-        <v>551</v>
+        <v>437</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" t="s">
+        <v>934</v>
+      </c>
+      <c r="B391" t="s">
         <v>935</v>
       </c>
-      <c r="B391" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C391" t="s">
-        <v>514</v>
+        <v>550</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" t="s">
+        <v>936</v>
+      </c>
+      <c r="B392" t="s">
         <v>937</v>
       </c>
-      <c r="B392" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C392" t="s">
-        <v>939</v>
+        <v>437</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" t="s">
-        <v>940</v>
+        <v>938</v>
       </c>
       <c r="B393" t="s">
-        <v>941</v>
+        <v>939</v>
       </c>
       <c r="C393" t="s">
-        <v>172</v>
+        <v>543</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" t="s">
-        <v>942</v>
+        <v>940</v>
       </c>
       <c r="B394" t="s">
-        <v>943</v>
+        <v>941</v>
       </c>
       <c r="C394" t="s">
-        <v>944</v>
+        <v>786</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" t="s">
-        <v>945</v>
+        <v>942</v>
       </c>
       <c r="B395" t="s">
-        <v>946</v>
+        <v>943</v>
       </c>
       <c r="C395" t="s">
-        <v>947</v>
+        <v>411</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" t="s">
-        <v>948</v>
+        <v>944</v>
       </c>
       <c r="B396" t="s">
-        <v>949</v>
+        <v>945</v>
       </c>
       <c r="C396" t="s">
-        <v>172</v>
+        <v>71</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" t="s">
-        <v>950</v>
+        <v>946</v>
       </c>
       <c r="B397" t="s">
-        <v>951</v>
+        <v>947</v>
       </c>
       <c r="C397" t="s">
-        <v>944</v>
+        <v>71</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" t="s">
-        <v>952</v>
+        <v>948</v>
       </c>
       <c r="B398" t="s">
-        <v>953</v>
+        <v>949</v>
       </c>
       <c r="C398" t="s">
-        <v>947</v>
+        <v>543</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" t="s">
-        <v>954</v>
+        <v>950</v>
       </c>
       <c r="B399" t="s">
-        <v>955</v>
+        <v>951</v>
       </c>
       <c r="C399" t="s">
-        <v>956</v>
+        <v>196</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" t="s">
-        <v>957</v>
+        <v>952</v>
       </c>
       <c r="B400" t="s">
-        <v>958</v>
+        <v>953</v>
       </c>
       <c r="C400" t="s">
-        <v>959</v>
+        <v>899</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" t="s">
-        <v>960</v>
+        <v>954</v>
       </c>
       <c r="B401" t="s">
-        <v>961</v>
+        <v>955</v>
       </c>
       <c r="C401" t="s">
-        <v>962</v>
+        <v>437</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" t="s">
-        <v>963</v>
+        <v>956</v>
       </c>
       <c r="B402" t="s">
-        <v>964</v>
+        <v>957</v>
       </c>
       <c r="C402" t="s">
-        <v>965</v>
+        <v>71</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" t="s">
-        <v>966</v>
+        <v>958</v>
       </c>
       <c r="B403" t="s">
-        <v>967</v>
+        <v>959</v>
       </c>
       <c r="C403" t="s">
-        <v>968</v>
+        <v>543</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" t="s">
-        <v>969</v>
+        <v>960</v>
       </c>
       <c r="B404" t="s">
-        <v>970</v>
+        <v>961</v>
       </c>
       <c r="C404" t="s">
-        <v>971</v>
+        <v>208</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" t="s">
-        <v>972</v>
+        <v>962</v>
       </c>
       <c r="B405" t="s">
-        <v>973</v>
+        <v>963</v>
       </c>
       <c r="C405" t="s">
-        <v>974</v>
+        <v>964</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" t="s">
-        <v>975</v>
+        <v>965</v>
       </c>
       <c r="B406" t="s">
-        <v>976</v>
+        <v>966</v>
       </c>
       <c r="C406" t="s">
-        <v>977</v>
+        <v>967</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" t="s">
-        <v>978</v>
+        <v>968</v>
       </c>
       <c r="B407" t="s">
-        <v>979</v>
+        <v>969</v>
       </c>
       <c r="C407" t="s">
-        <v>980</v>
+        <v>543</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" t="s">
-        <v>981</v>
+        <v>970</v>
       </c>
       <c r="B408" t="s">
-        <v>982</v>
+        <v>971</v>
       </c>
       <c r="C408" t="s">
-        <v>192</v>
+        <v>437</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" t="s">
-        <v>983</v>
+        <v>972</v>
       </c>
       <c r="B409" t="s">
-        <v>984</v>
+        <v>973</v>
       </c>
       <c r="C409" t="s">
-        <v>968</v>
+        <v>904</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" t="s">
-        <v>985</v>
+        <v>974</v>
       </c>
       <c r="B410" t="s">
-        <v>986</v>
+        <v>975</v>
       </c>
       <c r="C410" t="s">
-        <v>987</v>
+        <v>976</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" t="s">
-        <v>988</v>
+        <v>977</v>
       </c>
       <c r="B411" t="s">
-        <v>989</v>
+        <v>978</v>
       </c>
       <c r="C411" t="s">
-        <v>990</v>
+        <v>543</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" t="s">
-        <v>991</v>
+        <v>979</v>
       </c>
       <c r="B412" t="s">
-        <v>992</v>
+        <v>980</v>
       </c>
       <c r="C412" t="s">
-        <v>993</v>
+        <v>981</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" t="s">
-        <v>994</v>
+        <v>982</v>
       </c>
       <c r="B413" t="s">
-        <v>995</v>
+        <v>983</v>
       </c>
       <c r="C413" t="s">
-        <v>996</v>
+        <v>984</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" t="s">
-        <v>997</v>
+        <v>985</v>
       </c>
       <c r="B414" t="s">
-        <v>998</v>
+        <v>986</v>
       </c>
       <c r="C414" t="s">
-        <v>999</v>
+        <v>140</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" t="s">
-        <v>1000</v>
+        <v>987</v>
       </c>
       <c r="B415" t="s">
-        <v>1001</v>
+        <v>988</v>
       </c>
       <c r="C415" t="s">
-        <v>1002</v>
+        <v>71</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" t="s">
-        <v>1003</v>
+        <v>989</v>
       </c>
       <c r="B416" t="s">
-        <v>1004</v>
+        <v>990</v>
       </c>
       <c r="C416" t="s">
-        <v>1005</v>
+        <v>71</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" t="s">
-        <v>1006</v>
+        <v>991</v>
       </c>
       <c r="B417" t="s">
-        <v>1007</v>
+        <v>992</v>
       </c>
       <c r="C417" t="s">
-        <v>956</v>
+        <v>71</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" t="s">
-        <v>1008</v>
+        <v>993</v>
       </c>
       <c r="B418" t="s">
-        <v>1009</v>
+        <v>994</v>
       </c>
       <c r="C418" t="s">
-        <v>1010</v>
+        <v>995</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" t="s">
-        <v>1011</v>
+        <v>996</v>
       </c>
       <c r="B419" t="s">
-        <v>1012</v>
+        <v>997</v>
       </c>
       <c r="C419" t="s">
-        <v>1013</v>
+        <v>998</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" t="s">
-        <v>1014</v>
+        <v>999</v>
       </c>
       <c r="B420" t="s">
-        <v>1015</v>
+        <v>1000</v>
       </c>
       <c r="C420" t="s">
-        <v>1016</v>
+        <v>171</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" t="s">
-        <v>1017</v>
+        <v>1001</v>
       </c>
       <c r="B421" t="s">
-        <v>1018</v>
+        <v>1002</v>
       </c>
       <c r="C421" t="s">
-        <v>1019</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" t="s">
-        <v>1020</v>
+        <v>1004</v>
       </c>
       <c r="B422" t="s">
-        <v>1021</v>
+        <v>1005</v>
       </c>
       <c r="C422" t="s">
-        <v>1022</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" t="s">
-        <v>1023</v>
+        <v>1007</v>
       </c>
       <c r="B423" t="s">
-        <v>1024</v>
+        <v>1008</v>
       </c>
       <c r="C423" t="s">
-        <v>1025</v>
+        <v>65</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" t="s">
-        <v>1026</v>
+        <v>1009</v>
       </c>
       <c r="B424" t="s">
-        <v>1027</v>
+        <v>1010</v>
       </c>
       <c r="C424" t="s">
-        <v>1028</v>
+        <v>466</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" t="s">
-        <v>1029</v>
+        <v>1011</v>
       </c>
       <c r="B425" t="s">
-        <v>1030</v>
+        <v>1012</v>
       </c>
       <c r="C425" t="s">
-        <v>1031</v>
+        <v>543</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" t="s">
-        <v>1032</v>
+        <v>1013</v>
       </c>
       <c r="B426" t="s">
-        <v>1033</v>
+        <v>1014</v>
       </c>
       <c r="C426" t="s">
-        <v>1034</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" t="s">
-        <v>1035</v>
+        <v>1016</v>
       </c>
       <c r="B427" t="s">
-        <v>1036</v>
+        <v>1017</v>
       </c>
       <c r="C427" t="s">
-        <v>1037</v>
+        <v>186</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" t="s">
-        <v>1038</v>
+        <v>1018</v>
       </c>
       <c r="B428" t="s">
-        <v>1039</v>
+        <v>1019</v>
       </c>
       <c r="C428" t="s">
-        <v>1040</v>
+        <v>224</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" t="s">
-        <v>1041</v>
+        <v>1020</v>
       </c>
       <c r="B429" t="s">
-        <v>1042</v>
+        <v>1021</v>
       </c>
       <c r="C429" t="s">
-        <v>1043</v>
+        <v>995</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" t="s">
-        <v>1044</v>
+        <v>1022</v>
       </c>
       <c r="B430" t="s">
-        <v>1045</v>
+        <v>1023</v>
       </c>
       <c r="C430" t="s">
-        <v>1046</v>
+        <v>550</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" t="s">
-        <v>1047</v>
+        <v>1024</v>
       </c>
       <c r="B431" t="s">
-        <v>1048</v>
+        <v>1025</v>
       </c>
       <c r="C431" t="s">
-        <v>1049</v>
+        <v>1026</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" t="s">
-        <v>1050</v>
+        <v>1027</v>
       </c>
       <c r="B432" t="s">
-        <v>1051</v>
+        <v>1028</v>
       </c>
       <c r="C432" t="s">
-        <v>1052</v>
+        <v>202</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" t="s">
-        <v>1053</v>
+        <v>1029</v>
       </c>
       <c r="B433" t="s">
-        <v>1054</v>
+        <v>1030</v>
       </c>
       <c r="C433" t="s">
-        <v>1055</v>
+        <v>1031</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" t="s">
-        <v>1056</v>
+        <v>1032</v>
       </c>
       <c r="B434" t="s">
-        <v>1057</v>
+        <v>1033</v>
       </c>
       <c r="C434" t="s">
-        <v>1022</v>
+        <v>1034</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" t="s">
-        <v>1058</v>
+        <v>1035</v>
       </c>
       <c r="B435" t="s">
-        <v>1059</v>
+        <v>1036</v>
       </c>
       <c r="C435" t="s">
-        <v>1060</v>
+        <v>1037</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" t="s">
-        <v>1061</v>
+        <v>1038</v>
       </c>
       <c r="B436" t="s">
-        <v>1062</v>
+        <v>1039</v>
       </c>
       <c r="C436" t="s">
-        <v>1063</v>
+        <v>1040</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" t="s">
-        <v>1064</v>
+        <v>1041</v>
       </c>
       <c r="B437" t="s">
-        <v>1065</v>
+        <v>1042</v>
       </c>
       <c r="C437" t="s">
-        <v>1066</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" t="s">
-        <v>1067</v>
+        <v>1044</v>
       </c>
       <c r="B438" t="s">
-        <v>1068</v>
+        <v>1045</v>
       </c>
       <c r="C438" t="s">
-        <v>1069</v>
+        <v>1043</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" t="s">
-        <v>1070</v>
+        <v>1046</v>
       </c>
       <c r="B439" t="s">
-        <v>1071</v>
+        <v>1047</v>
       </c>
       <c r="C439" t="s">
-        <v>1072</v>
+        <v>199</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" t="s">
-        <v>1073</v>
+        <v>1048</v>
       </c>
       <c r="B440" t="s">
-        <v>1074</v>
+        <v>1049</v>
       </c>
       <c r="C440" t="s">
-        <v>1075</v>
+        <v>1050</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" t="s">
-        <v>1076</v>
+        <v>1051</v>
       </c>
       <c r="B441" t="s">
-        <v>1077</v>
+        <v>1052</v>
       </c>
       <c r="C441" t="s">
-        <v>1078</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" t="s">
-        <v>1079</v>
+        <v>1053</v>
       </c>
       <c r="B442" t="s">
-        <v>1080</v>
+        <v>1054</v>
       </c>
       <c r="C442" t="s">
-        <v>1081</v>
+        <v>71</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" t="s">
-        <v>1082</v>
+        <v>1055</v>
       </c>
       <c r="B443" t="s">
-        <v>1083</v>
+        <v>1056</v>
       </c>
       <c r="C443" t="s">
-        <v>1084</v>
+        <v>71</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" t="s">
-        <v>1085</v>
+        <v>1057</v>
       </c>
       <c r="B444" t="s">
-        <v>1086</v>
+        <v>1058</v>
       </c>
       <c r="C444" t="s">
-        <v>1087</v>
+        <v>71</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" t="s">
-        <v>1088</v>
+        <v>1059</v>
       </c>
       <c r="B445" t="s">
-        <v>1089</v>
+        <v>1060</v>
       </c>
       <c r="C445" t="s">
-        <v>1090</v>
+        <v>71</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" t="s">
-        <v>1091</v>
+        <v>1061</v>
       </c>
       <c r="B446" t="s">
-        <v>1092</v>
+        <v>1062</v>
       </c>
       <c r="C446" t="s">
-        <v>1093</v>
+        <v>71</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" t="s">
-        <v>1094</v>
+        <v>1063</v>
       </c>
       <c r="B447" t="s">
-        <v>1095</v>
+        <v>1064</v>
       </c>
       <c r="C447" t="s">
-        <v>1096</v>
+        <v>71</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" t="s">
-        <v>1097</v>
+        <v>1065</v>
       </c>
       <c r="B448" t="s">
-        <v>1098</v>
+        <v>1066</v>
       </c>
       <c r="C448" t="s">
-        <v>1099</v>
+        <v>71</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" t="s">
-        <v>1100</v>
+        <v>1067</v>
       </c>
       <c r="B449" t="s">
-        <v>1101</v>
+        <v>1068</v>
       </c>
       <c r="C449" t="s">
-        <v>1102</v>
+        <v>71</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" t="s">
-        <v>1103</v>
+        <v>1069</v>
       </c>
       <c r="B450" t="s">
-        <v>1104</v>
+        <v>1070</v>
       </c>
       <c r="C450" t="s">
-        <v>1105</v>
+        <v>71</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" t="s">
-        <v>1106</v>
+        <v>1071</v>
       </c>
       <c r="B451" t="s">
-        <v>1107</v>
+        <v>1072</v>
       </c>
       <c r="C451" t="s">
-        <v>1084</v>
+        <v>71</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" t="s">
-        <v>1108</v>
+        <v>1073</v>
       </c>
       <c r="B452" t="s">
-        <v>1109</v>
+        <v>1074</v>
       </c>
       <c r="C452" t="s">
-        <v>1110</v>
+        <v>71</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" t="s">
-        <v>1111</v>
+        <v>1075</v>
       </c>
       <c r="B453" t="s">
-        <v>1112</v>
+        <v>1076</v>
       </c>
       <c r="C453" t="s">
-        <v>1113</v>
+        <v>71</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" t="s">
-        <v>1114</v>
+        <v>1077</v>
       </c>
       <c r="B454" t="s">
-        <v>1115</v>
+        <v>1078</v>
       </c>
       <c r="C454" t="s">
-        <v>1113</v>
+        <v>71</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" t="s">
-        <v>1116</v>
+        <v>1079</v>
       </c>
       <c r="B455" t="s">
-        <v>1117</v>
+        <v>1080</v>
       </c>
       <c r="C455" t="s">
-        <v>344</v>
+        <v>426</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" t="s">
-        <v>1118</v>
+        <v>1081</v>
       </c>
       <c r="B456" t="s">
-        <v>1119</v>
+        <v>1082</v>
       </c>
       <c r="C456" t="s">
-        <v>1120</v>
+        <v>297</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" t="s">
-        <v>1121</v>
+        <v>1083</v>
       </c>
       <c r="B457" t="s">
-        <v>1122</v>
+        <v>1084</v>
       </c>
       <c r="C457" t="s">
-        <v>1123</v>
+        <v>426</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" t="s">
-        <v>1124</v>
+        <v>1085</v>
       </c>
       <c r="B458" t="s">
-        <v>1125</v>
+        <v>1086</v>
       </c>
       <c r="C458" t="s">
-        <v>885</v>
+        <v>297</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" t="s">
-        <v>1126</v>
+        <v>1087</v>
       </c>
       <c r="B459" t="s">
-        <v>1127</v>
+        <v>1088</v>
       </c>
       <c r="C459" t="s">
-        <v>400</v>
+        <v>426</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" t="s">
-        <v>1128</v>
+        <v>1089</v>
       </c>
       <c r="B460" t="s">
-        <v>1129</v>
+        <v>1090</v>
       </c>
       <c r="C460" t="s">
-        <v>1130</v>
+        <v>297</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" t="s">
-        <v>1131</v>
+        <v>1091</v>
       </c>
       <c r="B461" t="s">
-        <v>1132</v>
+        <v>1092</v>
       </c>
       <c r="C461" t="s">
-        <v>536</v>
+        <v>403</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" t="s">
-        <v>1133</v>
+        <v>1093</v>
       </c>
       <c r="B462" t="s">
-        <v>1134</v>
+        <v>1094</v>
       </c>
       <c r="C462" t="s">
-        <v>1135</v>
+        <v>558</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" t="s">
-        <v>1136</v>
+        <v>1095</v>
       </c>
       <c r="B463" t="s">
-        <v>1137</v>
+        <v>1096</v>
       </c>
       <c r="C463" t="s">
-        <v>1138</v>
+        <v>543</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" t="s">
-        <v>1139</v>
+        <v>1097</v>
       </c>
       <c r="B464" t="s">
-        <v>1140</v>
+        <v>1098</v>
       </c>
       <c r="C464" t="s">
-        <v>610</v>
+        <v>403</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" t="s">
-        <v>1141</v>
+        <v>1099</v>
       </c>
       <c r="B465" t="s">
-        <v>1142</v>
+        <v>1100</v>
       </c>
       <c r="C465" t="s">
-        <v>382</v>
+        <v>558</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" t="s">
-        <v>1143</v>
+        <v>1101</v>
       </c>
       <c r="B466" t="s">
-        <v>1144</v>
+        <v>1102</v>
       </c>
       <c r="C466" t="s">
-        <v>1145</v>
+        <v>558</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" t="s">
-        <v>1146</v>
+        <v>1103</v>
       </c>
       <c r="B467" t="s">
-        <v>1147</v>
+        <v>1104</v>
       </c>
       <c r="C467" t="s">
-        <v>834</v>
+        <v>503</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" t="s">
-        <v>1148</v>
+        <v>1105</v>
       </c>
       <c r="B468" t="s">
-        <v>1149</v>
+        <v>1106</v>
       </c>
       <c r="C468" t="s">
-        <v>1150</v>
+        <v>688</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" t="s">
-        <v>1151</v>
+        <v>1107</v>
       </c>
       <c r="B469" t="s">
-        <v>1152</v>
+        <v>1108</v>
       </c>
       <c r="C469" t="s">
-        <v>1153</v>
+        <v>108</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" t="s">
-        <v>1154</v>
+        <v>1109</v>
       </c>
       <c r="B470" t="s">
-        <v>1155</v>
+        <v>1110</v>
       </c>
       <c r="C470" t="s">
-        <v>1156</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" t="s">
-        <v>1157</v>
+        <v>1112</v>
       </c>
       <c r="B471" t="s">
-        <v>1158</v>
+        <v>1113</v>
       </c>
       <c r="C471" t="s">
-        <v>245</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" t="s">
-        <v>1159</v>
+        <v>1115</v>
       </c>
       <c r="B472" t="s">
-        <v>1160</v>
+        <v>1116</v>
       </c>
       <c r="C472" t="s">
-        <v>854</v>
+        <v>108</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" t="s">
-        <v>1161</v>
+        <v>1117</v>
       </c>
       <c r="B473" t="s">
-        <v>1162</v>
+        <v>1118</v>
       </c>
       <c r="C473" t="s">
-        <v>1163</v>
+        <v>1111</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" t="s">
-        <v>1164</v>
+        <v>1119</v>
       </c>
       <c r="B474" t="s">
-        <v>1165</v>
+        <v>1120</v>
       </c>
       <c r="C474" t="s">
-        <v>1145</v>
+        <v>1114</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" t="s">
-        <v>1166</v>
+        <v>1121</v>
       </c>
       <c r="B475" t="s">
-        <v>1167</v>
+        <v>1122</v>
       </c>
       <c r="C475" t="s">
-        <v>1168</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" t="s">
-        <v>1169</v>
+        <v>1124</v>
       </c>
       <c r="B476" t="s">
-        <v>1170</v>
+        <v>1125</v>
       </c>
       <c r="C476" t="s">
-        <v>1171</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" t="s">
-        <v>1172</v>
+        <v>1127</v>
       </c>
       <c r="B477" t="s">
-        <v>1173</v>
+        <v>1128</v>
       </c>
       <c r="C477" t="s">
-        <v>1174</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" t="s">
-        <v>1175</v>
+        <v>1130</v>
       </c>
       <c r="B478" t="s">
-        <v>1176</v>
+        <v>1131</v>
       </c>
       <c r="C478" t="s">
-        <v>1177</v>
+        <v>71</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" t="s">
-        <v>1178</v>
+        <v>1132</v>
       </c>
       <c r="B479" t="s">
-        <v>1179</v>
+        <v>1133</v>
       </c>
       <c r="C479" t="s">
-        <v>1180</v>
+        <v>1134</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" t="s">
-        <v>1181</v>
+        <v>1135</v>
       </c>
       <c r="B480" t="s">
-        <v>1182</v>
+        <v>1136</v>
       </c>
       <c r="C480" t="s">
-        <v>1183</v>
+        <v>71</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" t="s">
-        <v>1184</v>
+        <v>1137</v>
       </c>
       <c r="B481" t="s">
-        <v>1185</v>
+        <v>1138</v>
       </c>
       <c r="C481" t="s">
-        <v>1186</v>
+        <v>1139</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" t="s">
-        <v>1187</v>
+        <v>1140</v>
       </c>
       <c r="B482" t="s">
-        <v>1188</v>
+        <v>1141</v>
       </c>
       <c r="C482" t="s">
-        <v>1189</v>
+        <v>71</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" t="s">
-        <v>1190</v>
+        <v>1142</v>
       </c>
       <c r="B483" t="s">
-        <v>1191</v>
+        <v>1143</v>
       </c>
       <c r="C483" t="s">
-        <v>461</v>
+        <v>1144</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" t="s">
-        <v>1192</v>
+        <v>1145</v>
       </c>
       <c r="B484" t="s">
-        <v>1193</v>
+        <v>1146</v>
       </c>
       <c r="C484" t="s">
-        <v>1194</v>
+        <v>1147</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" t="s">
-        <v>1195</v>
+        <v>1148</v>
       </c>
       <c r="B485" t="s">
-        <v>1196</v>
+        <v>1149</v>
       </c>
       <c r="C485" t="s">
-        <v>548</v>
+        <v>1150</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" t="s">
-        <v>1197</v>
+        <v>1151</v>
       </c>
       <c r="B486" t="s">
-        <v>1198</v>
+        <v>1152</v>
       </c>
       <c r="C486" t="s">
-        <v>1199</v>
+        <v>1153</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" t="s">
-        <v>1200</v>
+        <v>1154</v>
       </c>
       <c r="B487" t="s">
-        <v>1201</v>
+        <v>1155</v>
       </c>
       <c r="C487" t="s">
-        <v>1202</v>
+        <v>1156</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" t="s">
-        <v>1203</v>
+        <v>1157</v>
       </c>
       <c r="B488" t="s">
-        <v>1204</v>
+        <v>1158</v>
       </c>
       <c r="C488" t="s">
-        <v>1177</v>
+        <v>1159</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" t="s">
-        <v>1205</v>
+        <v>1160</v>
       </c>
       <c r="B489" t="s">
-        <v>1206</v>
+        <v>1161</v>
       </c>
       <c r="C489" t="s">
-        <v>377</v>
+        <v>1162</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" t="s">
-        <v>1207</v>
+        <v>1163</v>
       </c>
       <c r="B490" t="s">
-        <v>1208</v>
+        <v>1164</v>
       </c>
       <c r="C490" t="s">
-        <v>1209</v>
+        <v>1165</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" t="s">
-        <v>1210</v>
+        <v>1166</v>
       </c>
       <c r="B491" t="s">
-        <v>1211</v>
+        <v>1167</v>
       </c>
       <c r="C491" t="s">
-        <v>1212</v>
+        <v>1168</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" t="s">
-        <v>1213</v>
+        <v>1169</v>
       </c>
       <c r="B492" t="s">
-        <v>1214</v>
+        <v>1170</v>
       </c>
       <c r="C492" t="s">
-        <v>1215</v>
+        <v>1171</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" t="s">
-        <v>1216</v>
+        <v>1172</v>
       </c>
       <c r="B493" t="s">
-        <v>1217</v>
+        <v>1173</v>
       </c>
       <c r="C493" t="s">
-        <v>1218</v>
+        <v>1174</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" t="s">
-        <v>1219</v>
+        <v>1175</v>
       </c>
       <c r="B494" t="s">
-        <v>1220</v>
+        <v>1176</v>
       </c>
       <c r="C494" t="s">
-        <v>388</v>
+        <v>1177</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" t="s">
-        <v>1221</v>
+        <v>1178</v>
       </c>
       <c r="B495" t="s">
-        <v>1222</v>
+        <v>1179</v>
       </c>
       <c r="C495" t="s">
-        <v>1223</v>
+        <v>1180</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" t="s">
-        <v>1224</v>
+        <v>1181</v>
       </c>
       <c r="B496" t="s">
-        <v>1225</v>
+        <v>1182</v>
       </c>
       <c r="C496" t="s">
-        <v>1226</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" t="s">
-        <v>1227</v>
+        <v>1184</v>
       </c>
       <c r="B497" t="s">
-        <v>1228</v>
+        <v>1185</v>
       </c>
       <c r="C497" t="s">
-        <v>1229</v>
+        <v>1186</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" t="s">
-        <v>1230</v>
+        <v>1187</v>
       </c>
       <c r="B498" t="s">
-        <v>1231</v>
+        <v>1188</v>
       </c>
       <c r="C498" t="s">
-        <v>629</v>
+        <v>1189</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" t="s">
-        <v>1232</v>
+        <v>1190</v>
       </c>
       <c r="B499" t="s">
-        <v>1233</v>
+        <v>1191</v>
       </c>
       <c r="C499" t="s">
-        <v>1234</v>
+        <v>1192</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" t="s">
-        <v>1235</v>
+        <v>1193</v>
       </c>
       <c r="B500" t="s">
-        <v>1236</v>
+        <v>1194</v>
       </c>
       <c r="C500" t="s">
-        <v>1237</v>
+        <v>71</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" t="s">
-        <v>1238</v>
+        <v>1195</v>
       </c>
       <c r="B501" t="s">
-        <v>1239</v>
+        <v>1196</v>
       </c>
       <c r="C501" t="s">
-        <v>1215</v>
+        <v>71</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" t="s">
-        <v>1240</v>
+        <v>1197</v>
       </c>
       <c r="B502" t="s">
-        <v>1241</v>
+        <v>1198</v>
       </c>
       <c r="C502" t="s">
-        <v>1242</v>
+        <v>71</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" t="s">
-        <v>1243</v>
+        <v>1199</v>
       </c>
       <c r="B503" t="s">
-        <v>1244</v>
+        <v>1200</v>
       </c>
       <c r="C503" t="s">
-        <v>1245</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" t="s">
-        <v>1246</v>
+        <v>1202</v>
       </c>
       <c r="B504" t="s">
-        <v>1247</v>
+        <v>1203</v>
       </c>
       <c r="C504" t="s">
-        <v>1248</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" t="s">
-        <v>1249</v>
+        <v>1205</v>
       </c>
       <c r="B505" t="s">
-        <v>1250</v>
+        <v>1206</v>
       </c>
       <c r="C505" t="s">
-        <v>1251</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" t="s">
-        <v>1252</v>
+        <v>1208</v>
       </c>
       <c r="B506" t="s">
-        <v>1253</v>
+        <v>1209</v>
       </c>
       <c r="C506" t="s">
-        <v>1254</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" t="s">
-        <v>1255</v>
+        <v>1211</v>
       </c>
       <c r="B507" t="s">
-        <v>1256</v>
+        <v>1212</v>
       </c>
       <c r="C507" t="s">
-        <v>1138</v>
+        <v>1213</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" t="s">
-        <v>1257</v>
+        <v>1214</v>
       </c>
       <c r="B508" t="s">
-        <v>1258</v>
+        <v>1215</v>
       </c>
       <c r="C508" t="s">
-        <v>507</v>
+        <v>1216</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" t="s">
-        <v>1259</v>
+        <v>1217</v>
       </c>
       <c r="B509" t="s">
-        <v>1260</v>
+        <v>1218</v>
       </c>
       <c r="C509" t="s">
-        <v>1171</v>
+        <v>1219</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" t="s">
-        <v>1261</v>
+        <v>1220</v>
       </c>
       <c r="B510" t="s">
-        <v>1262</v>
+        <v>1221</v>
       </c>
       <c r="C510" t="s">
-        <v>1263</v>
+        <v>1222</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" t="s">
-        <v>1264</v>
+        <v>1223</v>
       </c>
       <c r="B511" t="s">
-        <v>1265</v>
+        <v>1224</v>
       </c>
       <c r="C511" t="s">
-        <v>1266</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" t="s">
-        <v>1267</v>
+        <v>1225</v>
       </c>
       <c r="B512" t="s">
-        <v>1268</v>
+        <v>1226</v>
       </c>
       <c r="C512" t="s">
-        <v>610</v>
+        <v>71</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" t="s">
-        <v>1269</v>
+        <v>1227</v>
       </c>
       <c r="B513" t="s">
-        <v>1270</v>
+        <v>1228</v>
       </c>
       <c r="C513" t="s">
-        <v>1271</v>
+        <v>71</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" t="s">
-        <v>1272</v>
+        <v>1229</v>
       </c>
       <c r="B514" t="s">
-        <v>1273</v>
+        <v>1230</v>
       </c>
       <c r="C514" t="s">
-        <v>1153</v>
+        <v>71</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" t="s">
-        <v>1274</v>
+        <v>1231</v>
       </c>
       <c r="B515" t="s">
-        <v>1275</v>
+        <v>1232</v>
       </c>
       <c r="C515" t="s">
-        <v>1276</v>
+        <v>371</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" t="s">
-        <v>1277</v>
+        <v>1233</v>
       </c>
       <c r="B516" t="s">
-        <v>1278</v>
+        <v>1234</v>
       </c>
       <c r="C516" t="s">
-        <v>1279</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" t="s">
-        <v>1280</v>
+        <v>1236</v>
       </c>
       <c r="B517" t="s">
-        <v>1281</v>
+        <v>1237</v>
       </c>
       <c r="C517" t="s">
-        <v>1282</v>
+        <v>1238</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" t="s">
-        <v>1283</v>
+        <v>1239</v>
       </c>
       <c r="B518" t="s">
-        <v>1284</v>
+        <v>1240</v>
       </c>
       <c r="C518" t="s">
-        <v>1245</v>
+        <v>571</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" t="s">
-        <v>1285</v>
+        <v>1241</v>
       </c>
       <c r="B519" t="s">
-        <v>1286</v>
+        <v>1242</v>
       </c>
       <c r="C519" t="s">
-        <v>1287</v>
+        <v>571</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" t="s">
-        <v>1288</v>
+        <v>1243</v>
       </c>
       <c r="B520" t="s">
-        <v>1289</v>
+        <v>1244</v>
       </c>
       <c r="C520" t="s">
-        <v>1290</v>
+        <v>239</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" t="s">
-        <v>1291</v>
+        <v>1245</v>
       </c>
       <c r="B521" t="s">
-        <v>1292</v>
+        <v>1246</v>
       </c>
       <c r="C521" t="s">
-        <v>1287</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" t="s">
-        <v>1293</v>
+        <v>1248</v>
       </c>
       <c r="B522" t="s">
-        <v>1294</v>
+        <v>1249</v>
       </c>
       <c r="C522" t="s">
-        <v>1295</v>
+        <v>356</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" t="s">
-        <v>1296</v>
+        <v>1250</v>
       </c>
       <c r="B523" t="s">
-        <v>1297</v>
+        <v>1251</v>
       </c>
       <c r="C523" t="s">
-        <v>1290</v>
+        <v>463</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" t="s">
-        <v>1298</v>
+        <v>1252</v>
       </c>
       <c r="B524" t="s">
-        <v>1299</v>
+        <v>1253</v>
       </c>
       <c r="C524" t="s">
-        <v>1300</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" t="s">
-        <v>1301</v>
+        <v>1255</v>
       </c>
       <c r="B525" t="s">
-        <v>1302</v>
+        <v>1256</v>
       </c>
       <c r="C525" t="s">
-        <v>1303</v>
+        <v>466</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" t="s">
-        <v>1304</v>
+        <v>1257</v>
       </c>
       <c r="B526" t="s">
-        <v>1305</v>
+        <v>1258</v>
       </c>
       <c r="C526" t="s">
-        <v>1263</v>
+        <v>363</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" t="s">
-        <v>1306</v>
+        <v>1259</v>
       </c>
       <c r="B527" t="s">
-        <v>1307</v>
+        <v>1260</v>
       </c>
       <c r="C527" t="s">
-        <v>1135</v>
+        <v>536</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" t="s">
-        <v>1308</v>
+        <v>1261</v>
       </c>
       <c r="B528" t="s">
-        <v>1309</v>
+        <v>1262</v>
       </c>
       <c r="C528" t="s">
-        <v>374</v>
+        <v>1263</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" t="s">
-        <v>1310</v>
+        <v>1264</v>
       </c>
       <c r="B529" t="s">
-        <v>1311</v>
+        <v>1265</v>
       </c>
       <c r="C529" t="s">
-        <v>1312</v>
+        <v>1266</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" t="s">
-        <v>1313</v>
+        <v>1267</v>
       </c>
       <c r="B530" t="s">
-        <v>1314</v>
+        <v>1268</v>
       </c>
       <c r="C530" t="s">
-        <v>311</v>
+        <v>71</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" t="s">
-        <v>1315</v>
+        <v>1269</v>
       </c>
       <c r="B531" t="s">
-        <v>1316</v>
+        <v>1270</v>
       </c>
       <c r="C531" t="s">
-        <v>1317</v>
+        <v>1271</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" t="s">
-        <v>1318</v>
+        <v>1272</v>
       </c>
       <c r="B532" t="s">
-        <v>1319</v>
+        <v>1273</v>
       </c>
       <c r="C532" t="s">
-        <v>377</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" t="s">
-        <v>1320</v>
+        <v>1275</v>
       </c>
       <c r="B533" t="s">
-        <v>1321</v>
+        <v>1276</v>
       </c>
       <c r="C533" t="s">
-        <v>1322</v>
+        <v>71</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" t="s">
-        <v>1323</v>
+        <v>1277</v>
       </c>
       <c r="B534" t="s">
-        <v>1324</v>
+        <v>1278</v>
       </c>
       <c r="C534" t="s">
-        <v>1325</v>
+        <v>71</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" t="s">
-        <v>1326</v>
+        <v>1279</v>
       </c>
       <c r="B535" t="s">
-        <v>1327</v>
+        <v>1280</v>
       </c>
       <c r="C535" t="s">
-        <v>189</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" t="s">
-        <v>1328</v>
+        <v>1282</v>
       </c>
       <c r="B536" t="s">
-        <v>1329</v>
+        <v>1283</v>
       </c>
       <c r="C536" t="s">
-        <v>1330</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" t="s">
-        <v>1331</v>
+        <v>1285</v>
       </c>
       <c r="B537" t="s">
-        <v>1332</v>
+        <v>1286</v>
       </c>
       <c r="C537" t="s">
-        <v>1333</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" t="s">
-        <v>1334</v>
+        <v>1288</v>
       </c>
       <c r="B538" t="s">
-        <v>1335</v>
+        <v>1289</v>
       </c>
       <c r="C538" t="s">
-        <v>1336</v>
+        <v>71</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" t="s">
-        <v>1337</v>
+        <v>1290</v>
       </c>
       <c r="B539" t="s">
-        <v>1338</v>
+        <v>1291</v>
       </c>
       <c r="C539" t="s">
-        <v>296</v>
+        <v>1292</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" t="s">
-        <v>1339</v>
+        <v>1293</v>
       </c>
       <c r="B540" t="s">
-        <v>1340</v>
+        <v>1294</v>
       </c>
       <c r="C540" t="s">
-        <v>1341</v>
+        <v>967</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" t="s">
-        <v>1342</v>
+        <v>1295</v>
       </c>
       <c r="B541" t="s">
-        <v>1343</v>
+        <v>1296</v>
       </c>
       <c r="C541" t="s">
-        <v>1145</v>
+        <v>346</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" t="s">
-        <v>1344</v>
+        <v>1297</v>
       </c>
       <c r="B542" t="s">
-        <v>1345</v>
+        <v>1298</v>
       </c>
       <c r="C542" t="s">
-        <v>1153</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" t="s">
-        <v>1346</v>
+        <v>1300</v>
       </c>
       <c r="B543" t="s">
-        <v>1347</v>
+        <v>1301</v>
       </c>
       <c r="C543" t="s">
-        <v>1348</v>
+        <v>322</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" t="s">
-        <v>1349</v>
+        <v>1302</v>
       </c>
       <c r="B544" t="s">
-        <v>1350</v>
+        <v>1303</v>
       </c>
       <c r="C544" t="s">
-        <v>1150</v>
+        <v>1304</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" t="s">
-        <v>1351</v>
+        <v>1305</v>
       </c>
       <c r="B545" t="s">
-        <v>1352</v>
+        <v>1306</v>
       </c>
       <c r="C545" t="s">
-        <v>374</v>
+        <v>1307</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" t="s">
-        <v>1353</v>
+        <v>1308</v>
       </c>
       <c r="B546" t="s">
-        <v>1354</v>
+        <v>1309</v>
       </c>
       <c r="C546" t="s">
-        <v>1355</v>
+        <v>346</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" t="s">
-        <v>1356</v>
+        <v>1310</v>
       </c>
       <c r="B547" t="s">
-        <v>1357</v>
+        <v>1311</v>
       </c>
       <c r="C547" t="s">
-        <v>1199</v>
+        <v>1312</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" t="s">
-        <v>1358</v>
+        <v>1313</v>
       </c>
       <c r="B548" t="s">
-        <v>1359</v>
+        <v>1314</v>
       </c>
       <c r="C548" t="s">
-        <v>1290</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" t="s">
-        <v>1360</v>
+        <v>1316</v>
       </c>
       <c r="B549" t="s">
-        <v>1361</v>
+        <v>1317</v>
       </c>
       <c r="C549" t="s">
-        <v>374</v>
+        <v>414</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" t="s">
-        <v>1362</v>
+        <v>1318</v>
       </c>
       <c r="B550" t="s">
-        <v>1363</v>
+        <v>1319</v>
       </c>
       <c r="C550" t="s">
-        <v>1364</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" t="s">
-        <v>1365</v>
+        <v>1321</v>
       </c>
       <c r="B551" t="s">
-        <v>1366</v>
+        <v>1322</v>
       </c>
       <c r="C551" t="s">
-        <v>1367</v>
+        <v>1323</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" t="s">
-        <v>1368</v>
+        <v>1324</v>
       </c>
       <c r="B552" t="s">
-        <v>1369</v>
+        <v>1325</v>
       </c>
       <c r="C552" t="s">
-        <v>426</v>
+        <v>1247</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" t="s">
-        <v>1370</v>
+        <v>1326</v>
       </c>
       <c r="B553" t="s">
-        <v>1371</v>
+        <v>1327</v>
       </c>
       <c r="C553" t="s">
-        <v>452</v>
+        <v>448</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" t="s">
-        <v>1372</v>
+        <v>1328</v>
       </c>
       <c r="B554" t="s">
-        <v>1373</v>
+        <v>1329</v>
       </c>
       <c r="C554" t="s">
-        <v>1374</v>
+        <v>308</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" t="s">
-        <v>1375</v>
+        <v>1330</v>
       </c>
       <c r="B555" t="s">
-        <v>1376</v>
+        <v>1331</v>
       </c>
       <c r="C555" t="s">
-        <v>1377</v>
+        <v>403</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" t="s">
-        <v>1378</v>
+        <v>1332</v>
       </c>
       <c r="B556" t="s">
-        <v>1379</v>
+        <v>1333</v>
       </c>
       <c r="C556" t="s">
-        <v>1380</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" t="s">
-        <v>1381</v>
+        <v>1334</v>
       </c>
       <c r="B557" t="s">
-        <v>1382</v>
+        <v>1335</v>
       </c>
       <c r="C557" t="s">
-        <v>1383</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" t="s">
-        <v>1384</v>
+        <v>1337</v>
       </c>
       <c r="B558" t="s">
-        <v>1385</v>
+        <v>1338</v>
       </c>
       <c r="C558" t="s">
-        <v>1386</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" t="s">
-        <v>1387</v>
+        <v>1340</v>
       </c>
       <c r="B559" t="s">
-        <v>1388</v>
+        <v>1341</v>
       </c>
       <c r="C559" t="s">
-        <v>1389</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" t="s">
-        <v>1390</v>
+        <v>1343</v>
       </c>
       <c r="B560" t="s">
-        <v>1391</v>
+        <v>1344</v>
       </c>
       <c r="C560" t="s">
-        <v>1392</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" t="s">
-        <v>1393</v>
+        <v>1345</v>
       </c>
       <c r="B561" t="s">
-        <v>1394</v>
+        <v>1346</v>
       </c>
       <c r="C561" t="s">
-        <v>1395</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" t="s">
-        <v>1396</v>
+        <v>1348</v>
       </c>
       <c r="B562" t="s">
-        <v>1397</v>
+        <v>1349</v>
       </c>
       <c r="C562" t="s">
-        <v>1398</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" t="s">
-        <v>1399</v>
+        <v>1351</v>
       </c>
       <c r="B563" t="s">
-        <v>1400</v>
+        <v>1352</v>
       </c>
       <c r="C563" t="s">
-        <v>1392</v>
+        <v>308</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" t="s">
-        <v>1401</v>
+        <v>1353</v>
       </c>
       <c r="B564" t="s">
-        <v>1402</v>
+        <v>1354</v>
       </c>
       <c r="C564" t="s">
-        <v>1398</v>
+        <v>1355</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" t="s">
-        <v>1403</v>
+        <v>1356</v>
       </c>
       <c r="B565" t="s">
-        <v>1404</v>
+        <v>1357</v>
       </c>
       <c r="C565" t="s">
-        <v>1395</v>
+        <v>183</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" t="s">
-        <v>1405</v>
+        <v>1358</v>
       </c>
       <c r="B566" t="s">
-        <v>1406</v>
+        <v>1359</v>
       </c>
       <c r="C566" t="s">
-        <v>1407</v>
+        <v>239</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" t="s">
-        <v>1408</v>
+        <v>1360</v>
       </c>
       <c r="B567" t="s">
-        <v>1409</v>
+        <v>1361</v>
       </c>
       <c r="C567" t="s">
-        <v>1279</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" t="s">
-        <v>1410</v>
+        <v>1363</v>
       </c>
       <c r="B568" t="s">
-        <v>1411</v>
+        <v>1364</v>
       </c>
       <c r="C568" t="s">
-        <v>1412</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" t="s">
-        <v>1413</v>
+        <v>1366</v>
       </c>
       <c r="B569" t="s">
-        <v>1414</v>
+        <v>1367</v>
       </c>
       <c r="C569" t="s">
-        <v>1242</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" t="s">
-        <v>1415</v>
+        <v>1369</v>
       </c>
       <c r="B570" t="s">
-        <v>1416</v>
+        <v>1370</v>
       </c>
       <c r="C570" t="s">
-        <v>395</v>
+        <v>1371</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" t="s">
-        <v>1417</v>
+        <v>1372</v>
       </c>
       <c r="B571" t="s">
-        <v>1418</v>
+        <v>1373</v>
       </c>
       <c r="C571" t="s">
-        <v>1419</v>
+        <v>762</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" t="s">
-        <v>1420</v>
+        <v>1374</v>
       </c>
       <c r="B572" t="s">
-        <v>1421</v>
+        <v>1375</v>
       </c>
       <c r="C572" t="s">
-        <v>579</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" t="s">
-        <v>1422</v>
+        <v>1377</v>
       </c>
       <c r="B573" t="s">
-        <v>1423</v>
+        <v>1378</v>
       </c>
       <c r="C573" t="s">
-        <v>1424</v>
+        <v>463</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" t="s">
-        <v>1425</v>
+        <v>1379</v>
       </c>
       <c r="B574" t="s">
-        <v>1426</v>
+        <v>1380</v>
       </c>
       <c r="C574" t="s">
-        <v>1427</v>
+        <v>1254</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" t="s">
-        <v>1428</v>
+        <v>1381</v>
       </c>
       <c r="B575" t="s">
-        <v>1429</v>
+        <v>1382</v>
       </c>
       <c r="C575" t="s">
-        <v>1430</v>
+        <v>236</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" t="s">
-        <v>1431</v>
+        <v>1383</v>
       </c>
       <c r="B576" t="s">
-        <v>1432</v>
+        <v>1384</v>
       </c>
       <c r="C576" t="s">
-        <v>1433</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" t="s">
-        <v>1434</v>
+        <v>1386</v>
       </c>
       <c r="B577" t="s">
-        <v>1435</v>
+        <v>1387</v>
       </c>
       <c r="C577" t="s">
-        <v>1436</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" t="s">
-        <v>1437</v>
+        <v>1388</v>
       </c>
       <c r="B578" t="s">
-        <v>1438</v>
+        <v>1389</v>
       </c>
       <c r="C578" t="s">
-        <v>1439</v>
+        <v>236</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" t="s">
-        <v>1440</v>
+        <v>1390</v>
       </c>
       <c r="B579" t="s">
-        <v>1441</v>
+        <v>1391</v>
       </c>
       <c r="C579" t="s">
-        <v>377</v>
+        <v>1392</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" t="s">
-        <v>1442</v>
+        <v>1393</v>
       </c>
       <c r="B580" t="s">
-        <v>1443</v>
+        <v>1394</v>
       </c>
       <c r="C580" t="s">
-        <v>1153</v>
+        <v>1395</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" t="s">
-        <v>1444</v>
+        <v>1396</v>
       </c>
       <c r="B581" t="s">
-        <v>1445</v>
+        <v>1397</v>
       </c>
       <c r="C581" t="s">
-        <v>1290</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" t="s">
-        <v>1446</v>
+        <v>1399</v>
       </c>
       <c r="B582" t="s">
-        <v>1447</v>
+        <v>1400</v>
       </c>
       <c r="C582" t="s">
-        <v>1448</v>
+        <v>71</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" t="s">
-        <v>1449</v>
+        <v>1401</v>
       </c>
       <c r="B583" t="s">
-        <v>1450</v>
+        <v>1402</v>
       </c>
       <c r="C583" t="s">
-        <v>1168</v>
+        <v>1398</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" t="s">
-        <v>1451</v>
+        <v>1403</v>
       </c>
       <c r="B584" t="s">
-        <v>1452</v>
+        <v>1404</v>
       </c>
       <c r="C584" t="s">
-        <v>1186</v>
+        <v>71</v>
       </c>
     </row>
     <row r="585" spans="1:3">
       <c r="A585" t="s">
-        <v>1453</v>
+        <v>1405</v>
       </c>
       <c r="B585" t="s">
-        <v>1454</v>
+        <v>1406</v>
       </c>
       <c r="C585" t="s">
-        <v>1455</v>
+        <v>1407</v>
       </c>
     </row>
     <row r="586" spans="1:3">
       <c r="A586" t="s">
-        <v>1456</v>
+        <v>1408</v>
       </c>
       <c r="B586" t="s">
-        <v>1457</v>
+        <v>1409</v>
       </c>
       <c r="C586" t="s">
-        <v>1168</v>
+        <v>71</v>
       </c>
     </row>
     <row r="587" spans="1:3">
       <c r="A587" t="s">
-        <v>1458</v>
+        <v>1410</v>
       </c>
       <c r="B587" t="s">
-        <v>1459</v>
+        <v>1411</v>
       </c>
       <c r="C587" t="s">
-        <v>1355</v>
+        <v>1412</v>
       </c>
     </row>
     <row r="588" spans="1:3">
       <c r="A588" t="s">
-        <v>1460</v>
+        <v>1413</v>
       </c>
       <c r="B588" t="s">
-        <v>1461</v>
+        <v>1414</v>
       </c>
       <c r="C588" t="s">
-        <v>1171</v>
+        <v>71</v>
       </c>
     </row>
     <row r="589" spans="1:3">
       <c r="A589" t="s">
-        <v>1462</v>
+        <v>1415</v>
       </c>
       <c r="B589" t="s">
-        <v>1463</v>
+        <v>1416</v>
       </c>
       <c r="C589" t="s">
-        <v>1300</v>
+        <v>1417</v>
       </c>
     </row>
     <row r="590" spans="1:3">
       <c r="A590" t="s">
-        <v>1464</v>
+        <v>1418</v>
       </c>
       <c r="B590" t="s">
-        <v>1465</v>
+        <v>1419</v>
       </c>
       <c r="C590" t="s">
-        <v>1248</v>
+        <v>1420</v>
       </c>
     </row>
     <row r="591" spans="1:3">
       <c r="A591" t="s">
-        <v>1466</v>
+        <v>1421</v>
       </c>
       <c r="B591" t="s">
-        <v>1467</v>
+        <v>1422</v>
       </c>
       <c r="C591" t="s">
-        <v>1130</v>
+        <v>1423</v>
       </c>
     </row>
     <row r="592" spans="1:3">
       <c r="A592" t="s">
-        <v>1468</v>
+        <v>1424</v>
       </c>
       <c r="B592" t="s">
-        <v>1469</v>
+        <v>1425</v>
       </c>
       <c r="C592" t="s">
-        <v>1470</v>
+        <v>1426</v>
       </c>
     </row>
     <row r="593" spans="1:3">
       <c r="A593" t="s">
-        <v>1471</v>
+        <v>1427</v>
       </c>
       <c r="B593" t="s">
-        <v>1472</v>
+        <v>1428</v>
       </c>
       <c r="C593" t="s">
-        <v>1473</v>
+        <v>1429</v>
       </c>
     </row>
     <row r="594" spans="1:3">
       <c r="A594" t="s">
-        <v>1474</v>
+        <v>1430</v>
       </c>
       <c r="B594" t="s">
-        <v>1475</v>
+        <v>1431</v>
       </c>
       <c r="C594" t="s">
-        <v>1476</v>
+        <v>1274</v>
       </c>
     </row>
     <row r="595" spans="1:3">
       <c r="A595" t="s">
-        <v>1477</v>
+        <v>1432</v>
       </c>
       <c r="B595" t="s">
-        <v>1478</v>
+        <v>1433</v>
       </c>
       <c r="C595" t="s">
-        <v>1130</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="596" spans="1:3">
       <c r="A596" t="s">
-        <v>1479</v>
+        <v>1435</v>
       </c>
       <c r="B596" t="s">
-        <v>1480</v>
+        <v>1436</v>
       </c>
       <c r="C596" t="s">
-        <v>1300</v>
+        <v>1385</v>
       </c>
     </row>
     <row r="597" spans="1:3">
       <c r="A597" t="s">
-        <v>1481</v>
+        <v>1437</v>
       </c>
       <c r="B597" t="s">
-        <v>1482</v>
+        <v>1438</v>
       </c>
       <c r="C597" t="s">
-        <v>1483</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="598" spans="1:3">
       <c r="A598" t="s">
-        <v>1484</v>
+        <v>1439</v>
       </c>
       <c r="B598" t="s">
-        <v>1485</v>
+        <v>1440</v>
       </c>
       <c r="C598" t="s">
-        <v>1407</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="599" spans="1:3">
       <c r="A599" t="s">
-        <v>1486</v>
+        <v>1442</v>
       </c>
       <c r="B599" t="s">
-        <v>1487</v>
+        <v>1443</v>
       </c>
       <c r="C599" t="s">
-        <v>1488</v>
+        <v>1235</v>
       </c>
     </row>
     <row r="600" spans="1:3">
       <c r="A600" t="s">
-        <v>1489</v>
+        <v>1444</v>
       </c>
       <c r="B600" t="s">
-        <v>1490</v>
+        <v>1445</v>
       </c>
       <c r="C600" t="s">
-        <v>1491</v>
+        <v>1446</v>
       </c>
     </row>
     <row r="601" spans="1:3">
       <c r="A601" t="s">
-        <v>1492</v>
+        <v>1447</v>
       </c>
       <c r="B601" t="s">
-        <v>1493</v>
+        <v>1448</v>
       </c>
       <c r="C601" t="s">
-        <v>1488</v>
+        <v>1441</v>
       </c>
     </row>
     <row r="602" spans="1:3">
       <c r="A602" t="s">
-        <v>1494</v>
+        <v>1449</v>
       </c>
       <c r="B602" t="s">
-        <v>1495</v>
+        <v>1450</v>
       </c>
       <c r="C602" t="s">
-        <v>1488</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="603" spans="1:3">
       <c r="A603" t="s">
-        <v>1496</v>
+        <v>1452</v>
       </c>
       <c r="B603" t="s">
-        <v>1497</v>
+        <v>1453</v>
       </c>
       <c r="C603" t="s">
-        <v>1491</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="604" spans="1:3">
       <c r="A604" t="s">
-        <v>1498</v>
+        <v>1454</v>
       </c>
       <c r="B604" t="s">
-        <v>1499</v>
+        <v>1455</v>
       </c>
       <c r="C604" t="s">
-        <v>1500</v>
+        <v>1451</v>
       </c>
     </row>
     <row r="605" spans="1:3">
       <c r="A605" t="s">
-        <v>1501</v>
+        <v>1456</v>
       </c>
       <c r="B605" t="s">
-        <v>1502</v>
+        <v>1457</v>
       </c>
       <c r="C605" t="s">
-        <v>1503</v>
+        <v>1458</v>
       </c>
     </row>
     <row r="606" spans="1:3">
       <c r="A606" t="s">
-        <v>1504</v>
+        <v>1459</v>
       </c>
       <c r="B606" t="s">
-        <v>1505</v>
+        <v>1460</v>
       </c>
       <c r="C606" t="s">
-        <v>374</v>
+        <v>236</v>
       </c>
     </row>
     <row r="607" spans="1:3">
       <c r="A607" t="s">
-        <v>1506</v>
+        <v>1461</v>
       </c>
       <c r="B607" t="s">
-        <v>1507</v>
+        <v>1462</v>
       </c>
       <c r="C607" t="s">
-        <v>1199</v>
+        <v>71</v>
       </c>
     </row>
     <row r="608" spans="1:3">
       <c r="A608" t="s">
-        <v>1508</v>
+        <v>1463</v>
       </c>
       <c r="B608" t="s">
-        <v>1509</v>
+        <v>1464</v>
       </c>
       <c r="C608" t="s">
-        <v>1218</v>
+        <v>1281</v>
+      </c>
+    </row>
+    <row r="609" spans="1:3">
+      <c r="A609" t="s">
+        <v>1465</v>
+      </c>
+      <c r="B609" t="s">
+        <v>1466</v>
+      </c>
+      <c r="C609" t="s">
+        <v>1467</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">