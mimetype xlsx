--- v1 (2025-12-21)
+++ v2 (2026-02-21)
@@ -12,4454 +12,4463 @@
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <fileVersion appName="xl" lastEdited="4" lowestEdited="4" rupBuild="4505"/>
   <workbookPr codeName="ThisWorkbook"/>
   <bookViews>
     <workbookView activeTab="0" autoFilterDateGrouping="1" firstSheet="0" minimized="0" showHorizontalScroll="1" showSheetTabs="1" showVerticalScroll="1" tabRatio="600" visibility="visible"/>
   </bookViews>
   <sheets>
     <sheet name="Первый лист" sheetId="1" r:id="rId4"/>
   </sheets>
   <definedNames/>
   <calcPr calcId="124519" calcMode="auto" fullCalcOnLoad="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1468">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" uniqueCount="1471">
   <si>
     <t>Код модели</t>
   </si>
   <si>
     <t>Название модели</t>
   </si>
   <si>
     <t>Цена</t>
   </si>
   <si>
     <t>00000003928</t>
   </si>
   <si>
     <t>Бретельки Acousma 019</t>
   </si>
   <si>
-    <t>102 грн.</t>
+    <t>127 грн.</t>
   </si>
   <si>
     <t>00000003930</t>
   </si>
   <si>
     <t>Бретельки Acousma 020</t>
   </si>
   <si>
-    <t>15 грн.</t>
+    <t>19 грн.</t>
   </si>
   <si>
     <t>00000003931</t>
   </si>
   <si>
     <t>Бретельки Acousma 025</t>
   </si>
   <si>
     <t>00000003932</t>
   </si>
   <si>
     <t>Бретельки Acousma 026</t>
   </si>
   <si>
     <t>00000003933</t>
   </si>
   <si>
     <t>Бретельки Acousma 030</t>
   </si>
   <si>
-    <t>86 грн.</t>
+    <t>108 грн.</t>
   </si>
   <si>
     <t>00000003934</t>
   </si>
   <si>
     <t>Бретельки Acousma 031</t>
   </si>
   <si>
-    <t>37 грн.</t>
+    <t>46 грн.</t>
+  </si>
+  <si>
+    <t>00000003936</t>
+  </si>
+  <si>
+    <t>Бретельки Acousma 034</t>
+  </si>
+  <si>
+    <t>164 грн.</t>
   </si>
   <si>
     <t>00000003937</t>
   </si>
   <si>
     <t>Бретельки Acousma 035</t>
   </si>
   <si>
     <t>00000003938</t>
   </si>
   <si>
     <t>Бретельки Acousma 036</t>
   </si>
   <si>
     <t>00000003939</t>
   </si>
   <si>
     <t>Бретельки Acousma 037</t>
   </si>
   <si>
     <t>00000003940</t>
   </si>
   <si>
     <t>Бретельки Acousma 038</t>
   </si>
   <si>
     <t>00000003942</t>
   </si>
   <si>
     <t>Бретельки Acousma 041</t>
   </si>
   <si>
+    <t>00000003943</t>
+  </si>
+  <si>
+    <t>Бретельки Acousma 049</t>
+  </si>
+  <si>
+    <t>83 грн.</t>
+  </si>
+  <si>
     <t>00000003944</t>
   </si>
   <si>
     <t>Бретельки Acousma 050</t>
   </si>
   <si>
     <t>00000003946</t>
   </si>
   <si>
     <t>Бретельки Diorella</t>
   </si>
   <si>
     <t>00000003947</t>
   </si>
   <si>
     <t>Бретельки силикон</t>
   </si>
   <si>
-    <t>19 грн.</t>
+    <t>24 грн.</t>
+  </si>
+  <si>
+    <t>00-00035383</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma 2001DEH</t>
+  </si>
+  <si>
+    <t>542 грн.</t>
+  </si>
+  <si>
+    <t>00-00045178</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma 2002DEH</t>
+  </si>
+  <si>
+    <t>580 грн.</t>
+  </si>
+  <si>
+    <t>00-00039051</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma 2003DEH</t>
+  </si>
+  <si>
+    <t>554 грн.</t>
   </si>
   <si>
     <t>00000004569</t>
   </si>
   <si>
     <t>Бюстгальтер Acousma 71574/1DH</t>
   </si>
   <si>
+    <t>506 грн.</t>
+  </si>
+  <si>
+    <t>00000004570</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma 71574/2EH</t>
+  </si>
+  <si>
+    <t>507 грн.</t>
+  </si>
+  <si>
+    <t>00000004571</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma 71574CH</t>
+  </si>
+  <si>
+    <t>480 грн.</t>
+  </si>
+  <si>
+    <t>00000004572</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma 71620-2BCH</t>
+  </si>
+  <si>
+    <t>466 грн.</t>
+  </si>
+  <si>
+    <t>00000006970</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma 71645-2DH</t>
+  </si>
+  <si>
+    <t>526 грн.</t>
+  </si>
+  <si>
+    <t>00000004573</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma 71645BCH</t>
+  </si>
+  <si>
+    <t>471 грн.</t>
+  </si>
+  <si>
+    <t>00000004354</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma 9511-9774DH</t>
+  </si>
+  <si>
+    <t>289 грн.</t>
+  </si>
+  <si>
+    <t>00-00014870</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6065-2-0DH</t>
+  </si>
+  <si>
+    <t>583 грн.</t>
+  </si>
+  <si>
+    <t>00000004596</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6065-2DH</t>
+  </si>
+  <si>
+    <t>630 грн.</t>
+  </si>
+  <si>
+    <t>00-00012936</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6065-5BCH</t>
+  </si>
+  <si>
+    <t>613 грн.</t>
+  </si>
+  <si>
+    <t>00-00008679</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6065-6BH</t>
+  </si>
+  <si>
+    <t>00000004594</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6065BCH</t>
+  </si>
+  <si>
+    <t>581 грн.</t>
+  </si>
+  <si>
+    <t>00000004601</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6141DH</t>
+  </si>
+  <si>
+    <t>504 грн.</t>
+  </si>
+  <si>
+    <t>00000004603</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6162BCH</t>
+  </si>
+  <si>
+    <t>670 грн.</t>
+  </si>
+  <si>
+    <t>00000004610</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6200-2EH</t>
+  </si>
+  <si>
+    <t>509 грн.</t>
+  </si>
+  <si>
+    <t>00000004622</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6240DH</t>
+  </si>
+  <si>
+    <t>487 грн.</t>
+  </si>
+  <si>
+    <t>00000005254</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6299-1EH</t>
+  </si>
+  <si>
+    <t>558 грн.</t>
+  </si>
+  <si>
+    <t>00000005252</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6299DH</t>
+  </si>
+  <si>
+    <t>540 грн.</t>
+  </si>
+  <si>
+    <t>00000005878</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6310BCH</t>
+  </si>
+  <si>
+    <t>612 грн.</t>
+  </si>
+  <si>
+    <t>00000007301</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6340DH</t>
+  </si>
+  <si>
+    <t>686 грн.</t>
+  </si>
+  <si>
+    <t>00000007676</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6342BCH</t>
+  </si>
+  <si>
+    <t>708 грн.</t>
+  </si>
+  <si>
+    <t>00000007679</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6343BCH</t>
+  </si>
+  <si>
+    <t>730 грн.</t>
+  </si>
+  <si>
+    <t>00000007681</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6346BCH</t>
+  </si>
+  <si>
+    <t>633 грн.</t>
+  </si>
+  <si>
+    <t>00000007747</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6352BCH</t>
+  </si>
+  <si>
+    <t>675 грн.</t>
+  </si>
+  <si>
+    <t>00000007749</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6356BCH</t>
+  </si>
+  <si>
+    <t>545 грн.</t>
+  </si>
+  <si>
+    <t>00-00013966</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6357-0BCH</t>
+  </si>
+  <si>
+    <t>678 грн.</t>
+  </si>
+  <si>
+    <t>00000007344</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6357BCH</t>
+  </si>
+  <si>
+    <t>735 грн.</t>
+  </si>
+  <si>
+    <t>00000007410</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6360-1DH</t>
+  </si>
+  <si>
+    <t>716 грн.</t>
+  </si>
+  <si>
+    <t>00000007409</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6360BCH</t>
+  </si>
+  <si>
+    <t>696 грн.</t>
+  </si>
+  <si>
+    <t>00000007494</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6367-1DH</t>
+  </si>
+  <si>
+    <t>674 грн.</t>
+  </si>
+  <si>
+    <t>00000007755</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6377-1BCH</t>
+  </si>
+  <si>
+    <t>642 грн.</t>
+  </si>
+  <si>
+    <t>00000007513</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6379BCH</t>
+  </si>
+  <si>
+    <t>665 грн.</t>
+  </si>
+  <si>
+    <t>00000007685</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6381-2EH</t>
+  </si>
+  <si>
+    <t>694 грн.</t>
+  </si>
+  <si>
+    <t>00000007653</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6387-2DH</t>
+  </si>
+  <si>
+    <t>601 грн.</t>
+  </si>
+  <si>
+    <t>00000007654</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6387-5BCH</t>
+  </si>
+  <si>
+    <t>594 грн.</t>
+  </si>
+  <si>
+    <t>00000007655</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6390BCH</t>
+  </si>
+  <si>
+    <t>656 грн.</t>
+  </si>
+  <si>
+    <t>00000007660</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6391BCH</t>
+  </si>
+  <si>
+    <t>00000007717</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6398BCH</t>
+  </si>
+  <si>
+    <t>683 грн.</t>
+  </si>
+  <si>
+    <t>00000007758</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6404-1EH</t>
+  </si>
+  <si>
+    <t>663 грн.</t>
+  </si>
+  <si>
+    <t>00-00014080</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6404-2FH</t>
+  </si>
+  <si>
+    <t>775 грн.</t>
+  </si>
+  <si>
+    <t>00000007757</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6404DH</t>
+  </si>
+  <si>
+    <t>00000007768</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6415DH</t>
+  </si>
+  <si>
+    <t>664 грн.</t>
+  </si>
+  <si>
+    <t>00000007771</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6417DH</t>
+  </si>
+  <si>
+    <t>713 грн.</t>
+  </si>
+  <si>
+    <t>00-00000237</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6430BCH</t>
+  </si>
+  <si>
+    <t>578 грн.</t>
+  </si>
+  <si>
+    <t>00-00013786</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6448BCH</t>
+  </si>
+  <si>
+    <t>589 грн.</t>
+  </si>
+  <si>
+    <t>00-00013787</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6450BCH</t>
+  </si>
+  <si>
+    <t>417 грн.</t>
+  </si>
+  <si>
+    <t>00-00012933</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6453BCH</t>
+  </si>
+  <si>
+    <t>814 грн.</t>
+  </si>
+  <si>
+    <t>00-00012990</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6455CDH</t>
+  </si>
+  <si>
+    <t>842 грн.</t>
+  </si>
+  <si>
+    <t>00-00013788</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6465BCH</t>
+  </si>
+  <si>
+    <t>503 грн.</t>
+  </si>
+  <si>
+    <t>00-00013789</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6466BCH</t>
+  </si>
+  <si>
+    <t>606 грн.</t>
+  </si>
+  <si>
+    <t>00-00014953</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6466BCHY</t>
+  </si>
+  <si>
+    <t>00-00013877</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6479-1EH</t>
+  </si>
+  <si>
+    <t>681 грн.</t>
+  </si>
+  <si>
+    <t>00-00013876</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6479DH</t>
+  </si>
+  <si>
+    <t>699 грн.</t>
+  </si>
+  <si>
+    <t>00-00014082</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6482CDH</t>
+  </si>
+  <si>
+    <t>00-00014143</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6483-1DH</t>
+  </si>
+  <si>
+    <t>516 грн.</t>
+  </si>
+  <si>
+    <t>00-00014137</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6483-2EH</t>
+  </si>
+  <si>
+    <t>524 грн.</t>
+  </si>
+  <si>
+    <t>00-00014144</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6483CH</t>
+  </si>
+  <si>
+    <t>460 грн.</t>
+  </si>
+  <si>
+    <t>00-00014863</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6492BCH</t>
+  </si>
+  <si>
+    <t>436 грн.</t>
+  </si>
+  <si>
+    <t>00-00045072</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6502/1EH</t>
+  </si>
+  <si>
+    <t>685 грн.</t>
+  </si>
+  <si>
+    <t>00-00045071</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6502DH</t>
+  </si>
+  <si>
+    <t>645 грн.</t>
+  </si>
+  <si>
+    <t>00-00045084</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6504/1EH</t>
+  </si>
+  <si>
+    <t>597 грн.</t>
+  </si>
+  <si>
+    <t>00-00045083</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6504DH</t>
+  </si>
+  <si>
+    <t>564 грн.</t>
+  </si>
+  <si>
+    <t>00-00045070</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6505/1DH</t>
+  </si>
+  <si>
+    <t>749 грн.</t>
+  </si>
+  <si>
+    <t>00-00045069</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6505BCH</t>
+  </si>
+  <si>
+    <t>00-00045132</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6518BCH</t>
+  </si>
+  <si>
+    <t>517 грн.</t>
+  </si>
+  <si>
+    <t>00-00045133</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6523</t>
+  </si>
+  <si>
+    <t>415 грн.</t>
+  </si>
+  <si>
+    <t>00-00045195</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6540BCH</t>
+  </si>
+  <si>
+    <t>746 грн.</t>
+  </si>
+  <si>
+    <t>00-00045196</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6541BCH</t>
+  </si>
+  <si>
+    <t>623 грн.</t>
+  </si>
+  <si>
+    <t>00-00045160</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6554</t>
+  </si>
+  <si>
+    <t>957 грн.</t>
+  </si>
+  <si>
+    <t>00-00045310</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6554/0</t>
+  </si>
+  <si>
+    <t>00-00045183</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6557СDH</t>
+  </si>
+  <si>
+    <t>628 грн.</t>
+  </si>
+  <si>
+    <t>00-00045194</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6562/1DH</t>
+  </si>
+  <si>
+    <t>484 грн.</t>
+  </si>
+  <si>
+    <t>00-00045256</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6562/2EH</t>
+  </si>
+  <si>
+    <t>520 грн.</t>
+  </si>
+  <si>
+    <t>00-00045193</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6562CH</t>
+  </si>
+  <si>
+    <t>458 грн.</t>
+  </si>
+  <si>
+    <t>00-00045186</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6563</t>
+  </si>
+  <si>
+    <t>765 грн.</t>
+  </si>
+  <si>
+    <t>00-00045251</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6565BCH</t>
+  </si>
+  <si>
+    <t>567 грн.</t>
+  </si>
+  <si>
+    <t>00-00045247</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6567/1DH</t>
+  </si>
+  <si>
+    <t>687 грн.</t>
+  </si>
+  <si>
+    <t>00-00045246</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6567CH</t>
+  </si>
+  <si>
+    <t>650 грн.</t>
+  </si>
+  <si>
+    <t>00-00045257</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6573BCH</t>
+  </si>
+  <si>
+    <t>00-00045262</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6579BCH</t>
+  </si>
+  <si>
+    <t>431 грн.</t>
+  </si>
+  <si>
+    <t>00-00045263</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6580CDH</t>
+  </si>
+  <si>
+    <t>679 грн.</t>
+  </si>
+  <si>
+    <t>00-00045266</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6587CDH</t>
+  </si>
+  <si>
+    <t>00-00045346</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6598BCH</t>
+  </si>
+  <si>
+    <t>00-00045347</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma A6603BCH</t>
+  </si>
+  <si>
+    <t>680 грн.</t>
+  </si>
+  <si>
+    <t>00000004579</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6008CH</t>
+  </si>
+  <si>
+    <t>390 грн.</t>
+  </si>
+  <si>
+    <t>00000004580</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6009DH</t>
+  </si>
+  <si>
+    <t>459 грн.</t>
+  </si>
+  <si>
+    <t>00000004582</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6145DH</t>
+  </si>
+  <si>
+    <t>449 грн.</t>
+  </si>
+  <si>
+    <t>00-00040465</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6145DH цветные</t>
+  </si>
+  <si>
+    <t>376 грн.</t>
+  </si>
+  <si>
+    <t>00000005173</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6149-1DH</t>
+  </si>
+  <si>
+    <t>394 грн.</t>
+  </si>
+  <si>
+    <t>00000004583</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6149BCH</t>
+  </si>
+  <si>
+    <t>347 грн.</t>
+  </si>
+  <si>
+    <t>00000005778</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6152CDH</t>
+  </si>
+  <si>
+    <t>498 грн.</t>
+  </si>
+  <si>
+    <t>00000004588</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6280BCH</t>
+  </si>
+  <si>
+    <t>256 грн.</t>
+  </si>
+  <si>
+    <t>00000004590</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6289DH</t>
+  </si>
+  <si>
+    <t>00000005255</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6299CDH</t>
+  </si>
+  <si>
+    <t>609 грн.</t>
+  </si>
+  <si>
+    <t>00000006257</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6322-1ЕН</t>
+  </si>
+  <si>
+    <t>00000006248</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6322DH</t>
+  </si>
+  <si>
+    <t>485 грн.</t>
+  </si>
+  <si>
+    <t>00000006359</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6325CDH</t>
+  </si>
+  <si>
+    <t>488 грн.</t>
+  </si>
+  <si>
+    <t>00-00040788</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6460/1DH</t>
+  </si>
+  <si>
+    <t>494 грн.</t>
+  </si>
+  <si>
+    <t>00-00013791</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6460BCH</t>
+  </si>
+  <si>
+    <t>470 грн.</t>
+  </si>
+  <si>
+    <t>00-00013416</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6463DEH</t>
+  </si>
+  <si>
+    <t>733 грн.</t>
+  </si>
+  <si>
+    <t>00-00014238</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6486/1DH</t>
+  </si>
+  <si>
+    <t>00-00014239</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6486CH</t>
+  </si>
+  <si>
+    <t>00-00016593</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6488/1DH</t>
+  </si>
+  <si>
+    <t>706 грн.</t>
+  </si>
+  <si>
+    <t>00-00016594</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6488BCH</t>
+  </si>
+  <si>
+    <t>615 грн.</t>
+  </si>
+  <si>
+    <t>00-00045154</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6529CDH</t>
+  </si>
+  <si>
+    <t>602 грн.</t>
+  </si>
+  <si>
+    <t>00-00045156</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6536CDH</t>
+  </si>
+  <si>
+    <t>00-00045235</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6555/1DH</t>
+  </si>
+  <si>
+    <t>00-00045234</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6555CH</t>
+  </si>
+  <si>
+    <t>603 грн.</t>
+  </si>
+  <si>
+    <t>00-00045254</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6572DH</t>
+  </si>
+  <si>
+    <t>539 грн.</t>
+  </si>
+  <si>
+    <t>00-00045260</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma U6577CDH</t>
+  </si>
+  <si>
+    <t>406 грн.</t>
+  </si>
+  <si>
+    <t>00000004662</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Acousma без бретельки 046</t>
+  </si>
+  <si>
+    <t>566 грн.</t>
+  </si>
+  <si>
+    <t>00000004462</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 1070C</t>
+  </si>
+  <si>
+    <t>173 грн.</t>
+  </si>
+  <si>
+    <t>00-00012992</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 1070D</t>
+  </si>
+  <si>
+    <t>299 грн.</t>
+  </si>
+  <si>
+    <t>00000007068</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 2173D</t>
+  </si>
+  <si>
+    <t>231 грн.</t>
+  </si>
+  <si>
+    <t>00000005698</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 2173E</t>
+  </si>
+  <si>
+    <t>252 грн.</t>
+  </si>
+  <si>
+    <t>00-00000165</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 31120DD</t>
+  </si>
+  <si>
+    <t>00-00040768</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 31176D</t>
+  </si>
+  <si>
+    <t>210 грн.</t>
+  </si>
+  <si>
+    <t>00000004473</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 31190C</t>
+  </si>
+  <si>
+    <t>147 грн.</t>
+  </si>
+  <si>
+    <t>00000007689</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 32116Bхх</t>
+  </si>
+  <si>
+    <t>180 грн.</t>
+  </si>
+  <si>
+    <t>00-00000166</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 32181C</t>
+  </si>
+  <si>
+    <t>00000004483</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 32675C</t>
+  </si>
+  <si>
+    <t>00-00013460</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33399E</t>
+  </si>
+  <si>
+    <t>273 грн.</t>
+  </si>
+  <si>
+    <t>00000006825</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33547D</t>
+  </si>
+  <si>
+    <t>00-00013806</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33575F</t>
+  </si>
+  <si>
+    <t>399 грн.</t>
+  </si>
+  <si>
+    <t>00000007349</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33696C</t>
+  </si>
+  <si>
+    <t>00000007347</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33731E</t>
+  </si>
+  <si>
+    <t>378 грн.</t>
+  </si>
+  <si>
+    <t>00000007536</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33839D</t>
+  </si>
+  <si>
+    <t>00-00011633</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 33979С</t>
+  </si>
+  <si>
+    <t>00000007491</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34024C</t>
+  </si>
+  <si>
+    <t>00000007532</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34103F</t>
+  </si>
+  <si>
+    <t>00000007518</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34105C</t>
+  </si>
+  <si>
+    <t>00-00008223</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34109E</t>
+  </si>
+  <si>
+    <t>336 грн.</t>
+  </si>
+  <si>
+    <t>00000007516</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34120C</t>
+  </si>
+  <si>
+    <t>00000007531</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34124E</t>
+  </si>
+  <si>
+    <t>397 грн.</t>
+  </si>
+  <si>
+    <t>00000007517</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34161D</t>
+  </si>
+  <si>
+    <t>315 грн.</t>
+  </si>
+  <si>
+    <t>00000007521</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34179D</t>
+  </si>
+  <si>
+    <t>00-00000152</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34220C</t>
+  </si>
+  <si>
+    <t>00-00000111</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34242E</t>
+  </si>
+  <si>
+    <t>00-00000151</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34256C</t>
+  </si>
+  <si>
+    <t>00-00000182</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34271D</t>
+  </si>
+  <si>
+    <t>00-00000160</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34296C</t>
+  </si>
+  <si>
+    <t>00000007693</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34652D</t>
+  </si>
+  <si>
+    <t>00000007707</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34869C</t>
+  </si>
+  <si>
+    <t>00000007703</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34913D</t>
+  </si>
+  <si>
+    <t>00000007712</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34929D</t>
+  </si>
+  <si>
+    <t>00000007691</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34930C</t>
+  </si>
+  <si>
+    <t>189 грн.</t>
+  </si>
+  <si>
+    <t>00000007709</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34933D</t>
+  </si>
+  <si>
+    <t>373 грн.</t>
+  </si>
+  <si>
+    <t>00000007706</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34934C</t>
+  </si>
+  <si>
+    <t>00-00000177</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 34963D</t>
+  </si>
+  <si>
+    <t>00-00000195</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35121E</t>
+  </si>
+  <si>
+    <t>00-00000196</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35122D</t>
+  </si>
+  <si>
+    <t>357 грн.</t>
+  </si>
+  <si>
+    <t>00-00000199</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35181E</t>
+  </si>
+  <si>
+    <t>00-00000202</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35187D</t>
+  </si>
+  <si>
+    <t>00-00000203</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35192D</t>
+  </si>
+  <si>
+    <t>00-00000205</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35200F</t>
+  </si>
+  <si>
+    <t>441 грн.</t>
+  </si>
+  <si>
+    <t>00-00000214</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35202D</t>
+  </si>
+  <si>
+    <t>00-00040338</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35371E</t>
+  </si>
+  <si>
+    <t>00-00000216</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35372D</t>
+  </si>
+  <si>
+    <t>00-00000219</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35422Е</t>
+  </si>
+  <si>
+    <t>00-00000220</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35423D</t>
+  </si>
+  <si>
+    <t>00-00000221</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35466E</t>
+  </si>
+  <si>
+    <t>00-00000222</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35468D</t>
+  </si>
+  <si>
+    <t>00-00000179</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35482D</t>
+  </si>
+  <si>
+    <t>00-00000118</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 35962D</t>
+  </si>
+  <si>
+    <t>00-00000112</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 36031D</t>
+  </si>
+  <si>
+    <t>00-00000119</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 36094E</t>
+  </si>
+  <si>
+    <t>00-00000227</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 38002C</t>
+  </si>
+  <si>
+    <t>00-00000229</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 38002D</t>
+  </si>
+  <si>
+    <t>00-00000232</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 38002Е</t>
+  </si>
+  <si>
+    <t>00-00000230</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 38005D</t>
+  </si>
+  <si>
+    <t>00-00000223</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 38006D</t>
+  </si>
+  <si>
+    <t>253 грн.</t>
+  </si>
+  <si>
+    <t>00-00000234</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 38018D</t>
+  </si>
+  <si>
+    <t>00-00000233</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 38018Е</t>
+  </si>
+  <si>
+    <t>294 грн.</t>
+  </si>
+  <si>
+    <t>00-00013099</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5007E</t>
+  </si>
+  <si>
+    <t>00-00013100</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5007F</t>
+  </si>
+  <si>
+    <t>00-00013123</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5009E</t>
+  </si>
+  <si>
+    <t>305 грн.</t>
+  </si>
+  <si>
+    <t>00-00040320</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5018H</t>
+  </si>
+  <si>
+    <t>551 грн.</t>
+  </si>
+  <si>
+    <t>00-00013771</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5026B</t>
+  </si>
+  <si>
+    <t>00-00013772</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5026D</t>
+  </si>
+  <si>
+    <t>00-00013411</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5027D</t>
+  </si>
+  <si>
+    <t>00-00013773</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5029B</t>
+  </si>
+  <si>
+    <t>00-00013774</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5029C</t>
+  </si>
+  <si>
+    <t>00-00013175</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5031C</t>
+  </si>
+  <si>
+    <t>00-00013434</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5031D</t>
+  </si>
+  <si>
+    <t>00-00013872</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5040F</t>
+  </si>
+  <si>
+    <t>00-00013873</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5040Е</t>
+  </si>
+  <si>
+    <t>420 грн.</t>
+  </si>
+  <si>
+    <t>00-00013776</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5043D</t>
+  </si>
+  <si>
+    <t>00-00013761</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5043Е</t>
+  </si>
+  <si>
+    <t>00-00014139</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5046G</t>
+  </si>
+  <si>
+    <t>462 грн.</t>
+  </si>
+  <si>
+    <t>00-00013762</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5046Е</t>
+  </si>
+  <si>
+    <t>00-00013751</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5047E</t>
+  </si>
+  <si>
+    <t>427 грн.</t>
+  </si>
+  <si>
+    <t>00-00012852</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5055D</t>
+  </si>
+  <si>
+    <t>284 грн.</t>
+  </si>
+  <si>
+    <t>00-00013756</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 5062E</t>
+  </si>
+  <si>
+    <t>00000005980</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 60199D</t>
+  </si>
+  <si>
+    <t>00-00000519</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 60199E</t>
+  </si>
+  <si>
+    <t>00-00000020</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 61583D</t>
+  </si>
+  <si>
+    <t>00000004530</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 61583E</t>
+  </si>
+  <si>
+    <t>00000004555</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 61899Е</t>
+  </si>
+  <si>
+    <t>00000004562</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 61932D</t>
+  </si>
+  <si>
+    <t>00000006623</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62175E</t>
+  </si>
+  <si>
+    <t>00000007062</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62634D</t>
+  </si>
+  <si>
+    <t>00000007094</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62653Е</t>
+  </si>
+  <si>
+    <t>00000007129</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 62673E</t>
+  </si>
+  <si>
+    <t>440 грн.</t>
+  </si>
+  <si>
+    <t>00000007305</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63151D</t>
+  </si>
+  <si>
+    <t>00000007322</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63173D</t>
+  </si>
+  <si>
+    <t>00000007353</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63258D</t>
+  </si>
+  <si>
+    <t>324 грн.</t>
+  </si>
+  <si>
+    <t>00000007529</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63392DD</t>
+  </si>
+  <si>
+    <t>00000007506</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63395D</t>
+  </si>
+  <si>
+    <t>00-00014379</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63647C</t>
+  </si>
+  <si>
+    <t>00000007645</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63652C</t>
+  </si>
+  <si>
+    <t>00-00000186</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63658D</t>
+  </si>
+  <si>
+    <t>00000007644</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63667C</t>
+  </si>
+  <si>
+    <t>00-00013780</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63670D</t>
+  </si>
+  <si>
+    <t>00000007650</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63670E</t>
+  </si>
+  <si>
+    <t>00-00040317</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63902D</t>
+  </si>
+  <si>
+    <t>00-00000188</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 63998D</t>
+  </si>
+  <si>
+    <t>00000007713</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 64026C</t>
+  </si>
+  <si>
+    <t>186 грн.</t>
+  </si>
+  <si>
+    <t>00-00000497</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65018E</t>
+  </si>
+  <si>
+    <t>00-00008422</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65026D</t>
+  </si>
+  <si>
+    <t>00-00011832</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65028D</t>
+  </si>
+  <si>
+    <t>00-00000509</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65040E</t>
+  </si>
+  <si>
+    <t>00-00008424</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65049D</t>
+  </si>
+  <si>
+    <t>263 грн.</t>
+  </si>
+  <si>
+    <t>00-00008425</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65049E</t>
+  </si>
+  <si>
+    <t>00-00008427</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 65052E</t>
+  </si>
+  <si>
+    <t>00-00000206</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 66019D</t>
+  </si>
+  <si>
+    <t>00-00000210</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 66020Е</t>
+  </si>
+  <si>
+    <t>00-00000207</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 66604D</t>
+  </si>
+  <si>
+    <t>00-00000211</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 66606E</t>
+  </si>
+  <si>
+    <t>00-00000213</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 68160E</t>
+  </si>
+  <si>
+    <t>00-00000209</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 68161D</t>
+  </si>
+  <si>
+    <t>00-00000735</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 69195D</t>
+  </si>
+  <si>
+    <t>00-00000745</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 69322D</t>
+  </si>
+  <si>
+    <t>233 грн.</t>
+  </si>
+  <si>
+    <t>00-00000746</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 69322DD</t>
+  </si>
+  <si>
+    <t>00-00000747</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 69503D</t>
+  </si>
+  <si>
+    <t>00-00000748</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 69503E</t>
+  </si>
+  <si>
+    <t>00-00012996</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 7006E</t>
+  </si>
+  <si>
+    <t>00-00013453</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Diorella 7016E</t>
+  </si>
+  <si>
+    <t>00-00040744</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 3005D</t>
+  </si>
+  <si>
+    <t>00-00040332</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 3010D</t>
+  </si>
+  <si>
+    <t>00-00040333</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 3010F</t>
+  </si>
+  <si>
+    <t>00-00040331</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 3010Е</t>
+  </si>
+  <si>
+    <t>00-00016599</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 3012D</t>
+  </si>
+  <si>
+    <t>00-00016596</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 3012F</t>
+  </si>
+  <si>
+    <t>617 грн.</t>
+  </si>
+  <si>
+    <t>00-00029404</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 3020F</t>
+  </si>
+  <si>
+    <t>00-00035384</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 3020G</t>
+  </si>
+  <si>
+    <t>00-00035402</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 3020Е</t>
+  </si>
+  <si>
+    <t>00-00014252</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5001E</t>
+  </si>
+  <si>
+    <t>00-00014253</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5001F</t>
+  </si>
+  <si>
+    <t>00-00012930</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5002D</t>
+  </si>
+  <si>
+    <t>00-00012893</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5002E</t>
+  </si>
+  <si>
+    <t>00-00012931</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5003D</t>
+  </si>
+  <si>
+    <t>00-00012894</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5003E</t>
+  </si>
+  <si>
+    <t>00-00012938</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5006E</t>
+  </si>
+  <si>
+    <t>398 грн.</t>
+  </si>
+  <si>
+    <t>00-00012998</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5008D</t>
+  </si>
+  <si>
+    <t>00-00029192</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5010D</t>
+  </si>
+  <si>
+    <t>00-00035387</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5010Е</t>
+  </si>
+  <si>
+    <t>00-00013445</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5012D</t>
+  </si>
+  <si>
+    <t>00-00014866</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5012E</t>
+  </si>
+  <si>
+    <t>00-00013447</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5013D</t>
+  </si>
+  <si>
+    <t>00-00013449</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5016D</t>
+  </si>
+  <si>
+    <t>00-00013097</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5016E</t>
+  </si>
+  <si>
+    <t>326 грн.</t>
+  </si>
+  <si>
+    <t>00-00013450</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5017D</t>
+  </si>
+  <si>
+    <t>00-00013127</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5021D</t>
+  </si>
+  <si>
+    <t>00-00013128</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5021E</t>
+  </si>
+  <si>
+    <t>00-00013770</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5025D</t>
+  </si>
+  <si>
+    <t>00-00013775</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5033C</t>
+  </si>
+  <si>
+    <t>00-00013769</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5036F</t>
+  </si>
+  <si>
+    <t>00-00013178</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5039B</t>
+  </si>
+  <si>
+    <t>00-00013177</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5039D</t>
+  </si>
+  <si>
+    <t>00-00013801</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5041D</t>
+  </si>
+  <si>
+    <t>00-00013802</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5041Е</t>
+  </si>
+  <si>
+    <t>00-00013440</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5044D</t>
+  </si>
+  <si>
+    <t>00-00013750</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5044Е</t>
+  </si>
+  <si>
+    <t>00-00011658</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5051D</t>
+  </si>
+  <si>
+    <t>00-00009722</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5053D</t>
+  </si>
+  <si>
+    <t>00-00013777</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5056D</t>
+  </si>
+  <si>
+    <t>00-00013765</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5056E</t>
+  </si>
+  <si>
+    <t>00-00008685</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5057DD</t>
+  </si>
+  <si>
+    <t>00-00013764</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5059D</t>
+  </si>
+  <si>
+    <t>00-00013778</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5059E</t>
+  </si>
+  <si>
+    <t>00-00013766</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5059F</t>
+  </si>
+  <si>
+    <t>00-00013414</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5065E</t>
+  </si>
+  <si>
+    <t>00-00013415</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5065F</t>
+  </si>
+  <si>
+    <t>00-00014864</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5067D</t>
+  </si>
+  <si>
+    <t>00-00040322</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5072F</t>
+  </si>
+  <si>
+    <t>543 грн.</t>
+  </si>
+  <si>
+    <t>00-00014390</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5072G</t>
+  </si>
+  <si>
+    <t>568 грн.</t>
+  </si>
+  <si>
+    <t>00-00014865</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5073D</t>
+  </si>
+  <si>
+    <t>00-00014868</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5073E</t>
+  </si>
+  <si>
+    <t>00-00040774</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5074E</t>
+  </si>
+  <si>
+    <t>00-00040476</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5075Е</t>
+  </si>
+  <si>
+    <t>00-00035393</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5076Е</t>
+  </si>
+  <si>
+    <t>00-00016597</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5077F</t>
+  </si>
+  <si>
+    <t>00-00040767</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5078D</t>
+  </si>
+  <si>
+    <t>00-00040766</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5078E</t>
+  </si>
+  <si>
+    <t>00-00029190</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5079D</t>
+  </si>
+  <si>
+    <t>00-00040323</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5080D</t>
+  </si>
+  <si>
+    <t>00-00040324</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5080F</t>
+  </si>
+  <si>
+    <t>483 грн.</t>
+  </si>
+  <si>
+    <t>00-00039089</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5080Е</t>
+  </si>
+  <si>
+    <t>00-00040737</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5083D</t>
+  </si>
+  <si>
+    <t>00-00040738</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5083Е</t>
+  </si>
+  <si>
+    <t>00-00041166</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5084D</t>
+  </si>
+  <si>
+    <t>00-00041167</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5084E</t>
+  </si>
+  <si>
+    <t>00-00041168</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5084F</t>
+  </si>
+  <si>
+    <t>00-00029191</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5085D</t>
+  </si>
+  <si>
+    <t>00-00029407</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5085E</t>
+  </si>
+  <si>
+    <t>00-00029188</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5085F</t>
+  </si>
+  <si>
+    <t>00-00014255</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5086D</t>
+  </si>
+  <si>
+    <t>00-00014869</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5086E</t>
+  </si>
+  <si>
+    <t>00-00035583</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5087D</t>
+  </si>
+  <si>
+    <t>00-00040327</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5087Е</t>
+  </si>
+  <si>
+    <t>00-00040328</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5088D</t>
+  </si>
+  <si>
+    <t>00-00040475</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5088Е</t>
+  </si>
+  <si>
+    <t>00-00040773</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5089D</t>
+  </si>
+  <si>
+    <t>00-00040329</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5089E</t>
+  </si>
+  <si>
+    <t>00-00029406</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5090C</t>
+  </si>
+  <si>
+    <t>00-00029189</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5091E</t>
+  </si>
+  <si>
+    <t>00-00029151</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5092С</t>
+  </si>
+  <si>
+    <t>00-00040739</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5095Е</t>
+  </si>
+  <si>
+    <t>00-00045058</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5097E</t>
+  </si>
+  <si>
+    <t>00-00045086</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5100D</t>
+  </si>
+  <si>
+    <t>00-00045087</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5100E</t>
+  </si>
+  <si>
+    <t>00-00045088</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5100G</t>
+  </si>
+  <si>
+    <t>00-00045080</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5102E</t>
+  </si>
+  <si>
+    <t>00-00045092</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5103E</t>
+  </si>
+  <si>
+    <t>00-00045287</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5105D</t>
+  </si>
+  <si>
+    <t>481 грн.</t>
+  </si>
+  <si>
+    <t>00-00045165</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5113G</t>
+  </si>
+  <si>
+    <t>423 грн.</t>
+  </si>
+  <si>
+    <t>00-00045164</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5113I</t>
+  </si>
+  <si>
+    <t>489 грн.</t>
+  </si>
+  <si>
+    <t>00-00045122</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5114E</t>
+  </si>
+  <si>
+    <t>00-00045123</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5114G</t>
+  </si>
+  <si>
+    <t>536 грн.</t>
+  </si>
+  <si>
+    <t>00-00045129</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5114H</t>
+  </si>
+  <si>
+    <t>560 грн.</t>
+  </si>
+  <si>
+    <t>00-00045120</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5115E</t>
+  </si>
+  <si>
+    <t>541 грн.</t>
+  </si>
+  <si>
+    <t>00-00045124</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5116D</t>
+  </si>
+  <si>
+    <t>389 грн.</t>
+  </si>
+  <si>
+    <t>00-00045125</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5116E</t>
+  </si>
+  <si>
+    <t>410 грн.</t>
+  </si>
+  <si>
+    <t>00-00045126</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5116G</t>
+  </si>
+  <si>
+    <t>00-00045128</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5117D</t>
+  </si>
+  <si>
     <t>368 грн.</t>
   </si>
   <si>
-    <t>00000004571</t>
-[...221 lines deleted...]
-    <t>Бюстгальтер Acousma A6417DH</t>
+    <t>00-00045127</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5117E</t>
+  </si>
+  <si>
+    <t>522 грн.</t>
+  </si>
+  <si>
+    <t>00-00045142</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5119E</t>
+  </si>
+  <si>
+    <t>511 грн.</t>
+  </si>
+  <si>
+    <t>00-00045145</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5119F</t>
+  </si>
+  <si>
+    <t>00-00045143</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5122G</t>
+  </si>
+  <si>
+    <t>00-00045118</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5123D</t>
+  </si>
+  <si>
+    <t>00-00045119</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5123E</t>
+  </si>
+  <si>
+    <t>456 грн.</t>
+  </si>
+  <si>
+    <t>00-00045116</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5125D</t>
+  </si>
+  <si>
+    <t>497 грн.</t>
+  </si>
+  <si>
+    <t>00-00045117</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5125E</t>
+  </si>
+  <si>
+    <t>00-00045140</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5126D</t>
+  </si>
+  <si>
+    <t>00-00045141</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5126E</t>
+  </si>
+  <si>
+    <t>00-00045147</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5127D</t>
+  </si>
+  <si>
+    <t>445 грн.</t>
+  </si>
+  <si>
+    <t>00-00045146</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5127E</t>
+  </si>
+  <si>
+    <t>473 грн.</t>
+  </si>
+  <si>
+    <t>00-00045148</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5128D</t>
+  </si>
+  <si>
+    <t>00-00045149</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5128E</t>
+  </si>
+  <si>
+    <t>530 грн.</t>
+  </si>
+  <si>
+    <t>00-00045168</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5129D</t>
+  </si>
+  <si>
+    <t>00-00045169</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5129E</t>
+  </si>
+  <si>
+    <t>437 грн.</t>
+  </si>
+  <si>
+    <t>00-00045159</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5130D</t>
+  </si>
+  <si>
+    <t>392 грн.</t>
+  </si>
+  <si>
+    <t>00-00045158</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5130E</t>
+  </si>
+  <si>
+    <t>413 грн.</t>
+  </si>
+  <si>
+    <t>00-00045170</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5131D</t>
+  </si>
+  <si>
+    <t>00-00045171</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5131E</t>
+  </si>
+  <si>
+    <t>434 грн.</t>
+  </si>
+  <si>
+    <t>00-00045172</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5132D</t>
+  </si>
+  <si>
+    <t>425 грн.</t>
+  </si>
+  <si>
+    <t>00-00045173</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 5132E</t>
+  </si>
+  <si>
+    <t>00-00013451</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7003C</t>
+  </si>
+  <si>
+    <t>00-00012895</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7003D</t>
+  </si>
+  <si>
+    <t>00-00011833</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7004D</t>
+  </si>
+  <si>
+    <t>00-00011659</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7004E</t>
+  </si>
+  <si>
+    <t>00-00011660</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7005D</t>
+  </si>
+  <si>
+    <t>00-00011834</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7005DD</t>
+  </si>
+  <si>
+    <t>00-00013461</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7008D</t>
+  </si>
+  <si>
+    <t>00-00012924</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7008DD</t>
+  </si>
+  <si>
+    <t>00-00029405</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7010Н</t>
+  </si>
+  <si>
+    <t>00-00013454</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7017C</t>
+  </si>
+  <si>
+    <t>00-00013129</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7017D</t>
+  </si>
+  <si>
+    <t>00-00013455</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7018B</t>
+  </si>
+  <si>
+    <t>00-00012999</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Finikin 7018D</t>
+  </si>
+  <si>
+    <t>00-00010887</t>
+  </si>
+  <si>
+    <t>Бюстгальтер Fly Bra</t>
+  </si>
+  <si>
+    <t>190 грн.</t>
+  </si>
+  <si>
+    <t>00000007671</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6358-1BC-P6358H</t>
+  </si>
+  <si>
+    <t>789 грн.</t>
+  </si>
+  <si>
+    <t>00000007672</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6358-2D-P6358H</t>
+  </si>
+  <si>
+    <t>832 грн.</t>
+  </si>
+  <si>
+    <t>00000007343</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6358BC-T6358H</t>
+  </si>
+  <si>
+    <t>755 грн.</t>
+  </si>
+  <si>
+    <t>00000007759</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6407BC-P6407H</t>
+  </si>
+  <si>
+    <t>991 грн.</t>
+  </si>
+  <si>
+    <t>00-00000408</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6407D-1-P6407-1H</t>
+  </si>
+  <si>
+    <t>1019 грн.</t>
+  </si>
+  <si>
+    <t>00000007773</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6419BC-P6419H</t>
+  </si>
+  <si>
+    <t>935 грн.</t>
+  </si>
+  <si>
+    <t>00-00000252</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6432D-P6432H</t>
+  </si>
+  <si>
+    <t>00-00000491</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6438BC-P6438H</t>
+  </si>
+  <si>
+    <t>00-00009075</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6439-1D-P6439-1H</t>
+  </si>
+  <si>
+    <t>911 грн.</t>
+  </si>
+  <si>
+    <t>00-00000445</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6439BC-P6439H</t>
+  </si>
+  <si>
+    <t>859 грн.</t>
+  </si>
+  <si>
+    <t>00-00000752</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6441BC-P6441H</t>
+  </si>
+  <si>
+    <t>891 грн.</t>
+  </si>
+  <si>
+    <t>00-00008434</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6442BC-T6442H</t>
+  </si>
+  <si>
+    <t>761 грн.</t>
+  </si>
+  <si>
+    <t>00-00012900</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6447BC-T6447H</t>
+  </si>
+  <si>
+    <t>853 грн.</t>
+  </si>
+  <si>
+    <t>00-00013182</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6448B-P6448H</t>
+  </si>
+  <si>
+    <t>877 грн.</t>
+  </si>
+  <si>
+    <t>00-00012902</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6449BC-P6449H</t>
+  </si>
+  <si>
+    <t>977 грн.</t>
+  </si>
+  <si>
+    <t>00-00014927</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6449BCY-P6449HY</t>
+  </si>
+  <si>
+    <t>813 грн.</t>
+  </si>
+  <si>
+    <t>00-00013183</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6450-1B-P6450H</t>
+  </si>
+  <si>
+    <t>741 грн.</t>
+  </si>
+  <si>
+    <t>00-00014296</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6453BC/P6453H</t>
+  </si>
+  <si>
+    <t>1059 грн.</t>
+  </si>
+  <si>
+    <t>00-00013000</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6456BC-T6456H</t>
+  </si>
+  <si>
+    <t>964 грн.</t>
+  </si>
+  <si>
+    <t>00-00012991</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6457BC-T6457H</t>
+  </si>
+  <si>
+    <t>953 грн.</t>
+  </si>
+  <si>
+    <t>00-00013180</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6464BC-P6464H</t>
+  </si>
+  <si>
+    <t>962 грн.</t>
+  </si>
+  <si>
+    <t>00-00013181</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6468DE-P6468H</t>
+  </si>
+  <si>
+    <t>925 грн.</t>
+  </si>
+  <si>
+    <t>00-00013678</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6469BC-P6469H</t>
+  </si>
+  <si>
+    <t>867 грн.</t>
+  </si>
+  <si>
+    <t>00-00013650</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6470BC-T6470H</t>
+  </si>
+  <si>
+    <t>1138 грн.</t>
+  </si>
+  <si>
+    <t>00-00013612</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6478BC-T6478H</t>
+  </si>
+  <si>
+    <t>824 грн.</t>
+  </si>
+  <si>
+    <t>00-00013878</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6480BC-T6480H</t>
+  </si>
+  <si>
+    <t>904 грн.</t>
+  </si>
+  <si>
+    <t>00-00040554</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6481B/T6481H</t>
+  </si>
+  <si>
+    <t>983 грн.</t>
+  </si>
+  <si>
+    <t>00-00045095</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6481CD/P6481H</t>
+  </si>
+  <si>
+    <t>975 грн.</t>
+  </si>
+  <si>
+    <t>00-00014354</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6487BC/P6487H</t>
+  </si>
+  <si>
+    <t>972 грн.</t>
+  </si>
+  <si>
+    <t>00-00029142</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6494BC/P6494H</t>
+  </si>
+  <si>
+    <t>1005 грн.</t>
+  </si>
+  <si>
+    <t>00-00029187</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6495BC/P6495H</t>
+  </si>
+  <si>
+    <t>1001 грн.</t>
+  </si>
+  <si>
+    <t>00-00039074</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6497BC-P6497H</t>
+  </si>
+  <si>
+    <t>1012 грн.</t>
+  </si>
+  <si>
+    <t>00-00040714</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6499BC/P6499H</t>
+  </si>
+  <si>
+    <t>963 грн.</t>
+  </si>
+  <si>
+    <t>00-00040792</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6500BC/T6500H</t>
+  </si>
+  <si>
+    <t>1051 грн.</t>
+  </si>
+  <si>
+    <t>00-00045066</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6506BC/P6506H</t>
+  </si>
+  <si>
+    <t>1015 грн.</t>
+  </si>
+  <si>
+    <t>00-00045085</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6508BC/P6508H</t>
+  </si>
+  <si>
+    <t>1007 грн.</t>
+  </si>
+  <si>
+    <t>00-00045134</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6522CD/P6522H</t>
+  </si>
+  <si>
+    <t>956 грн.</t>
+  </si>
+  <si>
+    <t>00-00045151</t>
+  </si>
+  <si>
+    <t>Комплект Acousma A6539BC/P6539H</t>
+  </si>
+  <si>
+    <t>1020 грн.</t>
+  </si>
+  <si>
+    <t>00-00013087</t>
+  </si>
+  <si>
+    <t>Комплект Acousma U6460BC-P6460H</t>
+  </si>
+  <si>
+    <t>714 грн.</t>
+  </si>
+  <si>
+    <t>00-00013173</t>
+  </si>
+  <si>
+    <t>Комплект Acousma U6461D-P6461H</t>
+  </si>
+  <si>
+    <t>894 грн.</t>
+  </si>
+  <si>
+    <t>00-00013651</t>
+  </si>
+  <si>
+    <t>Комплект Acousma U6468/1C/P6468H</t>
+  </si>
+  <si>
+    <t>809 грн.</t>
+  </si>
+  <si>
+    <t>00-00013266</t>
+  </si>
+  <si>
+    <t>Моделирующие шортики-лифтеры для женщин для поднятия ягодиц Smart Body Booty Maker</t>
+  </si>
+  <si>
+    <t>279 грн.</t>
+  </si>
+  <si>
+    <t>00-00014707</t>
+  </si>
+  <si>
+    <t>Набор женских трусов Q-girl QG-1738</t>
+  </si>
+  <si>
+    <t>525 грн.</t>
+  </si>
+  <si>
+    <t>00-00014720</t>
+  </si>
+  <si>
+    <t>Набор женских трусов Q-girl QG-2550</t>
+  </si>
+  <si>
+    <t>00-00014721</t>
+  </si>
+  <si>
+    <t>Набор женских трусов Q-girl QG-2551</t>
+  </si>
+  <si>
+    <t>00-00014723</t>
+  </si>
+  <si>
+    <t>Набор женских трусов Q-girl QG-2602</t>
+  </si>
+  <si>
+    <t>599 грн.</t>
+  </si>
+  <si>
+    <t>00-00014839</t>
+  </si>
+  <si>
+    <t>Набор женских трусов Q-girl QG-3607</t>
+  </si>
+  <si>
+    <t>00-00014851</t>
+  </si>
+  <si>
+    <t>Набор женских трусов Q-girl QG-6867</t>
+  </si>
+  <si>
+    <t>00-00014702</t>
+  </si>
+  <si>
+    <t>Набор женских трусов Q-girl QG-9880</t>
+  </si>
+  <si>
+    <t>215 грн.</t>
+  </si>
+  <si>
+    <t>00-00040760</t>
+  </si>
+  <si>
+    <t>Набор женских трусов Q-girl QG-9887</t>
+  </si>
+  <si>
+    <t>00-00040761</t>
+  </si>
+  <si>
+    <t>Набор женских трусов Q-girl QG-9896</t>
+  </si>
+  <si>
+    <t>276 грн.</t>
+  </si>
+  <si>
+    <t>00000004003</t>
+  </si>
+  <si>
+    <t>Силиконовый бюстгальтер с бретельками</t>
+  </si>
+  <si>
+    <t>00000007053</t>
+  </si>
+  <si>
+    <t>Трусы</t>
+  </si>
+  <si>
+    <t>00000004961</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma 30058-1H</t>
+  </si>
+  <si>
+    <t>278 грн.</t>
+  </si>
+  <si>
+    <t>00-00045329</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma 30058-1HS</t>
+  </si>
+  <si>
+    <t>556 грн.</t>
+  </si>
+  <si>
+    <t>00-00045192</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma 30058H</t>
+  </si>
+  <si>
+    <t>311 грн.</t>
+  </si>
+  <si>
+    <t>00000004985</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma 51393PH</t>
+  </si>
+  <si>
+    <t>285 грн.</t>
+  </si>
+  <si>
+    <t>00-00045331</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma 51393PHS</t>
   </si>
   <si>
     <t>570 грн.</t>
   </si>
   <si>
-    <t>00-00000237</t>
-[...182 lines deleted...]
-    <t>Бюстгальтер Acousma U6145DH</t>
+    <t>00000005235</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P2026H</t>
+  </si>
+  <si>
+    <t>00000005236</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P2027H</t>
+  </si>
+  <si>
+    <t>00-00012925</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P23068H</t>
+  </si>
+  <si>
+    <t>255 грн.</t>
+  </si>
+  <si>
+    <t>00000005020</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6004H</t>
+  </si>
+  <si>
+    <t>272 грн.</t>
+  </si>
+  <si>
+    <t>00-00013759</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6004H - цветные</t>
+  </si>
+  <si>
+    <t>203 грн.</t>
+  </si>
+  <si>
+    <t>00000005021</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6009H</t>
+  </si>
+  <si>
+    <t>247 грн.</t>
+  </si>
+  <si>
+    <t>00000005026</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6162H</t>
+  </si>
+  <si>
+    <t>208 грн.</t>
+  </si>
+  <si>
+    <t>00000005027</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6176H</t>
+  </si>
+  <si>
+    <t>222 грн.</t>
+  </si>
+  <si>
+    <t>00000005036</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6237H</t>
+  </si>
+  <si>
+    <t>174 грн.</t>
+  </si>
+  <si>
+    <t>00000005048</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6278H</t>
+  </si>
+  <si>
+    <t>00-00040467</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6278H цветные</t>
+  </si>
+  <si>
+    <t>00-00045332</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6278HS</t>
+  </si>
+  <si>
+    <t>546 грн.</t>
+  </si>
+  <si>
+    <t>00000005049</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6286H</t>
+  </si>
+  <si>
+    <t>00000005050</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6289H</t>
+  </si>
+  <si>
+    <t>00000005253</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6299H</t>
+  </si>
+  <si>
+    <t>306 грн.</t>
+  </si>
+  <si>
+    <t>00000005755</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6305H</t>
+  </si>
+  <si>
+    <t>428 грн.</t>
+  </si>
+  <si>
+    <t>00000006358</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6325H</t>
+  </si>
+  <si>
+    <t>337 грн.</t>
+  </si>
+  <si>
+    <t>00000007678</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6342H</t>
+  </si>
+  <si>
+    <t>354 грн.</t>
+  </si>
+  <si>
+    <t>00000007054</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6348H</t>
+  </si>
+  <si>
+    <t>204 грн.</t>
+  </si>
+  <si>
+    <t>00000007105</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6353H</t>
+  </si>
+  <si>
+    <t>00000007752</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6364H</t>
+  </si>
+  <si>
+    <t>319 грн.</t>
+  </si>
+  <si>
+    <t>00000007756</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6377-1H</t>
+  </si>
+  <si>
+    <t>320 грн.</t>
+  </si>
+  <si>
+    <t>00000007512</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6378H</t>
+  </si>
+  <si>
+    <t>200 грн.</t>
+  </si>
+  <si>
+    <t>00-00045333</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6378HS</t>
+  </si>
+  <si>
+    <t>400 грн.</t>
+  </si>
+  <si>
+    <t>00000007507</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6380H</t>
+  </si>
+  <si>
+    <t>199 грн.</t>
+  </si>
+  <si>
+    <t>00-00045334</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6380HS</t>
+  </si>
+  <si>
+    <t>00000007648</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6390H</t>
+  </si>
+  <si>
+    <t>212 грн.</t>
+  </si>
+  <si>
+    <t>00000007677</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6399H</t>
+  </si>
+  <si>
+    <t>00000007765</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6411H</t>
+  </si>
+  <si>
+    <t>198 грн.</t>
+  </si>
+  <si>
+    <t>00-00000423</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6427H</t>
+  </si>
+  <si>
+    <t>172 грн.</t>
+  </si>
+  <si>
+    <t>00-00000238</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6430H</t>
+  </si>
+  <si>
+    <t>00-00000253</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6436H</t>
+  </si>
+  <si>
+    <t>00-00040553</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6441H</t>
+  </si>
+  <si>
+    <t>229 грн.</t>
+  </si>
+  <si>
+    <t>00-00012917</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6442-1H</t>
+  </si>
+  <si>
+    <t>227 грн.</t>
+  </si>
+  <si>
+    <t>00-00008433</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6442H</t>
+  </si>
+  <si>
+    <t>249 грн.</t>
+  </si>
+  <si>
+    <t>00-00012901</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6445H</t>
+  </si>
+  <si>
+    <t>194 грн.</t>
+  </si>
+  <si>
+    <t>00-00012853</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6446H</t>
+  </si>
+  <si>
+    <t>261 грн.</t>
+  </si>
+  <si>
+    <t>00-00013793</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6448H</t>
+  </si>
+  <si>
+    <t>00-00013794</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6450H</t>
+  </si>
+  <si>
+    <t>00-00016607</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6453H</t>
+  </si>
+  <si>
+    <t>250 грн.</t>
+  </si>
+  <si>
+    <t>00-00013001</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6459H</t>
+  </si>
+  <si>
+    <t>439 грн.</t>
+  </si>
+  <si>
+    <t>00-00013798</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6460H</t>
+  </si>
+  <si>
+    <t>00-00035389</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6462H</t>
+  </si>
+  <si>
+    <t>350 грн.</t>
+  </si>
+  <si>
+    <t>00-00013795</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6465H</t>
+  </si>
+  <si>
+    <t>251 грн.</t>
+  </si>
+  <si>
+    <t>00-00013675</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6472H</t>
+  </si>
+  <si>
+    <t>239 грн.</t>
+  </si>
+  <si>
+    <t>00-00014081</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6482H</t>
+  </si>
+  <si>
+    <t>300 грн.</t>
+  </si>
+  <si>
+    <t>00-00043413</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6483H</t>
+  </si>
+  <si>
+    <t>295 грн.</t>
+  </si>
+  <si>
+    <t>00-00014277</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6485H</t>
+  </si>
+  <si>
+    <t>00-00014240</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6486H</t>
+  </si>
+  <si>
+    <t>281 грн.</t>
+  </si>
+  <si>
+    <t>00-00040789</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6501H</t>
+  </si>
+  <si>
+    <t>258 грн.</t>
+  </si>
+  <si>
+    <t>00-00045068</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6503H</t>
+  </si>
+  <si>
+    <t>00-00045067</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6507H</t>
+  </si>
+  <si>
+    <t>260 грн.</t>
+  </si>
+  <si>
+    <t>00-00045131</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6509H</t>
+  </si>
+  <si>
+    <t>00-00045161</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6519H</t>
+  </si>
+  <si>
+    <t>209 грн.</t>
+  </si>
+  <si>
+    <t>00-00045162</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6520H</t>
+  </si>
+  <si>
+    <t>226 грн.</t>
+  </si>
+  <si>
+    <t>00-00045130</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6526H</t>
+  </si>
+  <si>
+    <t>00-00045153</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6529H</t>
+  </si>
+  <si>
+    <t>00-00045114</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6531H</t>
+  </si>
+  <si>
+    <t>00-00045136</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6535H</t>
+  </si>
+  <si>
+    <t>275 грн.</t>
+  </si>
+  <si>
+    <t>00-00045155</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6536H</t>
+  </si>
+  <si>
+    <t>348 грн.</t>
+  </si>
+  <si>
+    <t>00-00045197</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6542H</t>
+  </si>
+  <si>
+    <t>266 грн.</t>
+  </si>
+  <si>
+    <t>00-00045163</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6543H</t>
+  </si>
+  <si>
+    <t>00-00045152</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6545H</t>
+  </si>
+  <si>
+    <t>386 грн.</t>
+  </si>
+  <si>
+    <t>00-00045176</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6547H</t>
+  </si>
+  <si>
+    <t>424 грн.</t>
+  </si>
+  <si>
+    <t>00-00045177</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6548H</t>
+  </si>
+  <si>
+    <t>418 грн.</t>
+  </si>
+  <si>
+    <t>00-00045248</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6555H</t>
+  </si>
+  <si>
+    <t>288 грн.</t>
+  </si>
+  <si>
+    <t>00-00045180</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6557/1H</t>
   </si>
   <si>
     <t>359 грн.</t>
   </si>
   <si>
-    <t>00-00040465</t>
-[...179 lines deleted...]
-    <t>Бюстгальтер Diorella 2173E</t>
+    <t>00-00045181</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6557/2H</t>
+  </si>
+  <si>
+    <t>307 грн.</t>
+  </si>
+  <si>
+    <t>00-00045179</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6557H</t>
+  </si>
+  <si>
+    <t>323 грн.</t>
+  </si>
+  <si>
+    <t>00-00045184</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6558H</t>
+  </si>
+  <si>
+    <t>246 грн.</t>
+  </si>
+  <si>
+    <t>00-00045243</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6564H</t>
+  </si>
+  <si>
+    <t>243 грн.</t>
+  </si>
+  <si>
+    <t>00-00045252</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6565H</t>
   </si>
   <si>
     <t>202 грн.</t>
   </si>
   <si>
-    <t>00-00000165</t>
-[...23 lines deleted...]
-    <t>Бюстгальтер Diorella 33399E</t>
+    <t>00-00045249</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6567H</t>
+  </si>
+  <si>
+    <t>344 грн.</t>
+  </si>
+  <si>
+    <t>00-00045255</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6572H</t>
+  </si>
+  <si>
+    <t>00-00045258</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6573H</t>
+  </si>
+  <si>
+    <t>00-00045261</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6578H</t>
   </si>
   <si>
     <t>218 грн.</t>
   </si>
   <si>
-    <t>00000006825</t>
-[...65 lines deleted...]
-    <t>Бюстгальтер Diorella 33731E</t>
+    <t>00-00045264</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6581H</t>
+  </si>
+  <si>
+    <t>00-00045267</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6588H</t>
+  </si>
+  <si>
+    <t>257 грн.</t>
+  </si>
+  <si>
+    <t>00-00045295</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6591H</t>
+  </si>
+  <si>
+    <t>00-00045323</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma P6596H</t>
+  </si>
+  <si>
+    <t>244 грн.</t>
+  </si>
+  <si>
+    <t>00000005058</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T2014H</t>
+  </si>
+  <si>
+    <t>353 грн.</t>
+  </si>
+  <si>
+    <t>00000005238</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T2028H</t>
+  </si>
+  <si>
+    <t>00000005239</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T2029H</t>
+  </si>
+  <si>
+    <t>364 грн.</t>
+  </si>
+  <si>
+    <t>00000005240</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T2030H</t>
+  </si>
+  <si>
+    <t>296 грн.</t>
+  </si>
+  <si>
+    <t>00000005241</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T2031H</t>
+  </si>
+  <si>
+    <t>309 грн.</t>
+  </si>
+  <si>
+    <t>00000005070</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6170-1H</t>
+  </si>
+  <si>
+    <t>280 грн.</t>
+  </si>
+  <si>
+    <t>00000005071</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6170H</t>
+  </si>
+  <si>
+    <t>00000005073</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6176-1H</t>
+  </si>
+  <si>
+    <t>178 грн.</t>
+  </si>
+  <si>
+    <t>00-00040469</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6176-1H цветные</t>
+  </si>
+  <si>
+    <t>132 грн.</t>
+  </si>
+  <si>
+    <t>00-00013666</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6176-1HP</t>
+  </si>
+  <si>
+    <t>153 грн.</t>
+  </si>
+  <si>
+    <t>00-00045335</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6176-1HS</t>
+  </si>
+  <si>
+    <t>356 грн.</t>
+  </si>
+  <si>
+    <t>00000005086</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6268-1H</t>
+  </si>
+  <si>
+    <t>159 грн.</t>
+  </si>
+  <si>
+    <t>00-00045336</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6268-1HS</t>
+  </si>
+  <si>
+    <t>318 грн.</t>
+  </si>
+  <si>
+    <t>00000007107</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6268-2H</t>
+  </si>
+  <si>
+    <t>133 грн.</t>
+  </si>
+  <si>
+    <t>00000005087</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6268H</t>
+  </si>
+  <si>
+    <t>168 грн.</t>
+  </si>
+  <si>
+    <t>00-00045337</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6268HS</t>
+  </si>
+  <si>
+    <t>00000005090</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6281H</t>
+  </si>
+  <si>
+    <t>141 грн.</t>
+  </si>
+  <si>
+    <t>00000005833</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6320H</t>
+  </si>
+  <si>
+    <t>177 грн.</t>
+  </si>
+  <si>
+    <t>00000007750</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6356H</t>
+  </si>
+  <si>
+    <t>00000007674</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6365-1H</t>
+  </si>
+  <si>
+    <t>183 грн.</t>
+  </si>
+  <si>
+    <t>00000007511</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6378H</t>
+  </si>
+  <si>
+    <t>123 грн.</t>
+  </si>
+  <si>
+    <t>00000007666</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6401H</t>
+  </si>
+  <si>
+    <t>149 грн.</t>
+  </si>
+  <si>
+    <t>00000007775</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6412H</t>
+  </si>
+  <si>
+    <t>140 грн.</t>
+  </si>
+  <si>
+    <t>00-00000243</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6430H</t>
+  </si>
+  <si>
+    <t>151 грн.</t>
+  </si>
+  <si>
+    <t>00-00013443</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6465H</t>
+  </si>
+  <si>
+    <t>201 грн.</t>
+  </si>
+  <si>
+    <t>00-00013796</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6466H</t>
   </si>
   <si>
     <t>302 грн.</t>
   </si>
   <si>
-    <t>00-00013760</t>
-[...203 lines deleted...]
-    <t>Бюстгальтер Diorella 34556E</t>
+    <t>00-00014959</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6466HY</t>
+  </si>
+  <si>
+    <t>00-00040477</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6478H</t>
+  </si>
+  <si>
+    <t>00-00014142</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6483H</t>
+  </si>
+  <si>
+    <t>00-00014148</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6484H</t>
+  </si>
+  <si>
+    <t>219 грн.</t>
+  </si>
+  <si>
+    <t>00-00040790</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6501H</t>
+  </si>
+  <si>
+    <t>00-00045268</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6509H</t>
   </si>
   <si>
     <t>223 грн.</t>
   </si>
   <si>
-    <t>00-00040330</t>
-[...125 lines deleted...]
-    <t>Бюстгальтер Diorella 34962E</t>
+    <t>00-00045269</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6524/2H</t>
+  </si>
+  <si>
+    <t>187 грн.</t>
+  </si>
+  <si>
+    <t>00-00045113</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6524H</t>
+  </si>
+  <si>
+    <t>207 грн.</t>
+  </si>
+  <si>
+    <t>00-00045115</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6531H</t>
+  </si>
+  <si>
+    <t>176 грн.</t>
+  </si>
+  <si>
+    <t>00-00045150</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6539H</t>
   </si>
   <si>
     <t>248 грн.</t>
   </si>
   <si>
-    <t>00-00000177</t>
-[...701 lines deleted...]
-    <t>Бюстгальтер Diorella 63175E</t>
+    <t>00-00045182</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6560H</t>
+  </si>
+  <si>
+    <t>00-00045244</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6564H</t>
+  </si>
+  <si>
+    <t>00-00045253</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6565H</t>
+  </si>
+  <si>
+    <t>00-00045265</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6589H</t>
   </si>
   <si>
     <t>216 грн.</t>
   </si>
   <si>
-    <t>00000007353</t>
-[...2 lines deleted...]
-    <t>Бюстгальтер Diorella 63258D</t>
+    <t>00-00045296</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6593H</t>
   </si>
   <si>
     <t>259 грн.</t>
   </si>
   <si>
-    <t>00-00011627</t>
-[...2156 lines deleted...]
-    <t>Трусы женские Acousma P6519H</t>
+    <t>00-00045345</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6598H</t>
+  </si>
+  <si>
+    <t>00-00045351</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma T6603H</t>
+  </si>
+  <si>
+    <t>00-00045137</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma Т6533H</t>
+  </si>
+  <si>
+    <t>00-00045135</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma Т6534H</t>
+  </si>
+  <si>
+    <t>00-00045259</t>
+  </si>
+  <si>
+    <t>Трусы женские Acousma Т6573H</t>
+  </si>
+  <si>
+    <t>00-00013662</t>
+  </si>
+  <si>
+    <t>Трусы женские Annajolly 7993</t>
   </si>
   <si>
     <t>167 грн.</t>
   </si>
   <si>
-    <t>00-00045162</t>
-[...254 lines deleted...]
-    <t>Трусы женские Acousma T6524/2H</t>
+    <t>00-00013663</t>
+  </si>
+  <si>
+    <t>Трусы женские Annajolly 8136</t>
   </si>
   <si>
     <t>150 грн.</t>
   </si>
   <si>
-    <t>00-00045115</t>
-[...40 lines deleted...]
-  <si>
     <t>00-00014114</t>
   </si>
   <si>
     <t>Трусы женские Diorella 2229</t>
   </si>
   <si>
-    <t>30 грн.</t>
+    <t>116 грн.</t>
+  </si>
+  <si>
+    <t>00-00045328</t>
+  </si>
+  <si>
+    <t>Трусы женские Diorella 2229S</t>
+  </si>
+  <si>
+    <t>232 грн.</t>
   </si>
   <si>
     <t>00-00014113</t>
   </si>
   <si>
     <t>Трусы женские Diorella 32083</t>
   </si>
   <si>
     <t>00000004518</t>
   </si>
   <si>
     <t>Трусы женские Diorella 3595</t>
   </si>
   <si>
+    <t>00-00045330</t>
+  </si>
+  <si>
+    <t>Трусы женские Diorella 3595S</t>
+  </si>
+  <si>
     <t>00-00014111</t>
   </si>
   <si>
     <t>Трусы женские Diorella 60277</t>
   </si>
   <si>
-    <t>42 грн.</t>
+    <t>145 грн.</t>
   </si>
   <si>
     <t>00-00035401</t>
   </si>
   <si>
     <t>Трусы женские Finikin 5069T</t>
-  </si>
-[...19 lines deleted...]
-    <t>320 грн.</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xml:space="preserve">
   <numFmts count="0"/>
   <fonts count="2">
     <font>
       <name val="Calibri"/>
       <sz val="11"/>
       <b val="0"/>
       <i val="0"/>
       <u val="none"/>
       <strike val="0"/>
       <color rgb="FF000000"/>
     </font>
     <font>
       <name val="Calibri"/>
       <sz val="12"/>
       <b val="1"/>
       <i val="0"/>
       <u val="none"/>
       <strike val="0"/>
       <color rgb="FF891367"/>
@@ -4775,51 +4784,51 @@
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"/>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xml:space="preserve">
   <sheetPr>
     <outlinePr summaryBelow="1" summaryRight="1"/>
   </sheetPr>
-  <dimension ref="A1:C609"/>
+  <dimension ref="A1:C584"/>
   <sheetViews>
     <sheetView tabSelected="1" workbookViewId="0" showGridLines="true" showRowColHeaders="1"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" outlineLevelRow="0" outlineLevelCol="0"/>
   <cols>
     <col min="1" max="1" width="15" customWidth="true" style="0"/>
     <col min="2" max="2" width="25" customWidth="true" style="0"/>
     <col min="3" max="3" width="15" customWidth="true" style="0"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:3">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>1</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>2</v>
       </c>
     </row>
     <row r="2" spans="1:3">
       <c r="A2" t="s">
         <v>3</v>
       </c>
@@ -4871,139 +4880,139 @@
         <v>14</v>
       </c>
       <c r="C6" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="7" spans="1:3">
       <c r="A7" t="s">
         <v>16</v>
       </c>
       <c r="B7" t="s">
         <v>17</v>
       </c>
       <c r="C7" t="s">
         <v>18</v>
       </c>
     </row>
     <row r="8" spans="1:3">
       <c r="A8" t="s">
         <v>19</v>
       </c>
       <c r="B8" t="s">
         <v>20</v>
       </c>
       <c r="C8" t="s">
-        <v>8</v>
+        <v>21</v>
       </c>
     </row>
     <row r="9" spans="1:3">
       <c r="A9" t="s">
-        <v>21</v>
+        <v>22</v>
       </c>
       <c r="B9" t="s">
-        <v>22</v>
+        <v>23</v>
       </c>
       <c r="C9" t="s">
-        <v>5</v>
+        <v>8</v>
       </c>
     </row>
     <row r="10" spans="1:3">
       <c r="A10" t="s">
-        <v>23</v>
+        <v>24</v>
       </c>
       <c r="B10" t="s">
-        <v>24</v>
+        <v>25</v>
       </c>
       <c r="C10" t="s">
-        <v>8</v>
+        <v>5</v>
       </c>
     </row>
     <row r="11" spans="1:3">
       <c r="A11" t="s">
-        <v>25</v>
+        <v>26</v>
       </c>
       <c r="B11" t="s">
-        <v>26</v>
+        <v>27</v>
       </c>
       <c r="C11" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="12" spans="1:3">
       <c r="A12" t="s">
-        <v>27</v>
+        <v>28</v>
       </c>
       <c r="B12" t="s">
-        <v>28</v>
+        <v>29</v>
       </c>
       <c r="C12" t="s">
         <v>8</v>
       </c>
     </row>
     <row r="13" spans="1:3">
       <c r="A13" t="s">
-        <v>29</v>
+        <v>30</v>
       </c>
       <c r="B13" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="C13" t="s">
-        <v>15</v>
+        <v>8</v>
       </c>
     </row>
     <row r="14" spans="1:3">
       <c r="A14" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
       <c r="B14" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="C14" t="s">
-        <v>18</v>
+        <v>34</v>
       </c>
     </row>
     <row r="15" spans="1:3">
       <c r="A15" t="s">
-        <v>33</v>
+        <v>35</v>
       </c>
       <c r="B15" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="C15" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
     </row>
     <row r="16" spans="1:3">
       <c r="A16" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B16" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="C16" t="s">
-        <v>38</v>
+        <v>18</v>
       </c>
     </row>
     <row r="17" spans="1:3">
       <c r="A17" t="s">
         <v>39</v>
       </c>
       <c r="B17" t="s">
         <v>40</v>
       </c>
       <c r="C17" t="s">
         <v>41</v>
       </c>
     </row>
     <row r="18" spans="1:3">
       <c r="A18" t="s">
         <v>42</v>
       </c>
       <c r="B18" t="s">
         <v>43</v>
       </c>
       <c r="C18" t="s">
         <v>44</v>
       </c>
     </row>
     <row r="19" spans="1:3">
@@ -5124,6409 +5133,6134 @@
         <v>76</v>
       </c>
       <c r="C29" t="s">
         <v>77</v>
       </c>
     </row>
     <row r="30" spans="1:3">
       <c r="A30" t="s">
         <v>78</v>
       </c>
       <c r="B30" t="s">
         <v>79</v>
       </c>
       <c r="C30" t="s">
         <v>80</v>
       </c>
     </row>
     <row r="31" spans="1:3">
       <c r="A31" t="s">
         <v>81</v>
       </c>
       <c r="B31" t="s">
         <v>82</v>
       </c>
       <c r="C31" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
     </row>
     <row r="32" spans="1:3">
       <c r="A32" t="s">
+        <v>83</v>
+      </c>
+      <c r="B32" t="s">
         <v>84</v>
       </c>
-      <c r="B32" t="s">
+      <c r="C32" t="s">
         <v>85</v>
-      </c>
-[...1 lines deleted...]
-        <v>86</v>
       </c>
     </row>
     <row r="33" spans="1:3">
       <c r="A33" t="s">
+        <v>86</v>
+      </c>
+      <c r="B33" t="s">
         <v>87</v>
       </c>
-      <c r="B33" t="s">
+      <c r="C33" t="s">
         <v>88</v>
-      </c>
-[...1 lines deleted...]
-        <v>89</v>
       </c>
     </row>
     <row r="34" spans="1:3">
       <c r="A34" t="s">
+        <v>89</v>
+      </c>
+      <c r="B34" t="s">
         <v>90</v>
       </c>
-      <c r="B34" t="s">
+      <c r="C34" t="s">
         <v>91</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
     </row>
     <row r="35" spans="1:3">
       <c r="A35" t="s">
         <v>92</v>
       </c>
       <c r="B35" t="s">
         <v>93</v>
       </c>
       <c r="C35" t="s">
         <v>94</v>
       </c>
     </row>
     <row r="36" spans="1:3">
       <c r="A36" t="s">
         <v>95</v>
       </c>
       <c r="B36" t="s">
         <v>96</v>
       </c>
       <c r="C36" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="37" spans="1:3">
       <c r="A37" t="s">
         <v>98</v>
       </c>
       <c r="B37" t="s">
         <v>99</v>
       </c>
       <c r="C37" t="s">
-        <v>71</v>
+        <v>100</v>
       </c>
     </row>
     <row r="38" spans="1:3">
       <c r="A38" t="s">
-        <v>100</v>
+        <v>101</v>
       </c>
       <c r="B38" t="s">
-        <v>101</v>
+        <v>102</v>
       </c>
       <c r="C38" t="s">
-        <v>102</v>
+        <v>103</v>
       </c>
     </row>
     <row r="39" spans="1:3">
       <c r="A39" t="s">
-        <v>103</v>
+        <v>104</v>
       </c>
       <c r="B39" t="s">
-        <v>104</v>
+        <v>105</v>
       </c>
       <c r="C39" t="s">
-        <v>105</v>
+        <v>106</v>
       </c>
     </row>
     <row r="40" spans="1:3">
       <c r="A40" t="s">
-        <v>106</v>
+        <v>107</v>
       </c>
       <c r="B40" t="s">
-        <v>107</v>
+        <v>108</v>
       </c>
       <c r="C40" t="s">
-        <v>108</v>
+        <v>109</v>
       </c>
     </row>
     <row r="41" spans="1:3">
       <c r="A41" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="B41" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="C41" t="s">
-        <v>111</v>
+        <v>112</v>
       </c>
     </row>
     <row r="42" spans="1:3">
       <c r="A42" t="s">
-        <v>112</v>
+        <v>113</v>
       </c>
       <c r="B42" t="s">
-        <v>113</v>
+        <v>114</v>
       </c>
       <c r="C42" t="s">
-        <v>114</v>
+        <v>115</v>
       </c>
     </row>
     <row r="43" spans="1:3">
       <c r="A43" t="s">
-        <v>115</v>
+        <v>116</v>
       </c>
       <c r="B43" t="s">
-        <v>116</v>
+        <v>117</v>
       </c>
       <c r="C43" t="s">
-        <v>117</v>
+        <v>118</v>
       </c>
     </row>
     <row r="44" spans="1:3">
       <c r="A44" t="s">
-        <v>118</v>
+        <v>119</v>
       </c>
       <c r="B44" t="s">
-        <v>119</v>
+        <v>120</v>
       </c>
       <c r="C44" t="s">
-        <v>120</v>
+        <v>121</v>
       </c>
     </row>
     <row r="45" spans="1:3">
       <c r="A45" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="B45" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="C45" t="s">
-        <v>123</v>
+        <v>124</v>
       </c>
     </row>
     <row r="46" spans="1:3">
       <c r="A46" t="s">
-        <v>124</v>
+        <v>125</v>
       </c>
       <c r="B46" t="s">
-        <v>125</v>
+        <v>126</v>
       </c>
       <c r="C46" t="s">
-        <v>126</v>
+        <v>127</v>
       </c>
     </row>
     <row r="47" spans="1:3">
       <c r="A47" t="s">
-        <v>127</v>
+        <v>128</v>
       </c>
       <c r="B47" t="s">
-        <v>128</v>
+        <v>129</v>
       </c>
       <c r="C47" t="s">
-        <v>129</v>
+        <v>130</v>
       </c>
     </row>
     <row r="48" spans="1:3">
       <c r="A48" t="s">
-        <v>130</v>
+        <v>131</v>
       </c>
       <c r="B48" t="s">
-        <v>131</v>
+        <v>132</v>
       </c>
       <c r="C48" t="s">
-        <v>114</v>
+        <v>133</v>
       </c>
     </row>
     <row r="49" spans="1:3">
       <c r="A49" t="s">
-        <v>132</v>
+        <v>134</v>
       </c>
       <c r="B49" t="s">
-        <v>133</v>
+        <v>135</v>
       </c>
       <c r="C49" t="s">
-        <v>134</v>
+        <v>136</v>
       </c>
     </row>
     <row r="50" spans="1:3">
       <c r="A50" t="s">
-        <v>135</v>
+        <v>137</v>
       </c>
       <c r="B50" t="s">
-        <v>136</v>
+        <v>138</v>
       </c>
       <c r="C50" t="s">
-        <v>137</v>
+        <v>139</v>
       </c>
     </row>
     <row r="51" spans="1:3">
       <c r="A51" t="s">
-        <v>138</v>
+        <v>140</v>
       </c>
       <c r="B51" t="s">
-        <v>139</v>
+        <v>141</v>
       </c>
       <c r="C51" t="s">
-        <v>140</v>
+        <v>142</v>
       </c>
     </row>
     <row r="52" spans="1:3">
       <c r="A52" t="s">
-        <v>141</v>
+        <v>143</v>
       </c>
       <c r="B52" t="s">
-        <v>142</v>
+        <v>144</v>
       </c>
       <c r="C52" t="s">
-        <v>143</v>
+        <v>145</v>
       </c>
     </row>
     <row r="53" spans="1:3">
       <c r="A53" t="s">
-        <v>144</v>
+        <v>146</v>
       </c>
       <c r="B53" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C53" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
     </row>
     <row r="54" spans="1:3">
       <c r="A54" t="s">
-        <v>147</v>
+        <v>149</v>
       </c>
       <c r="B54" t="s">
-        <v>148</v>
+        <v>150</v>
       </c>
       <c r="C54" t="s">
-        <v>149</v>
+        <v>151</v>
       </c>
     </row>
     <row r="55" spans="1:3">
       <c r="A55" t="s">
-        <v>150</v>
+        <v>152</v>
       </c>
       <c r="B55" t="s">
-        <v>151</v>
+        <v>153</v>
       </c>
       <c r="C55" t="s">
-        <v>152</v>
+        <v>154</v>
       </c>
     </row>
     <row r="56" spans="1:3">
       <c r="A56" t="s">
-        <v>153</v>
+        <v>155</v>
       </c>
       <c r="B56" t="s">
-        <v>154</v>
+        <v>156</v>
       </c>
       <c r="C56" t="s">
-        <v>155</v>
+        <v>157</v>
       </c>
     </row>
     <row r="57" spans="1:3">
       <c r="A57" t="s">
-        <v>156</v>
+        <v>158</v>
       </c>
       <c r="B57" t="s">
-        <v>157</v>
+        <v>159</v>
       </c>
       <c r="C57" t="s">
-        <v>155</v>
+        <v>124</v>
       </c>
     </row>
     <row r="58" spans="1:3">
       <c r="A58" t="s">
-        <v>158</v>
+        <v>160</v>
       </c>
       <c r="B58" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="C58" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
     </row>
     <row r="59" spans="1:3">
       <c r="A59" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="B59" t="s">
-        <v>162</v>
+        <v>164</v>
       </c>
       <c r="C59" t="s">
-        <v>163</v>
+        <v>165</v>
       </c>
     </row>
     <row r="60" spans="1:3">
       <c r="A60" t="s">
-        <v>164</v>
+        <v>166</v>
       </c>
       <c r="B60" t="s">
-        <v>165</v>
+        <v>167</v>
       </c>
       <c r="C60" t="s">
-        <v>166</v>
+        <v>168</v>
       </c>
     </row>
     <row r="61" spans="1:3">
       <c r="A61" t="s">
-        <v>167</v>
+        <v>169</v>
       </c>
       <c r="B61" t="s">
-        <v>168</v>
+        <v>170</v>
       </c>
       <c r="C61" t="s">
-        <v>140</v>
+        <v>136</v>
       </c>
     </row>
     <row r="62" spans="1:3">
       <c r="A62" t="s">
-        <v>169</v>
+        <v>171</v>
       </c>
       <c r="B62" t="s">
-        <v>170</v>
+        <v>172</v>
       </c>
       <c r="C62" t="s">
-        <v>171</v>
+        <v>173</v>
       </c>
     </row>
     <row r="63" spans="1:3">
       <c r="A63" t="s">
-        <v>172</v>
+        <v>174</v>
       </c>
       <c r="B63" t="s">
-        <v>173</v>
+        <v>175</v>
       </c>
       <c r="C63" t="s">
-        <v>174</v>
+        <v>176</v>
       </c>
     </row>
     <row r="64" spans="1:3">
       <c r="A64" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B64" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C64" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
     </row>
     <row r="65" spans="1:3">
       <c r="A65" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B65" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C65" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
     </row>
     <row r="66" spans="1:3">
       <c r="A66" t="s">
-        <v>181</v>
+        <v>183</v>
       </c>
       <c r="B66" t="s">
-        <v>182</v>
+        <v>184</v>
       </c>
       <c r="C66" t="s">
-        <v>183</v>
+        <v>185</v>
       </c>
     </row>
     <row r="67" spans="1:3">
       <c r="A67" t="s">
-        <v>184</v>
+        <v>186</v>
       </c>
       <c r="B67" t="s">
-        <v>185</v>
+        <v>187</v>
       </c>
       <c r="C67" t="s">
-        <v>186</v>
+        <v>188</v>
       </c>
     </row>
     <row r="68" spans="1:3">
       <c r="A68" t="s">
-        <v>187</v>
+        <v>189</v>
       </c>
       <c r="B68" t="s">
-        <v>188</v>
+        <v>190</v>
       </c>
       <c r="C68" t="s">
-        <v>189</v>
+        <v>191</v>
       </c>
     </row>
     <row r="69" spans="1:3">
       <c r="A69" t="s">
-        <v>190</v>
+        <v>192</v>
       </c>
       <c r="B69" t="s">
-        <v>191</v>
+        <v>193</v>
       </c>
       <c r="C69" t="s">
-        <v>71</v>
+        <v>194</v>
       </c>
     </row>
     <row r="70" spans="1:3">
       <c r="A70" t="s">
-        <v>192</v>
+        <v>195</v>
       </c>
       <c r="B70" t="s">
-        <v>193</v>
+        <v>196</v>
       </c>
       <c r="C70" t="s">
-        <v>71</v>
+        <v>197</v>
       </c>
     </row>
     <row r="71" spans="1:3">
       <c r="A71" t="s">
-        <v>194</v>
+        <v>198</v>
       </c>
       <c r="B71" t="s">
-        <v>195</v>
+        <v>199</v>
       </c>
       <c r="C71" t="s">
-        <v>196</v>
+        <v>88</v>
       </c>
     </row>
     <row r="72" spans="1:3">
       <c r="A72" t="s">
-        <v>197</v>
+        <v>200</v>
       </c>
       <c r="B72" t="s">
-        <v>198</v>
+        <v>201</v>
       </c>
       <c r="C72" t="s">
-        <v>199</v>
+        <v>202</v>
       </c>
     </row>
     <row r="73" spans="1:3">
       <c r="A73" t="s">
-        <v>200</v>
+        <v>203</v>
       </c>
       <c r="B73" t="s">
-        <v>201</v>
+        <v>204</v>
       </c>
       <c r="C73" t="s">
-        <v>202</v>
+        <v>205</v>
       </c>
     </row>
     <row r="74" spans="1:3">
       <c r="A74" t="s">
-        <v>203</v>
+        <v>206</v>
       </c>
       <c r="B74" t="s">
-        <v>204</v>
+        <v>207</v>
       </c>
       <c r="C74" t="s">
-        <v>205</v>
+        <v>176</v>
       </c>
     </row>
     <row r="75" spans="1:3">
       <c r="A75" t="s">
-        <v>206</v>
+        <v>208</v>
       </c>
       <c r="B75" t="s">
-        <v>207</v>
+        <v>209</v>
       </c>
       <c r="C75" t="s">
-        <v>208</v>
+        <v>210</v>
       </c>
     </row>
     <row r="76" spans="1:3">
       <c r="A76" t="s">
-        <v>209</v>
+        <v>211</v>
       </c>
       <c r="B76" t="s">
-        <v>210</v>
+        <v>212</v>
       </c>
       <c r="C76" t="s">
-        <v>71</v>
+        <v>213</v>
       </c>
     </row>
     <row r="77" spans="1:3">
       <c r="A77" t="s">
-        <v>211</v>
+        <v>214</v>
       </c>
       <c r="B77" t="s">
-        <v>212</v>
+        <v>215</v>
       </c>
       <c r="C77" t="s">
-        <v>213</v>
+        <v>216</v>
       </c>
     </row>
     <row r="78" spans="1:3">
       <c r="A78" t="s">
-        <v>214</v>
+        <v>217</v>
       </c>
       <c r="B78" t="s">
-        <v>215</v>
+        <v>218</v>
       </c>
       <c r="C78" t="s">
-        <v>216</v>
+        <v>219</v>
       </c>
     </row>
     <row r="79" spans="1:3">
       <c r="A79" t="s">
-        <v>217</v>
+        <v>220</v>
       </c>
       <c r="B79" t="s">
-        <v>218</v>
+        <v>221</v>
       </c>
       <c r="C79" t="s">
-        <v>219</v>
+        <v>222</v>
       </c>
     </row>
     <row r="80" spans="1:3">
       <c r="A80" t="s">
-        <v>220</v>
+        <v>223</v>
       </c>
       <c r="B80" t="s">
-        <v>221</v>
+        <v>224</v>
       </c>
       <c r="C80" t="s">
-        <v>47</v>
+        <v>225</v>
       </c>
     </row>
     <row r="81" spans="1:3">
       <c r="A81" t="s">
-        <v>222</v>
+        <v>226</v>
       </c>
       <c r="B81" t="s">
-        <v>223</v>
+        <v>227</v>
       </c>
       <c r="C81" t="s">
-        <v>224</v>
+        <v>228</v>
       </c>
     </row>
     <row r="82" spans="1:3">
       <c r="A82" t="s">
-        <v>225</v>
+        <v>229</v>
       </c>
       <c r="B82" t="s">
-        <v>226</v>
+        <v>230</v>
       </c>
       <c r="C82" t="s">
-        <v>227</v>
+        <v>231</v>
       </c>
     </row>
     <row r="83" spans="1:3">
       <c r="A83" t="s">
-        <v>228</v>
+        <v>232</v>
       </c>
       <c r="B83" t="s">
-        <v>229</v>
+        <v>233</v>
       </c>
       <c r="C83" t="s">
-        <v>230</v>
+        <v>234</v>
       </c>
     </row>
     <row r="84" spans="1:3">
       <c r="A84" t="s">
-        <v>231</v>
+        <v>235</v>
       </c>
       <c r="B84" t="s">
-        <v>232</v>
+        <v>236</v>
       </c>
       <c r="C84" t="s">
-        <v>233</v>
+        <v>157</v>
       </c>
     </row>
     <row r="85" spans="1:3">
       <c r="A85" t="s">
-        <v>234</v>
+        <v>237</v>
       </c>
       <c r="B85" t="s">
-        <v>235</v>
+        <v>238</v>
       </c>
       <c r="C85" t="s">
-        <v>236</v>
+        <v>239</v>
       </c>
     </row>
     <row r="86" spans="1:3">
       <c r="A86" t="s">
-        <v>237</v>
+        <v>240</v>
       </c>
       <c r="B86" t="s">
-        <v>238</v>
+        <v>241</v>
       </c>
       <c r="C86" t="s">
-        <v>239</v>
+        <v>242</v>
       </c>
     </row>
     <row r="87" spans="1:3">
       <c r="A87" t="s">
-        <v>240</v>
+        <v>243</v>
       </c>
       <c r="B87" t="s">
-        <v>241</v>
+        <v>244</v>
       </c>
       <c r="C87" t="s">
-        <v>236</v>
+        <v>245</v>
       </c>
     </row>
     <row r="88" spans="1:3">
       <c r="A88" t="s">
-        <v>242</v>
+        <v>246</v>
       </c>
       <c r="B88" t="s">
-        <v>243</v>
+        <v>247</v>
       </c>
       <c r="C88" t="s">
-        <v>244</v>
+        <v>248</v>
       </c>
     </row>
     <row r="89" spans="1:3">
       <c r="A89" t="s">
-        <v>245</v>
+        <v>249</v>
       </c>
       <c r="B89" t="s">
-        <v>246</v>
+        <v>250</v>
       </c>
       <c r="C89" t="s">
-        <v>244</v>
+        <v>251</v>
       </c>
     </row>
     <row r="90" spans="1:3">
       <c r="A90" t="s">
-        <v>247</v>
+        <v>252</v>
       </c>
       <c r="B90" t="s">
-        <v>248</v>
+        <v>253</v>
       </c>
       <c r="C90" t="s">
-        <v>249</v>
+        <v>251</v>
       </c>
     </row>
     <row r="91" spans="1:3">
       <c r="A91" t="s">
-        <v>250</v>
+        <v>254</v>
       </c>
       <c r="B91" t="s">
-        <v>251</v>
+        <v>255</v>
       </c>
       <c r="C91" t="s">
-        <v>239</v>
+        <v>256</v>
       </c>
     </row>
     <row r="92" spans="1:3">
       <c r="A92" t="s">
-        <v>252</v>
+        <v>257</v>
       </c>
       <c r="B92" t="s">
-        <v>253</v>
+        <v>258</v>
       </c>
       <c r="C92" t="s">
-        <v>254</v>
+        <v>259</v>
       </c>
     </row>
     <row r="93" spans="1:3">
       <c r="A93" t="s">
-        <v>255</v>
+        <v>260</v>
       </c>
       <c r="B93" t="s">
-        <v>256</v>
+        <v>261</v>
       </c>
       <c r="C93" t="s">
-        <v>257</v>
+        <v>262</v>
       </c>
     </row>
     <row r="94" spans="1:3">
       <c r="A94" t="s">
-        <v>258</v>
+        <v>263</v>
       </c>
       <c r="B94" t="s">
-        <v>259</v>
+        <v>264</v>
       </c>
       <c r="C94" t="s">
-        <v>260</v>
+        <v>265</v>
       </c>
     </row>
     <row r="95" spans="1:3">
       <c r="A95" t="s">
-        <v>261</v>
+        <v>266</v>
       </c>
       <c r="B95" t="s">
-        <v>262</v>
+        <v>267</v>
       </c>
       <c r="C95" t="s">
-        <v>263</v>
+        <v>268</v>
       </c>
     </row>
     <row r="96" spans="1:3">
       <c r="A96" t="s">
-        <v>264</v>
+        <v>269</v>
       </c>
       <c r="B96" t="s">
-        <v>265</v>
+        <v>270</v>
       </c>
       <c r="C96" t="s">
-        <v>266</v>
+        <v>271</v>
       </c>
     </row>
     <row r="97" spans="1:3">
       <c r="A97" t="s">
-        <v>267</v>
+        <v>272</v>
       </c>
       <c r="B97" t="s">
-        <v>268</v>
+        <v>273</v>
       </c>
       <c r="C97" t="s">
-        <v>44</v>
+        <v>274</v>
       </c>
     </row>
     <row r="98" spans="1:3">
       <c r="A98" t="s">
-        <v>269</v>
+        <v>275</v>
       </c>
       <c r="B98" t="s">
-        <v>270</v>
+        <v>276</v>
       </c>
       <c r="C98" t="s">
-        <v>233</v>
+        <v>277</v>
       </c>
     </row>
     <row r="99" spans="1:3">
       <c r="A99" t="s">
-        <v>271</v>
+        <v>278</v>
       </c>
       <c r="B99" t="s">
-        <v>272</v>
+        <v>279</v>
       </c>
       <c r="C99" t="s">
-        <v>273</v>
+        <v>225</v>
       </c>
     </row>
     <row r="100" spans="1:3">
       <c r="A100" t="s">
-        <v>274</v>
+        <v>280</v>
       </c>
       <c r="B100" t="s">
-        <v>275</v>
+        <v>281</v>
       </c>
       <c r="C100" t="s">
-        <v>174</v>
+        <v>282</v>
       </c>
     </row>
     <row r="101" spans="1:3">
       <c r="A101" t="s">
-        <v>276</v>
+        <v>283</v>
       </c>
       <c r="B101" t="s">
-        <v>277</v>
+        <v>284</v>
       </c>
       <c r="C101" t="s">
-        <v>278</v>
+        <v>285</v>
       </c>
     </row>
     <row r="102" spans="1:3">
       <c r="A102" t="s">
-        <v>279</v>
+        <v>286</v>
       </c>
       <c r="B102" t="s">
-        <v>280</v>
+        <v>287</v>
       </c>
       <c r="C102" t="s">
-        <v>249</v>
+        <v>154</v>
       </c>
     </row>
     <row r="103" spans="1:3">
       <c r="A103" t="s">
-        <v>281</v>
+        <v>288</v>
       </c>
       <c r="B103" t="s">
-        <v>282</v>
+        <v>289</v>
       </c>
       <c r="C103" t="s">
-        <v>283</v>
+        <v>130</v>
       </c>
     </row>
     <row r="104" spans="1:3">
       <c r="A104" t="s">
-        <v>284</v>
+        <v>290</v>
       </c>
       <c r="B104" t="s">
-        <v>285</v>
+        <v>291</v>
       </c>
       <c r="C104" t="s">
-        <v>286</v>
+        <v>292</v>
       </c>
     </row>
     <row r="105" spans="1:3">
       <c r="A105" t="s">
-        <v>287</v>
+        <v>293</v>
       </c>
       <c r="B105" t="s">
-        <v>288</v>
+        <v>294</v>
       </c>
       <c r="C105" t="s">
-        <v>236</v>
+        <v>295</v>
       </c>
     </row>
     <row r="106" spans="1:3">
       <c r="A106" t="s">
-        <v>289</v>
+        <v>296</v>
       </c>
       <c r="B106" t="s">
-        <v>290</v>
+        <v>297</v>
       </c>
       <c r="C106" t="s">
-        <v>249</v>
+        <v>298</v>
       </c>
     </row>
     <row r="107" spans="1:3">
       <c r="A107" t="s">
-        <v>291</v>
+        <v>299</v>
       </c>
       <c r="B107" t="s">
-        <v>292</v>
+        <v>300</v>
       </c>
       <c r="C107" t="s">
-        <v>77</v>
+        <v>301</v>
       </c>
     </row>
     <row r="108" spans="1:3">
       <c r="A108" t="s">
-        <v>293</v>
+        <v>302</v>
       </c>
       <c r="B108" t="s">
-        <v>294</v>
+        <v>303</v>
       </c>
       <c r="C108" t="s">
-        <v>239</v>
+        <v>304</v>
       </c>
     </row>
     <row r="109" spans="1:3">
       <c r="A109" t="s">
-        <v>295</v>
+        <v>305</v>
       </c>
       <c r="B109" t="s">
-        <v>296</v>
+        <v>306</v>
       </c>
       <c r="C109" t="s">
-        <v>297</v>
+        <v>307</v>
       </c>
     </row>
     <row r="110" spans="1:3">
       <c r="A110" t="s">
-        <v>298</v>
+        <v>308</v>
       </c>
       <c r="B110" t="s">
-        <v>299</v>
+        <v>309</v>
       </c>
       <c r="C110" t="s">
-        <v>236</v>
+        <v>310</v>
       </c>
     </row>
     <row r="111" spans="1:3">
       <c r="A111" t="s">
-        <v>300</v>
+        <v>311</v>
       </c>
       <c r="B111" t="s">
-        <v>301</v>
+        <v>312</v>
       </c>
       <c r="C111" t="s">
-        <v>302</v>
+        <v>313</v>
       </c>
     </row>
     <row r="112" spans="1:3">
       <c r="A112" t="s">
-        <v>303</v>
+        <v>314</v>
       </c>
       <c r="B112" t="s">
-        <v>304</v>
+        <v>315</v>
       </c>
       <c r="C112" t="s">
-        <v>305</v>
+        <v>316</v>
       </c>
     </row>
     <row r="113" spans="1:3">
       <c r="A113" t="s">
-        <v>306</v>
+        <v>317</v>
       </c>
       <c r="B113" t="s">
-        <v>307</v>
+        <v>318</v>
       </c>
       <c r="C113" t="s">
-        <v>308</v>
+        <v>154</v>
       </c>
     </row>
     <row r="114" spans="1:3">
       <c r="A114" t="s">
-        <v>309</v>
+        <v>319</v>
       </c>
       <c r="B114" t="s">
-        <v>310</v>
+        <v>320</v>
       </c>
       <c r="C114" t="s">
-        <v>286</v>
+        <v>321</v>
       </c>
     </row>
     <row r="115" spans="1:3">
       <c r="A115" t="s">
-        <v>311</v>
+        <v>322</v>
       </c>
       <c r="B115" t="s">
-        <v>312</v>
+        <v>323</v>
       </c>
       <c r="C115" t="s">
-        <v>77</v>
+        <v>103</v>
       </c>
     </row>
     <row r="116" spans="1:3">
       <c r="A116" t="s">
-        <v>313</v>
+        <v>324</v>
       </c>
       <c r="B116" t="s">
-        <v>314</v>
+        <v>325</v>
       </c>
       <c r="C116" t="s">
-        <v>249</v>
+        <v>326</v>
       </c>
     </row>
     <row r="117" spans="1:3">
       <c r="A117" t="s">
-        <v>315</v>
+        <v>327</v>
       </c>
       <c r="B117" t="s">
-        <v>316</v>
+        <v>328</v>
       </c>
       <c r="C117" t="s">
-        <v>317</v>
+        <v>329</v>
       </c>
     </row>
     <row r="118" spans="1:3">
       <c r="A118" t="s">
-        <v>318</v>
+        <v>330</v>
       </c>
       <c r="B118" t="s">
-        <v>319</v>
+        <v>331</v>
       </c>
       <c r="C118" t="s">
-        <v>257</v>
+        <v>332</v>
       </c>
     </row>
     <row r="119" spans="1:3">
       <c r="A119" t="s">
-        <v>320</v>
+        <v>333</v>
       </c>
       <c r="B119" t="s">
-        <v>321</v>
+        <v>334</v>
       </c>
       <c r="C119" t="s">
-        <v>322</v>
+        <v>335</v>
       </c>
     </row>
     <row r="120" spans="1:3">
       <c r="A120" t="s">
-        <v>323</v>
+        <v>336</v>
       </c>
       <c r="B120" t="s">
-        <v>324</v>
+        <v>337</v>
       </c>
       <c r="C120" t="s">
-        <v>249</v>
+        <v>338</v>
       </c>
     </row>
     <row r="121" spans="1:3">
       <c r="A121" t="s">
-        <v>325</v>
+        <v>339</v>
       </c>
       <c r="B121" t="s">
-        <v>326</v>
+        <v>340</v>
       </c>
       <c r="C121" t="s">
-        <v>77</v>
+        <v>173</v>
       </c>
     </row>
     <row r="122" spans="1:3">
       <c r="A122" t="s">
-        <v>327</v>
+        <v>341</v>
       </c>
       <c r="B122" t="s">
-        <v>328</v>
+        <v>342</v>
       </c>
       <c r="C122" t="s">
-        <v>273</v>
+        <v>118</v>
       </c>
     </row>
     <row r="123" spans="1:3">
       <c r="A123" t="s">
-        <v>329</v>
+        <v>343</v>
       </c>
       <c r="B123" t="s">
-        <v>330</v>
+        <v>344</v>
       </c>
       <c r="C123" t="s">
-        <v>331</v>
+        <v>345</v>
       </c>
     </row>
     <row r="124" spans="1:3">
       <c r="A124" t="s">
-        <v>332</v>
+        <v>346</v>
       </c>
       <c r="B124" t="s">
-        <v>333</v>
+        <v>347</v>
       </c>
       <c r="C124" t="s">
-        <v>239</v>
+        <v>348</v>
       </c>
     </row>
     <row r="125" spans="1:3">
       <c r="A125" t="s">
-        <v>334</v>
+        <v>349</v>
       </c>
       <c r="B125" t="s">
-        <v>335</v>
+        <v>350</v>
       </c>
       <c r="C125" t="s">
-        <v>297</v>
+        <v>351</v>
       </c>
     </row>
     <row r="126" spans="1:3">
       <c r="A126" t="s">
-        <v>336</v>
+        <v>352</v>
       </c>
       <c r="B126" t="s">
-        <v>337</v>
+        <v>353</v>
       </c>
       <c r="C126" t="s">
-        <v>249</v>
+        <v>65</v>
       </c>
     </row>
     <row r="127" spans="1:3">
       <c r="A127" t="s">
-        <v>338</v>
+        <v>354</v>
       </c>
       <c r="B127" t="s">
-        <v>339</v>
+        <v>355</v>
       </c>
       <c r="C127" t="s">
-        <v>340</v>
+        <v>348</v>
       </c>
     </row>
     <row r="128" spans="1:3">
       <c r="A128" t="s">
-        <v>341</v>
+        <v>356</v>
       </c>
       <c r="B128" t="s">
-        <v>342</v>
+        <v>357</v>
       </c>
       <c r="C128" t="s">
-        <v>343</v>
+        <v>358</v>
       </c>
     </row>
     <row r="129" spans="1:3">
       <c r="A129" t="s">
-        <v>344</v>
+        <v>359</v>
       </c>
       <c r="B129" t="s">
-        <v>345</v>
+        <v>360</v>
       </c>
       <c r="C129" t="s">
-        <v>346</v>
+        <v>361</v>
       </c>
     </row>
     <row r="130" spans="1:3">
       <c r="A130" t="s">
-        <v>347</v>
+        <v>362</v>
       </c>
       <c r="B130" t="s">
-        <v>348</v>
+        <v>363</v>
       </c>
       <c r="C130" t="s">
-        <v>236</v>
+        <v>364</v>
       </c>
     </row>
     <row r="131" spans="1:3">
       <c r="A131" t="s">
-        <v>349</v>
+        <v>365</v>
       </c>
       <c r="B131" t="s">
-        <v>350</v>
+        <v>366</v>
       </c>
       <c r="C131" t="s">
-        <v>351</v>
+        <v>367</v>
       </c>
     </row>
     <row r="132" spans="1:3">
       <c r="A132" t="s">
-        <v>352</v>
+        <v>368</v>
       </c>
       <c r="B132" t="s">
-        <v>353</v>
+        <v>369</v>
       </c>
       <c r="C132" t="s">
-        <v>236</v>
+        <v>370</v>
       </c>
     </row>
     <row r="133" spans="1:3">
       <c r="A133" t="s">
-        <v>354</v>
+        <v>371</v>
       </c>
       <c r="B133" t="s">
-        <v>355</v>
+        <v>372</v>
       </c>
       <c r="C133" t="s">
-        <v>356</v>
+        <v>373</v>
       </c>
     </row>
     <row r="134" spans="1:3">
       <c r="A134" t="s">
-        <v>357</v>
+        <v>374</v>
       </c>
       <c r="B134" t="s">
-        <v>358</v>
+        <v>375</v>
       </c>
       <c r="C134" t="s">
-        <v>286</v>
+        <v>376</v>
       </c>
     </row>
     <row r="135" spans="1:3">
       <c r="A135" t="s">
-        <v>359</v>
+        <v>377</v>
       </c>
       <c r="B135" t="s">
-        <v>360</v>
+        <v>378</v>
       </c>
       <c r="C135" t="s">
-        <v>239</v>
+        <v>379</v>
       </c>
     </row>
     <row r="136" spans="1:3">
       <c r="A136" t="s">
-        <v>361</v>
+        <v>380</v>
       </c>
       <c r="B136" t="s">
-        <v>362</v>
+        <v>381</v>
       </c>
       <c r="C136" t="s">
-        <v>363</v>
+        <v>376</v>
       </c>
     </row>
     <row r="137" spans="1:3">
       <c r="A137" t="s">
-        <v>364</v>
+        <v>382</v>
       </c>
       <c r="B137" t="s">
-        <v>365</v>
+        <v>383</v>
       </c>
       <c r="C137" t="s">
-        <v>366</v>
+        <v>384</v>
       </c>
     </row>
     <row r="138" spans="1:3">
       <c r="A138" t="s">
-        <v>367</v>
+        <v>385</v>
       </c>
       <c r="B138" t="s">
-        <v>368</v>
+        <v>386</v>
       </c>
       <c r="C138" t="s">
-        <v>249</v>
+        <v>387</v>
       </c>
     </row>
     <row r="139" spans="1:3">
       <c r="A139" t="s">
-        <v>369</v>
+        <v>388</v>
       </c>
       <c r="B139" t="s">
-        <v>370</v>
+        <v>389</v>
       </c>
       <c r="C139" t="s">
-        <v>371</v>
+        <v>390</v>
       </c>
     </row>
     <row r="140" spans="1:3">
       <c r="A140" t="s">
-        <v>372</v>
+        <v>391</v>
       </c>
       <c r="B140" t="s">
-        <v>373</v>
+        <v>392</v>
       </c>
       <c r="C140" t="s">
-        <v>374</v>
+        <v>387</v>
       </c>
     </row>
     <row r="141" spans="1:3">
       <c r="A141" t="s">
-        <v>375</v>
+        <v>393</v>
       </c>
       <c r="B141" t="s">
-        <v>376</v>
+        <v>394</v>
       </c>
       <c r="C141" t="s">
-        <v>371</v>
+        <v>387</v>
       </c>
     </row>
     <row r="142" spans="1:3">
       <c r="A142" t="s">
-        <v>377</v>
+        <v>395</v>
       </c>
       <c r="B142" t="s">
-        <v>378</v>
+        <v>396</v>
       </c>
       <c r="C142" t="s">
-        <v>44</v>
+        <v>397</v>
       </c>
     </row>
     <row r="143" spans="1:3">
       <c r="A143" t="s">
+        <v>398</v>
+      </c>
+      <c r="B143" t="s">
+        <v>399</v>
+      </c>
+      <c r="C143" t="s">
         <v>379</v>
-      </c>
-[...4 lines deleted...]
-        <v>346</v>
       </c>
     </row>
     <row r="144" spans="1:3">
       <c r="A144" t="s">
-        <v>381</v>
+        <v>400</v>
       </c>
       <c r="B144" t="s">
-        <v>382</v>
+        <v>401</v>
       </c>
       <c r="C144" t="s">
-        <v>257</v>
+        <v>402</v>
       </c>
     </row>
     <row r="145" spans="1:3">
       <c r="A145" t="s">
-        <v>383</v>
+        <v>403</v>
       </c>
       <c r="B145" t="s">
-        <v>384</v>
+        <v>404</v>
       </c>
       <c r="C145" t="s">
-        <v>351</v>
+        <v>373</v>
       </c>
     </row>
     <row r="146" spans="1:3">
       <c r="A146" t="s">
-        <v>385</v>
+        <v>405</v>
       </c>
       <c r="B146" t="s">
-        <v>386</v>
+        <v>406</v>
       </c>
       <c r="C146" t="s">
-        <v>387</v>
+        <v>407</v>
       </c>
     </row>
     <row r="147" spans="1:3">
       <c r="A147" t="s">
-        <v>388</v>
+        <v>408</v>
       </c>
       <c r="B147" t="s">
-        <v>389</v>
+        <v>409</v>
       </c>
       <c r="C147" t="s">
-        <v>249</v>
+        <v>397</v>
       </c>
     </row>
     <row r="148" spans="1:3">
       <c r="A148" t="s">
-        <v>390</v>
+        <v>410</v>
       </c>
       <c r="B148" t="s">
-        <v>391</v>
+        <v>411</v>
       </c>
       <c r="C148" t="s">
-        <v>392</v>
+        <v>397</v>
       </c>
     </row>
     <row r="149" spans="1:3">
       <c r="A149" t="s">
-        <v>393</v>
+        <v>412</v>
       </c>
       <c r="B149" t="s">
-        <v>394</v>
+        <v>413</v>
       </c>
       <c r="C149" t="s">
-        <v>395</v>
+        <v>376</v>
       </c>
     </row>
     <row r="150" spans="1:3">
       <c r="A150" t="s">
-        <v>396</v>
+        <v>414</v>
       </c>
       <c r="B150" t="s">
-        <v>397</v>
+        <v>415</v>
       </c>
       <c r="C150" t="s">
-        <v>398</v>
+        <v>379</v>
       </c>
     </row>
     <row r="151" spans="1:3">
       <c r="A151" t="s">
-        <v>399</v>
+        <v>416</v>
       </c>
       <c r="B151" t="s">
-        <v>400</v>
+        <v>417</v>
       </c>
       <c r="C151" t="s">
-        <v>44</v>
+        <v>384</v>
       </c>
     </row>
     <row r="152" spans="1:3">
       <c r="A152" t="s">
-        <v>401</v>
+        <v>418</v>
       </c>
       <c r="B152" t="s">
-        <v>402</v>
+        <v>419</v>
       </c>
       <c r="C152" t="s">
-        <v>403</v>
+        <v>420</v>
       </c>
     </row>
     <row r="153" spans="1:3">
       <c r="A153" t="s">
-        <v>404</v>
+        <v>421</v>
       </c>
       <c r="B153" t="s">
-        <v>405</v>
+        <v>422</v>
       </c>
       <c r="C153" t="s">
-        <v>406</v>
+        <v>376</v>
       </c>
     </row>
     <row r="154" spans="1:3">
       <c r="A154" t="s">
-        <v>407</v>
+        <v>423</v>
       </c>
       <c r="B154" t="s">
-        <v>408</v>
+        <v>424</v>
       </c>
       <c r="C154" t="s">
-        <v>273</v>
+        <v>425</v>
       </c>
     </row>
     <row r="155" spans="1:3">
       <c r="A155" t="s">
-        <v>409</v>
+        <v>426</v>
       </c>
       <c r="B155" t="s">
-        <v>410</v>
+        <v>427</v>
       </c>
       <c r="C155" t="s">
-        <v>411</v>
+        <v>428</v>
       </c>
     </row>
     <row r="156" spans="1:3">
       <c r="A156" t="s">
-        <v>412</v>
+        <v>429</v>
       </c>
       <c r="B156" t="s">
-        <v>413</v>
+        <v>430</v>
       </c>
       <c r="C156" t="s">
-        <v>414</v>
+        <v>397</v>
       </c>
     </row>
     <row r="157" spans="1:3">
       <c r="A157" t="s">
-        <v>415</v>
+        <v>431</v>
       </c>
       <c r="B157" t="s">
-        <v>416</v>
+        <v>432</v>
       </c>
       <c r="C157" t="s">
-        <v>343</v>
+        <v>397</v>
       </c>
     </row>
     <row r="158" spans="1:3">
       <c r="A158" t="s">
-        <v>417</v>
+        <v>433</v>
       </c>
       <c r="B158" t="s">
-        <v>418</v>
+        <v>434</v>
       </c>
       <c r="C158" t="s">
-        <v>273</v>
+        <v>407</v>
       </c>
     </row>
     <row r="159" spans="1:3">
       <c r="A159" t="s">
-        <v>419</v>
+        <v>435</v>
       </c>
       <c r="B159" t="s">
-        <v>420</v>
+        <v>436</v>
       </c>
       <c r="C159" t="s">
-        <v>421</v>
+        <v>379</v>
       </c>
     </row>
     <row r="160" spans="1:3">
       <c r="A160" t="s">
-        <v>422</v>
+        <v>437</v>
       </c>
       <c r="B160" t="s">
-        <v>423</v>
+        <v>438</v>
       </c>
       <c r="C160" t="s">
-        <v>387</v>
+        <v>420</v>
       </c>
     </row>
     <row r="161" spans="1:3">
       <c r="A161" t="s">
-        <v>424</v>
+        <v>439</v>
       </c>
       <c r="B161" t="s">
-        <v>425</v>
+        <v>440</v>
       </c>
       <c r="C161" t="s">
-        <v>426</v>
+        <v>397</v>
       </c>
     </row>
     <row r="162" spans="1:3">
       <c r="A162" t="s">
-        <v>427</v>
+        <v>441</v>
       </c>
       <c r="B162" t="s">
-        <v>428</v>
+        <v>442</v>
       </c>
       <c r="C162" t="s">
-        <v>429</v>
+        <v>376</v>
       </c>
     </row>
     <row r="163" spans="1:3">
       <c r="A163" t="s">
-        <v>430</v>
+        <v>443</v>
       </c>
       <c r="B163" t="s">
-        <v>431</v>
+        <v>444</v>
       </c>
       <c r="C163" t="s">
-        <v>297</v>
+        <v>384</v>
       </c>
     </row>
     <row r="164" spans="1:3">
       <c r="A164" t="s">
-        <v>432</v>
+        <v>445</v>
       </c>
       <c r="B164" t="s">
-        <v>433</v>
+        <v>446</v>
       </c>
       <c r="C164" t="s">
-        <v>434</v>
+        <v>379</v>
       </c>
     </row>
     <row r="165" spans="1:3">
       <c r="A165" t="s">
-        <v>435</v>
+        <v>447</v>
       </c>
       <c r="B165" t="s">
-        <v>436</v>
+        <v>448</v>
       </c>
       <c r="C165" t="s">
-        <v>437</v>
+        <v>397</v>
       </c>
     </row>
     <row r="166" spans="1:3">
       <c r="A166" t="s">
-        <v>438</v>
+        <v>449</v>
       </c>
       <c r="B166" t="s">
-        <v>439</v>
+        <v>450</v>
       </c>
       <c r="C166" t="s">
-        <v>411</v>
+        <v>451</v>
       </c>
     </row>
     <row r="167" spans="1:3">
       <c r="A167" t="s">
-        <v>440</v>
+        <v>452</v>
       </c>
       <c r="B167" t="s">
-        <v>441</v>
+        <v>453</v>
       </c>
       <c r="C167" t="s">
-        <v>297</v>
+        <v>454</v>
       </c>
     </row>
     <row r="168" spans="1:3">
       <c r="A168" t="s">
-        <v>442</v>
+        <v>455</v>
       </c>
       <c r="B168" t="s">
-        <v>443</v>
+        <v>456</v>
       </c>
       <c r="C168" t="s">
-        <v>426</v>
+        <v>451</v>
       </c>
     </row>
     <row r="169" spans="1:3">
       <c r="A169" t="s">
-        <v>444</v>
+        <v>457</v>
       </c>
       <c r="B169" t="s">
-        <v>445</v>
+        <v>458</v>
       </c>
       <c r="C169" t="s">
-        <v>273</v>
+        <v>397</v>
       </c>
     </row>
     <row r="170" spans="1:3">
       <c r="A170" t="s">
-        <v>446</v>
+        <v>459</v>
       </c>
       <c r="B170" t="s">
-        <v>447</v>
+        <v>460</v>
       </c>
       <c r="C170" t="s">
-        <v>448</v>
+        <v>407</v>
       </c>
     </row>
     <row r="171" spans="1:3">
       <c r="A171" t="s">
-        <v>449</v>
+        <v>461</v>
       </c>
       <c r="B171" t="s">
-        <v>450</v>
+        <v>462</v>
       </c>
       <c r="C171" t="s">
-        <v>411</v>
+        <v>463</v>
       </c>
     </row>
     <row r="172" spans="1:3">
       <c r="A172" t="s">
-        <v>451</v>
+        <v>464</v>
       </c>
       <c r="B172" t="s">
-        <v>452</v>
+        <v>465</v>
       </c>
       <c r="C172" t="s">
-        <v>426</v>
+        <v>407</v>
       </c>
     </row>
     <row r="173" spans="1:3">
       <c r="A173" t="s">
-        <v>453</v>
+        <v>466</v>
       </c>
       <c r="B173" t="s">
-        <v>454</v>
+        <v>467</v>
       </c>
       <c r="C173" t="s">
-        <v>297</v>
+        <v>428</v>
       </c>
     </row>
     <row r="174" spans="1:3">
       <c r="A174" t="s">
-        <v>455</v>
+        <v>468</v>
       </c>
       <c r="B174" t="s">
-        <v>456</v>
+        <v>469</v>
       </c>
       <c r="C174" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
     </row>
     <row r="175" spans="1:3">
       <c r="A175" t="s">
-        <v>457</v>
+        <v>470</v>
       </c>
       <c r="B175" t="s">
-        <v>458</v>
+        <v>471</v>
       </c>
       <c r="C175" t="s">
-        <v>297</v>
+        <v>472</v>
       </c>
     </row>
     <row r="176" spans="1:3">
       <c r="A176" t="s">
-        <v>459</v>
+        <v>473</v>
       </c>
       <c r="B176" t="s">
-        <v>460</v>
+        <v>474</v>
       </c>
       <c r="C176" t="s">
-        <v>249</v>
+        <v>463</v>
       </c>
     </row>
     <row r="177" spans="1:3">
       <c r="A177" t="s">
-        <v>461</v>
+        <v>475</v>
       </c>
       <c r="B177" t="s">
-        <v>462</v>
+        <v>476</v>
       </c>
       <c r="C177" t="s">
-        <v>463</v>
+        <v>420</v>
       </c>
     </row>
     <row r="178" spans="1:3">
       <c r="A178" t="s">
-        <v>464</v>
+        <v>477</v>
       </c>
       <c r="B178" t="s">
-        <v>465</v>
+        <v>478</v>
       </c>
       <c r="C178" t="s">
-        <v>466</v>
+        <v>428</v>
       </c>
     </row>
     <row r="179" spans="1:3">
       <c r="A179" t="s">
-        <v>467</v>
+        <v>479</v>
       </c>
       <c r="B179" t="s">
-        <v>468</v>
+        <v>480</v>
       </c>
       <c r="C179" t="s">
-        <v>426</v>
+        <v>463</v>
       </c>
     </row>
     <row r="180" spans="1:3">
       <c r="A180" t="s">
-        <v>469</v>
+        <v>481</v>
       </c>
       <c r="B180" t="s">
-        <v>470</v>
+        <v>482</v>
       </c>
       <c r="C180" t="s">
-        <v>297</v>
+        <v>428</v>
       </c>
     </row>
     <row r="181" spans="1:3">
       <c r="A181" t="s">
-        <v>471</v>
+        <v>483</v>
       </c>
       <c r="B181" t="s">
-        <v>472</v>
+        <v>484</v>
       </c>
       <c r="C181" t="s">
-        <v>257</v>
+        <v>420</v>
       </c>
     </row>
     <row r="182" spans="1:3">
       <c r="A182" t="s">
-        <v>473</v>
+        <v>485</v>
       </c>
       <c r="B182" t="s">
-        <v>474</v>
+        <v>486</v>
       </c>
       <c r="C182" t="s">
-        <v>317</v>
+        <v>428</v>
       </c>
     </row>
     <row r="183" spans="1:3">
       <c r="A183" t="s">
-        <v>475</v>
+        <v>487</v>
       </c>
       <c r="B183" t="s">
-        <v>476</v>
+        <v>488</v>
       </c>
       <c r="C183" t="s">
-        <v>257</v>
+        <v>420</v>
       </c>
     </row>
     <row r="184" spans="1:3">
       <c r="A184" t="s">
-        <v>477</v>
+        <v>489</v>
       </c>
       <c r="B184" t="s">
-        <v>478</v>
+        <v>490</v>
       </c>
       <c r="C184" t="s">
-        <v>77</v>
+        <v>397</v>
       </c>
     </row>
     <row r="185" spans="1:3">
       <c r="A185" t="s">
-        <v>479</v>
+        <v>491</v>
       </c>
       <c r="B185" t="s">
-        <v>480</v>
+        <v>492</v>
       </c>
       <c r="C185" t="s">
-        <v>249</v>
+        <v>428</v>
       </c>
     </row>
     <row r="186" spans="1:3">
       <c r="A186" t="s">
-        <v>481</v>
+        <v>493</v>
       </c>
       <c r="B186" t="s">
-        <v>482</v>
+        <v>494</v>
       </c>
       <c r="C186" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
     </row>
     <row r="187" spans="1:3">
       <c r="A187" t="s">
-        <v>483</v>
+        <v>495</v>
       </c>
       <c r="B187" t="s">
-        <v>484</v>
+        <v>496</v>
       </c>
       <c r="C187" t="s">
-        <v>186</v>
+        <v>397</v>
       </c>
     </row>
     <row r="188" spans="1:3">
       <c r="A188" t="s">
-        <v>485</v>
+        <v>497</v>
       </c>
       <c r="B188" t="s">
-        <v>486</v>
+        <v>498</v>
       </c>
       <c r="C188" t="s">
-        <v>426</v>
+        <v>428</v>
       </c>
     </row>
     <row r="189" spans="1:3">
       <c r="A189" t="s">
-        <v>487</v>
+        <v>499</v>
       </c>
       <c r="B189" t="s">
-        <v>488</v>
+        <v>500</v>
       </c>
       <c r="C189" t="s">
-        <v>421</v>
+        <v>463</v>
       </c>
     </row>
     <row r="190" spans="1:3">
       <c r="A190" t="s">
-        <v>489</v>
+        <v>501</v>
       </c>
       <c r="B190" t="s">
-        <v>490</v>
+        <v>502</v>
       </c>
       <c r="C190" t="s">
-        <v>398</v>
+        <v>428</v>
       </c>
     </row>
     <row r="191" spans="1:3">
       <c r="A191" t="s">
-        <v>491</v>
+        <v>503</v>
       </c>
       <c r="B191" t="s">
-        <v>492</v>
+        <v>504</v>
       </c>
       <c r="C191" t="s">
-        <v>387</v>
+        <v>505</v>
       </c>
     </row>
     <row r="192" spans="1:3">
       <c r="A192" t="s">
-        <v>493</v>
+        <v>506</v>
       </c>
       <c r="B192" t="s">
-        <v>494</v>
+        <v>507</v>
       </c>
       <c r="C192" t="s">
-        <v>411</v>
+        <v>420</v>
       </c>
     </row>
     <row r="193" spans="1:3">
       <c r="A193" t="s">
-        <v>495</v>
+        <v>508</v>
       </c>
       <c r="B193" t="s">
-        <v>496</v>
+        <v>509</v>
       </c>
       <c r="C193" t="s">
-        <v>448</v>
+        <v>510</v>
       </c>
     </row>
     <row r="194" spans="1:3">
       <c r="A194" t="s">
-        <v>497</v>
+        <v>511</v>
       </c>
       <c r="B194" t="s">
-        <v>498</v>
+        <v>512</v>
       </c>
       <c r="C194" t="s">
-        <v>411</v>
+        <v>463</v>
       </c>
     </row>
     <row r="195" spans="1:3">
       <c r="A195" t="s">
-        <v>499</v>
+        <v>513</v>
       </c>
       <c r="B195" t="s">
-        <v>500</v>
+        <v>514</v>
       </c>
       <c r="C195" t="s">
-        <v>273</v>
+        <v>407</v>
       </c>
     </row>
     <row r="196" spans="1:3">
       <c r="A196" t="s">
-        <v>501</v>
+        <v>515</v>
       </c>
       <c r="B196" t="s">
-        <v>502</v>
+        <v>516</v>
       </c>
       <c r="C196" t="s">
-        <v>503</v>
+        <v>517</v>
       </c>
     </row>
     <row r="197" spans="1:3">
       <c r="A197" t="s">
-        <v>504</v>
+        <v>518</v>
       </c>
       <c r="B197" t="s">
-        <v>505</v>
+        <v>519</v>
       </c>
       <c r="C197" t="s">
-        <v>506</v>
+        <v>520</v>
       </c>
     </row>
     <row r="198" spans="1:3">
       <c r="A198" t="s">
-        <v>507</v>
+        <v>521</v>
       </c>
       <c r="B198" t="s">
-        <v>508</v>
+        <v>522</v>
       </c>
       <c r="C198" t="s">
-        <v>68</v>
+        <v>463</v>
       </c>
     </row>
     <row r="199" spans="1:3">
       <c r="A199" t="s">
-        <v>509</v>
+        <v>523</v>
       </c>
       <c r="B199" t="s">
-        <v>510</v>
+        <v>524</v>
       </c>
       <c r="C199" t="s">
-        <v>511</v>
+        <v>407</v>
       </c>
     </row>
     <row r="200" spans="1:3">
       <c r="A200" t="s">
-        <v>512</v>
+        <v>525</v>
       </c>
       <c r="B200" t="s">
-        <v>513</v>
+        <v>526</v>
       </c>
       <c r="C200" t="s">
-        <v>411</v>
+        <v>310</v>
       </c>
     </row>
     <row r="201" spans="1:3">
       <c r="A201" t="s">
-        <v>514</v>
+        <v>527</v>
       </c>
       <c r="B201" t="s">
-        <v>515</v>
+        <v>528</v>
       </c>
       <c r="C201" t="s">
-        <v>273</v>
+        <v>463</v>
       </c>
     </row>
     <row r="202" spans="1:3">
       <c r="A202" t="s">
-        <v>516</v>
+        <v>529</v>
       </c>
       <c r="B202" t="s">
-        <v>517</v>
+        <v>530</v>
       </c>
       <c r="C202" t="s">
-        <v>518</v>
+        <v>407</v>
       </c>
     </row>
     <row r="203" spans="1:3">
       <c r="A203" t="s">
-        <v>519</v>
+        <v>531</v>
       </c>
       <c r="B203" t="s">
-        <v>520</v>
+        <v>532</v>
       </c>
       <c r="C203" t="s">
-        <v>521</v>
+        <v>420</v>
       </c>
     </row>
     <row r="204" spans="1:3">
       <c r="A204" t="s">
-        <v>522</v>
+        <v>533</v>
       </c>
       <c r="B204" t="s">
-        <v>523</v>
+        <v>534</v>
       </c>
       <c r="C204" t="s">
-        <v>273</v>
+        <v>463</v>
       </c>
     </row>
     <row r="205" spans="1:3">
       <c r="A205" t="s">
-        <v>524</v>
+        <v>535</v>
       </c>
       <c r="B205" t="s">
-        <v>525</v>
+        <v>536</v>
       </c>
       <c r="C205" t="s">
-        <v>526</v>
+        <v>472</v>
       </c>
     </row>
     <row r="206" spans="1:3">
       <c r="A206" t="s">
-        <v>527</v>
+        <v>537</v>
       </c>
       <c r="B206" t="s">
-        <v>528</v>
+        <v>538</v>
       </c>
       <c r="C206" t="s">
-        <v>529</v>
+        <v>539</v>
       </c>
     </row>
     <row r="207" spans="1:3">
       <c r="A207" t="s">
-        <v>530</v>
+        <v>540</v>
       </c>
       <c r="B207" t="s">
-        <v>531</v>
+        <v>541</v>
       </c>
       <c r="C207" t="s">
-        <v>297</v>
+        <v>463</v>
       </c>
     </row>
     <row r="208" spans="1:3">
       <c r="A208" t="s">
-        <v>532</v>
+        <v>542</v>
       </c>
       <c r="B208" t="s">
-        <v>533</v>
+        <v>543</v>
       </c>
       <c r="C208" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
     </row>
     <row r="209" spans="1:3">
       <c r="A209" t="s">
-        <v>534</v>
+        <v>544</v>
       </c>
       <c r="B209" t="s">
-        <v>535</v>
+        <v>545</v>
       </c>
       <c r="C209" t="s">
-        <v>536</v>
+        <v>546</v>
       </c>
     </row>
     <row r="210" spans="1:3">
       <c r="A210" t="s">
-        <v>537</v>
+        <v>547</v>
       </c>
       <c r="B210" t="s">
-        <v>538</v>
+        <v>548</v>
       </c>
       <c r="C210" t="s">
-        <v>351</v>
+        <v>402</v>
       </c>
     </row>
     <row r="211" spans="1:3">
       <c r="A211" t="s">
-        <v>539</v>
+        <v>549</v>
       </c>
       <c r="B211" t="s">
-        <v>540</v>
+        <v>550</v>
       </c>
       <c r="C211" t="s">
-        <v>437</v>
+        <v>551</v>
       </c>
     </row>
     <row r="212" spans="1:3">
       <c r="A212" t="s">
-        <v>541</v>
+        <v>552</v>
       </c>
       <c r="B212" t="s">
-        <v>542</v>
+        <v>553</v>
       </c>
       <c r="C212" t="s">
-        <v>543</v>
+        <v>554</v>
       </c>
     </row>
     <row r="213" spans="1:3">
       <c r="A213" t="s">
-        <v>544</v>
+        <v>555</v>
       </c>
       <c r="B213" t="s">
-        <v>545</v>
+        <v>556</v>
       </c>
       <c r="C213" t="s">
-        <v>411</v>
+        <v>407</v>
       </c>
     </row>
     <row r="214" spans="1:3">
       <c r="A214" t="s">
-        <v>546</v>
+        <v>557</v>
       </c>
       <c r="B214" t="s">
-        <v>547</v>
+        <v>558</v>
       </c>
       <c r="C214" t="s">
-        <v>273</v>
+        <v>428</v>
       </c>
     </row>
     <row r="215" spans="1:3">
       <c r="A215" t="s">
-        <v>548</v>
+        <v>559</v>
       </c>
       <c r="B215" t="s">
-        <v>549</v>
+        <v>560</v>
       </c>
       <c r="C215" t="s">
-        <v>550</v>
+        <v>420</v>
       </c>
     </row>
     <row r="216" spans="1:3">
       <c r="A216" t="s">
-        <v>551</v>
+        <v>561</v>
       </c>
       <c r="B216" t="s">
-        <v>552</v>
+        <v>562</v>
       </c>
       <c r="C216" t="s">
-        <v>260</v>
+        <v>428</v>
       </c>
     </row>
     <row r="217" spans="1:3">
       <c r="A217" t="s">
-        <v>553</v>
+        <v>563</v>
       </c>
       <c r="B217" t="s">
-        <v>554</v>
+        <v>564</v>
       </c>
       <c r="C217" t="s">
-        <v>555</v>
+        <v>463</v>
       </c>
     </row>
     <row r="218" spans="1:3">
       <c r="A218" t="s">
-        <v>556</v>
+        <v>565</v>
       </c>
       <c r="B218" t="s">
-        <v>557</v>
+        <v>566</v>
       </c>
       <c r="C218" t="s">
-        <v>558</v>
+        <v>397</v>
       </c>
     </row>
     <row r="219" spans="1:3">
       <c r="A219" t="s">
-        <v>559</v>
+        <v>567</v>
       </c>
       <c r="B219" t="s">
-        <v>560</v>
+        <v>568</v>
       </c>
       <c r="C219" t="s">
-        <v>561</v>
+        <v>370</v>
       </c>
     </row>
     <row r="220" spans="1:3">
       <c r="A220" t="s">
-        <v>562</v>
+        <v>569</v>
       </c>
       <c r="B220" t="s">
-        <v>563</v>
+        <v>570</v>
       </c>
       <c r="C220" t="s">
-        <v>564</v>
+        <v>428</v>
       </c>
     </row>
     <row r="221" spans="1:3">
       <c r="A221" t="s">
-        <v>565</v>
+        <v>571</v>
       </c>
       <c r="B221" t="s">
-        <v>566</v>
+        <v>572</v>
       </c>
       <c r="C221" t="s">
-        <v>426</v>
+        <v>376</v>
       </c>
     </row>
     <row r="222" spans="1:3">
       <c r="A222" t="s">
-        <v>567</v>
+        <v>573</v>
       </c>
       <c r="B222" t="s">
-        <v>568</v>
+        <v>574</v>
       </c>
       <c r="C222" t="s">
-        <v>297</v>
+        <v>376</v>
       </c>
     </row>
     <row r="223" spans="1:3">
       <c r="A223" t="s">
-        <v>569</v>
+        <v>575</v>
       </c>
       <c r="B223" t="s">
-        <v>570</v>
+        <v>576</v>
       </c>
       <c r="C223" t="s">
-        <v>571</v>
+        <v>577</v>
       </c>
     </row>
     <row r="224" spans="1:3">
       <c r="A224" t="s">
-        <v>572</v>
+        <v>578</v>
       </c>
       <c r="B224" t="s">
-        <v>573</v>
+        <v>579</v>
       </c>
       <c r="C224" t="s">
-        <v>426</v>
+        <v>384</v>
       </c>
     </row>
     <row r="225" spans="1:3">
       <c r="A225" t="s">
-        <v>574</v>
+        <v>580</v>
       </c>
       <c r="B225" t="s">
-        <v>575</v>
+        <v>581</v>
       </c>
       <c r="C225" t="s">
-        <v>411</v>
+        <v>384</v>
       </c>
     </row>
     <row r="226" spans="1:3">
       <c r="A226" t="s">
-        <v>576</v>
+        <v>582</v>
       </c>
       <c r="B226" t="s">
-        <v>577</v>
+        <v>583</v>
       </c>
       <c r="C226" t="s">
-        <v>518</v>
+        <v>584</v>
       </c>
     </row>
     <row r="227" spans="1:3">
       <c r="A227" t="s">
-        <v>578</v>
+        <v>585</v>
       </c>
       <c r="B227" t="s">
-        <v>579</v>
+        <v>586</v>
       </c>
       <c r="C227" t="s">
-        <v>249</v>
+        <v>420</v>
       </c>
     </row>
     <row r="228" spans="1:3">
       <c r="A228" t="s">
-        <v>580</v>
+        <v>587</v>
       </c>
       <c r="B228" t="s">
-        <v>581</v>
+        <v>588</v>
       </c>
       <c r="C228" t="s">
-        <v>582</v>
+        <v>510</v>
       </c>
     </row>
     <row r="229" spans="1:3">
       <c r="A229" t="s">
-        <v>583</v>
+        <v>589</v>
       </c>
       <c r="B229" t="s">
-        <v>584</v>
+        <v>590</v>
       </c>
       <c r="C229" t="s">
-        <v>434</v>
+        <v>384</v>
       </c>
     </row>
     <row r="230" spans="1:3">
       <c r="A230" t="s">
-        <v>585</v>
+        <v>591</v>
       </c>
       <c r="B230" t="s">
-        <v>586</v>
+        <v>592</v>
       </c>
       <c r="C230" t="s">
-        <v>322</v>
+        <v>397</v>
       </c>
     </row>
     <row r="231" spans="1:3">
       <c r="A231" t="s">
-        <v>587</v>
+        <v>593</v>
       </c>
       <c r="B231" t="s">
-        <v>588</v>
+        <v>594</v>
       </c>
       <c r="C231" t="s">
-        <v>426</v>
+        <v>510</v>
       </c>
     </row>
     <row r="232" spans="1:3">
       <c r="A232" t="s">
-        <v>589</v>
+        <v>595</v>
       </c>
       <c r="B232" t="s">
-        <v>590</v>
+        <v>596</v>
       </c>
       <c r="C232" t="s">
-        <v>414</v>
+        <v>376</v>
       </c>
     </row>
     <row r="233" spans="1:3">
       <c r="A233" t="s">
-        <v>591</v>
+        <v>597</v>
       </c>
       <c r="B233" t="s">
-        <v>592</v>
+        <v>598</v>
       </c>
       <c r="C233" t="s">
-        <v>343</v>
+        <v>420</v>
       </c>
     </row>
     <row r="234" spans="1:3">
       <c r="A234" t="s">
-        <v>593</v>
+        <v>599</v>
       </c>
       <c r="B234" t="s">
-        <v>594</v>
+        <v>600</v>
       </c>
       <c r="C234" t="s">
-        <v>236</v>
+        <v>420</v>
       </c>
     </row>
     <row r="235" spans="1:3">
       <c r="A235" t="s">
-        <v>595</v>
+        <v>601</v>
       </c>
       <c r="B235" t="s">
-        <v>596</v>
+        <v>602</v>
       </c>
       <c r="C235" t="s">
-        <v>597</v>
+        <v>384</v>
       </c>
     </row>
     <row r="236" spans="1:3">
       <c r="A236" t="s">
-        <v>598</v>
+        <v>603</v>
       </c>
       <c r="B236" t="s">
-        <v>599</v>
+        <v>604</v>
       </c>
       <c r="C236" t="s">
-        <v>236</v>
+        <v>397</v>
       </c>
     </row>
     <row r="237" spans="1:3">
       <c r="A237" t="s">
-        <v>600</v>
+        <v>605</v>
       </c>
       <c r="B237" t="s">
-        <v>601</v>
+        <v>606</v>
       </c>
       <c r="C237" t="s">
-        <v>236</v>
+        <v>607</v>
       </c>
     </row>
     <row r="238" spans="1:3">
       <c r="A238" t="s">
-        <v>602</v>
+        <v>608</v>
       </c>
       <c r="B238" t="s">
-        <v>603</v>
+        <v>609</v>
       </c>
       <c r="C238" t="s">
-        <v>604</v>
+        <v>428</v>
       </c>
     </row>
     <row r="239" spans="1:3">
       <c r="A239" t="s">
-        <v>605</v>
+        <v>610</v>
       </c>
       <c r="B239" t="s">
-        <v>606</v>
+        <v>611</v>
       </c>
       <c r="C239" t="s">
-        <v>536</v>
+        <v>428</v>
       </c>
     </row>
     <row r="240" spans="1:3">
       <c r="A240" t="s">
-        <v>607</v>
+        <v>612</v>
       </c>
       <c r="B240" t="s">
-        <v>608</v>
+        <v>613</v>
       </c>
       <c r="C240" t="s">
-        <v>558</v>
+        <v>420</v>
       </c>
     </row>
     <row r="241" spans="1:3">
       <c r="A241" t="s">
-        <v>609</v>
+        <v>614</v>
       </c>
       <c r="B241" t="s">
-        <v>610</v>
+        <v>615</v>
       </c>
       <c r="C241" t="s">
-        <v>44</v>
+        <v>463</v>
       </c>
     </row>
     <row r="242" spans="1:3">
       <c r="A242" t="s">
-        <v>611</v>
+        <v>616</v>
       </c>
       <c r="B242" t="s">
-        <v>612</v>
+        <v>617</v>
       </c>
       <c r="C242" t="s">
-        <v>263</v>
+        <v>618</v>
       </c>
     </row>
     <row r="243" spans="1:3">
       <c r="A243" t="s">
-        <v>613</v>
+        <v>619</v>
       </c>
       <c r="B243" t="s">
-        <v>614</v>
+        <v>620</v>
       </c>
       <c r="C243" t="s">
-        <v>44</v>
+        <v>554</v>
       </c>
     </row>
     <row r="244" spans="1:3">
       <c r="A244" t="s">
-        <v>615</v>
+        <v>621</v>
       </c>
       <c r="B244" t="s">
-        <v>616</v>
+        <v>622</v>
       </c>
       <c r="C244" t="s">
-        <v>356</v>
+        <v>407</v>
       </c>
     </row>
     <row r="245" spans="1:3">
       <c r="A245" t="s">
-        <v>617</v>
+        <v>623</v>
       </c>
       <c r="B245" t="s">
-        <v>618</v>
+        <v>624</v>
       </c>
       <c r="C245" t="s">
-        <v>343</v>
+        <v>420</v>
       </c>
     </row>
     <row r="246" spans="1:3">
       <c r="A246" t="s">
-        <v>619</v>
+        <v>625</v>
       </c>
       <c r="B246" t="s">
-        <v>620</v>
+        <v>626</v>
       </c>
       <c r="C246" t="s">
-        <v>356</v>
+        <v>463</v>
       </c>
     </row>
     <row r="247" spans="1:3">
       <c r="A247" t="s">
-        <v>621</v>
+        <v>627</v>
       </c>
       <c r="B247" t="s">
-        <v>622</v>
+        <v>628</v>
       </c>
       <c r="C247" t="s">
-        <v>623</v>
+        <v>510</v>
       </c>
     </row>
     <row r="248" spans="1:3">
       <c r="A248" t="s">
-        <v>624</v>
+        <v>629</v>
       </c>
       <c r="B248" t="s">
-        <v>625</v>
+        <v>630</v>
       </c>
       <c r="C248" t="s">
-        <v>626</v>
+        <v>428</v>
       </c>
     </row>
     <row r="249" spans="1:3">
       <c r="A249" t="s">
-        <v>627</v>
+        <v>631</v>
       </c>
       <c r="B249" t="s">
-        <v>628</v>
+        <v>632</v>
       </c>
       <c r="C249" t="s">
-        <v>387</v>
+        <v>463</v>
       </c>
     </row>
     <row r="250" spans="1:3">
       <c r="A250" t="s">
-        <v>629</v>
+        <v>633</v>
       </c>
       <c r="B250" t="s">
-        <v>630</v>
+        <v>634</v>
       </c>
       <c r="C250" t="s">
-        <v>317</v>
+        <v>420</v>
       </c>
     </row>
     <row r="251" spans="1:3">
       <c r="A251" t="s">
-        <v>631</v>
+        <v>635</v>
       </c>
       <c r="B251" t="s">
-        <v>632</v>
+        <v>636</v>
       </c>
       <c r="C251" t="s">
-        <v>403</v>
+        <v>420</v>
       </c>
     </row>
     <row r="252" spans="1:3">
       <c r="A252" t="s">
-        <v>633</v>
+        <v>637</v>
       </c>
       <c r="B252" t="s">
-        <v>634</v>
+        <v>638</v>
       </c>
       <c r="C252" t="s">
-        <v>395</v>
+        <v>639</v>
       </c>
     </row>
     <row r="253" spans="1:3">
       <c r="A253" t="s">
-        <v>635</v>
+        <v>640</v>
       </c>
       <c r="B253" t="s">
-        <v>636</v>
+        <v>641</v>
       </c>
       <c r="C253" t="s">
-        <v>236</v>
+        <v>554</v>
       </c>
     </row>
     <row r="254" spans="1:3">
       <c r="A254" t="s">
-        <v>637</v>
+        <v>642</v>
       </c>
       <c r="B254" t="s">
-        <v>638</v>
+        <v>643</v>
       </c>
       <c r="C254" t="s">
-        <v>639</v>
+        <v>618</v>
       </c>
     </row>
     <row r="255" spans="1:3">
       <c r="A255" t="s">
-        <v>640</v>
+        <v>644</v>
       </c>
       <c r="B255" t="s">
-        <v>641</v>
+        <v>645</v>
       </c>
       <c r="C255" t="s">
-        <v>642</v>
+        <v>554</v>
       </c>
     </row>
     <row r="256" spans="1:3">
       <c r="A256" t="s">
-        <v>643</v>
+        <v>646</v>
       </c>
       <c r="B256" t="s">
-        <v>644</v>
+        <v>647</v>
       </c>
       <c r="C256" t="s">
-        <v>645</v>
+        <v>420</v>
       </c>
     </row>
     <row r="257" spans="1:3">
       <c r="A257" t="s">
-        <v>646</v>
+        <v>648</v>
       </c>
       <c r="B257" t="s">
-        <v>647</v>
+        <v>649</v>
       </c>
       <c r="C257" t="s">
-        <v>297</v>
+        <v>554</v>
       </c>
     </row>
     <row r="258" spans="1:3">
       <c r="A258" t="s">
-        <v>648</v>
+        <v>650</v>
       </c>
       <c r="B258" t="s">
-        <v>649</v>
+        <v>651</v>
       </c>
       <c r="C258" t="s">
-        <v>448</v>
+        <v>402</v>
       </c>
     </row>
     <row r="259" spans="1:3">
       <c r="A259" t="s">
-        <v>650</v>
+        <v>652</v>
       </c>
       <c r="B259" t="s">
-        <v>651</v>
+        <v>653</v>
       </c>
       <c r="C259" t="s">
-        <v>466</v>
+        <v>472</v>
       </c>
     </row>
     <row r="260" spans="1:3">
       <c r="A260" t="s">
-        <v>652</v>
+        <v>654</v>
       </c>
       <c r="B260" t="s">
-        <v>653</v>
+        <v>655</v>
       </c>
       <c r="C260" t="s">
-        <v>398</v>
+        <v>546</v>
       </c>
     </row>
     <row r="261" spans="1:3">
       <c r="A261" t="s">
-        <v>654</v>
+        <v>656</v>
       </c>
       <c r="B261" t="s">
-        <v>655</v>
+        <v>657</v>
       </c>
       <c r="C261" t="s">
-        <v>656</v>
+        <v>472</v>
       </c>
     </row>
     <row r="262" spans="1:3">
       <c r="A262" t="s">
-        <v>657</v>
+        <v>658</v>
       </c>
       <c r="B262" t="s">
-        <v>658</v>
+        <v>659</v>
       </c>
       <c r="C262" t="s">
-        <v>356</v>
+        <v>539</v>
       </c>
     </row>
     <row r="263" spans="1:3">
       <c r="A263" t="s">
-        <v>659</v>
+        <v>660</v>
       </c>
       <c r="B263" t="s">
-        <v>660</v>
+        <v>661</v>
       </c>
       <c r="C263" t="s">
-        <v>536</v>
+        <v>662</v>
       </c>
     </row>
     <row r="264" spans="1:3">
       <c r="A264" t="s">
-        <v>661</v>
+        <v>663</v>
       </c>
       <c r="B264" t="s">
-        <v>662</v>
+        <v>664</v>
       </c>
       <c r="C264" t="s">
-        <v>395</v>
+        <v>539</v>
       </c>
     </row>
     <row r="265" spans="1:3">
       <c r="A265" t="s">
-        <v>663</v>
+        <v>665</v>
       </c>
       <c r="B265" t="s">
-        <v>664</v>
+        <v>666</v>
       </c>
       <c r="C265" t="s">
-        <v>249</v>
+        <v>472</v>
       </c>
     </row>
     <row r="266" spans="1:3">
       <c r="A266" t="s">
-        <v>665</v>
+        <v>667</v>
       </c>
       <c r="B266" t="s">
-        <v>666</v>
+        <v>668</v>
       </c>
       <c r="C266" t="s">
-        <v>47</v>
+        <v>402</v>
       </c>
     </row>
     <row r="267" spans="1:3">
       <c r="A267" t="s">
-        <v>667</v>
+        <v>669</v>
       </c>
       <c r="B267" t="s">
-        <v>668</v>
+        <v>670</v>
       </c>
       <c r="C267" t="s">
-        <v>236</v>
+        <v>463</v>
       </c>
     </row>
     <row r="268" spans="1:3">
       <c r="A268" t="s">
-        <v>669</v>
+        <v>671</v>
       </c>
       <c r="B268" t="s">
-        <v>670</v>
+        <v>672</v>
       </c>
       <c r="C268" t="s">
-        <v>448</v>
+        <v>407</v>
       </c>
     </row>
     <row r="269" spans="1:3">
       <c r="A269" t="s">
-        <v>671</v>
+        <v>673</v>
       </c>
       <c r="B269" t="s">
-        <v>672</v>
+        <v>674</v>
       </c>
       <c r="C269" t="s">
-        <v>286</v>
+        <v>510</v>
       </c>
     </row>
     <row r="270" spans="1:3">
       <c r="A270" t="s">
-        <v>673</v>
+        <v>675</v>
       </c>
       <c r="B270" t="s">
-        <v>674</v>
+        <v>676</v>
       </c>
       <c r="C270" t="s">
-        <v>236</v>
+        <v>428</v>
       </c>
     </row>
     <row r="271" spans="1:3">
       <c r="A271" t="s">
-        <v>675</v>
+        <v>677</v>
       </c>
       <c r="B271" t="s">
-        <v>676</v>
+        <v>678</v>
       </c>
       <c r="C271" t="s">
-        <v>297</v>
+        <v>510</v>
       </c>
     </row>
     <row r="272" spans="1:3">
       <c r="A272" t="s">
-        <v>677</v>
+        <v>679</v>
       </c>
       <c r="B272" t="s">
-        <v>678</v>
+        <v>680</v>
       </c>
       <c r="C272" t="s">
-        <v>297</v>
+        <v>428</v>
       </c>
     </row>
     <row r="273" spans="1:3">
       <c r="A273" t="s">
-        <v>679</v>
+        <v>681</v>
       </c>
       <c r="B273" t="s">
-        <v>680</v>
+        <v>682</v>
       </c>
       <c r="C273" t="s">
-        <v>356</v>
+        <v>683</v>
       </c>
     </row>
     <row r="274" spans="1:3">
       <c r="A274" t="s">
-        <v>681</v>
+        <v>684</v>
       </c>
       <c r="B274" t="s">
-        <v>682</v>
+        <v>685</v>
       </c>
       <c r="C274" t="s">
-        <v>249</v>
+        <v>517</v>
       </c>
     </row>
     <row r="275" spans="1:3">
       <c r="A275" t="s">
-        <v>683</v>
+        <v>686</v>
       </c>
       <c r="B275" t="s">
-        <v>684</v>
+        <v>687</v>
       </c>
       <c r="C275" t="s">
-        <v>685</v>
+        <v>420</v>
       </c>
     </row>
     <row r="276" spans="1:3">
       <c r="A276" t="s">
-        <v>686</v>
+        <v>688</v>
       </c>
       <c r="B276" t="s">
-        <v>687</v>
+        <v>689</v>
       </c>
       <c r="C276" t="s">
-        <v>688</v>
+        <v>463</v>
       </c>
     </row>
     <row r="277" spans="1:3">
       <c r="A277" t="s">
-        <v>689</v>
+        <v>690</v>
       </c>
       <c r="B277" t="s">
-        <v>690</v>
+        <v>691</v>
       </c>
       <c r="C277" t="s">
-        <v>426</v>
+        <v>407</v>
       </c>
     </row>
     <row r="278" spans="1:3">
       <c r="A278" t="s">
-        <v>691</v>
+        <v>692</v>
       </c>
       <c r="B278" t="s">
-        <v>692</v>
+        <v>693</v>
       </c>
       <c r="C278" t="s">
-        <v>47</v>
+        <v>402</v>
       </c>
     </row>
     <row r="279" spans="1:3">
       <c r="A279" t="s">
-        <v>693</v>
+        <v>694</v>
       </c>
       <c r="B279" t="s">
-        <v>694</v>
+        <v>695</v>
       </c>
       <c r="C279" t="s">
-        <v>426</v>
+        <v>420</v>
       </c>
     </row>
     <row r="280" spans="1:3">
       <c r="A280" t="s">
-        <v>695</v>
+        <v>696</v>
       </c>
       <c r="B280" t="s">
-        <v>696</v>
+        <v>697</v>
       </c>
       <c r="C280" t="s">
-        <v>697</v>
+        <v>554</v>
       </c>
     </row>
     <row r="281" spans="1:3">
       <c r="A281" t="s">
         <v>698</v>
       </c>
       <c r="B281" t="s">
         <v>699</v>
       </c>
       <c r="C281" t="s">
         <v>700</v>
       </c>
     </row>
     <row r="282" spans="1:3">
       <c r="A282" t="s">
         <v>701</v>
       </c>
       <c r="B282" t="s">
         <v>702</v>
       </c>
       <c r="C282" t="s">
-        <v>426</v>
+        <v>407</v>
       </c>
     </row>
     <row r="283" spans="1:3">
       <c r="A283" t="s">
         <v>703</v>
       </c>
       <c r="B283" t="s">
         <v>704</v>
       </c>
       <c r="C283" t="s">
-        <v>189</v>
+        <v>700</v>
       </c>
     </row>
     <row r="284" spans="1:3">
       <c r="A284" t="s">
         <v>705</v>
       </c>
       <c r="B284" t="s">
         <v>706</v>
       </c>
       <c r="C284" t="s">
-        <v>297</v>
+        <v>310</v>
       </c>
     </row>
     <row r="285" spans="1:3">
       <c r="A285" t="s">
         <v>707</v>
       </c>
       <c r="B285" t="s">
         <v>708</v>
       </c>
       <c r="C285" t="s">
-        <v>257</v>
+        <v>364</v>
       </c>
     </row>
     <row r="286" spans="1:3">
       <c r="A286" t="s">
         <v>709</v>
       </c>
       <c r="B286" t="s">
         <v>710</v>
       </c>
       <c r="C286" t="s">
-        <v>411</v>
+        <v>463</v>
       </c>
     </row>
     <row r="287" spans="1:3">
       <c r="A287" t="s">
         <v>711</v>
       </c>
       <c r="B287" t="s">
         <v>712</v>
       </c>
       <c r="C287" t="s">
-        <v>403</v>
+        <v>402</v>
       </c>
     </row>
     <row r="288" spans="1:3">
       <c r="A288" t="s">
         <v>713</v>
       </c>
       <c r="B288" t="s">
         <v>714</v>
       </c>
       <c r="C288" t="s">
-        <v>558</v>
+        <v>420</v>
       </c>
     </row>
     <row r="289" spans="1:3">
       <c r="A289" t="s">
         <v>715</v>
       </c>
       <c r="B289" t="s">
         <v>716</v>
       </c>
       <c r="C289" t="s">
-        <v>249</v>
+        <v>420</v>
       </c>
     </row>
     <row r="290" spans="1:3">
       <c r="A290" t="s">
         <v>717</v>
       </c>
       <c r="B290" t="s">
         <v>718</v>
       </c>
       <c r="C290" t="s">
-        <v>719</v>
+        <v>463</v>
       </c>
     </row>
     <row r="291" spans="1:3">
       <c r="A291" t="s">
+        <v>719</v>
+      </c>
+      <c r="B291" t="s">
         <v>720</v>
       </c>
-      <c r="B291" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C291" t="s">
-        <v>448</v>
+        <v>407</v>
       </c>
     </row>
     <row r="292" spans="1:3">
       <c r="A292" t="s">
+        <v>721</v>
+      </c>
+      <c r="B292" t="s">
         <v>722</v>
       </c>
-      <c r="B292" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C292" t="s">
-        <v>273</v>
+        <v>463</v>
       </c>
     </row>
     <row r="293" spans="1:3">
       <c r="A293" t="s">
+        <v>723</v>
+      </c>
+      <c r="B293" t="s">
         <v>724</v>
       </c>
-      <c r="B293" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C293" t="s">
-        <v>297</v>
+        <v>407</v>
       </c>
     </row>
     <row r="294" spans="1:3">
       <c r="A294" t="s">
+        <v>725</v>
+      </c>
+      <c r="B294" t="s">
         <v>726</v>
       </c>
-      <c r="B294" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C294" t="s">
-        <v>411</v>
+        <v>428</v>
       </c>
     </row>
     <row r="295" spans="1:3">
       <c r="A295" t="s">
+        <v>727</v>
+      </c>
+      <c r="B295" t="s">
         <v>728</v>
       </c>
-      <c r="B295" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C295" t="s">
-        <v>448</v>
+        <v>618</v>
       </c>
     </row>
     <row r="296" spans="1:3">
       <c r="A296" t="s">
+        <v>729</v>
+      </c>
+      <c r="B296" t="s">
         <v>730</v>
       </c>
-      <c r="B296" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C296" t="s">
-        <v>426</v>
+        <v>407</v>
       </c>
     </row>
     <row r="297" spans="1:3">
       <c r="A297" t="s">
+        <v>731</v>
+      </c>
+      <c r="B297" t="s">
         <v>732</v>
       </c>
-      <c r="B297" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C297" t="s">
-        <v>411</v>
+        <v>402</v>
       </c>
     </row>
     <row r="298" spans="1:3">
       <c r="A298" t="s">
+        <v>733</v>
+      </c>
+      <c r="B298" t="s">
         <v>734</v>
       </c>
-      <c r="B298" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C298" t="s">
-        <v>297</v>
+        <v>554</v>
       </c>
     </row>
     <row r="299" spans="1:3">
       <c r="A299" t="s">
+        <v>735</v>
+      </c>
+      <c r="B299" t="s">
         <v>736</v>
       </c>
-      <c r="B299" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C299" t="s">
-        <v>421</v>
+        <v>407</v>
       </c>
     </row>
     <row r="300" spans="1:3">
       <c r="A300" t="s">
+        <v>737</v>
+      </c>
+      <c r="B300" t="s">
         <v>738</v>
       </c>
-      <c r="B300" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C300" t="s">
-        <v>685</v>
+        <v>402</v>
       </c>
     </row>
     <row r="301" spans="1:3">
       <c r="A301" t="s">
+        <v>739</v>
+      </c>
+      <c r="B301" t="s">
         <v>740</v>
       </c>
-      <c r="B301" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C301" t="s">
-        <v>297</v>
+        <v>539</v>
       </c>
     </row>
     <row r="302" spans="1:3">
       <c r="A302" t="s">
+        <v>741</v>
+      </c>
+      <c r="B302" t="s">
         <v>742</v>
       </c>
-      <c r="B302" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C302" t="s">
-        <v>257</v>
+        <v>402</v>
       </c>
     </row>
     <row r="303" spans="1:3">
       <c r="A303" t="s">
+        <v>743</v>
+      </c>
+      <c r="B303" t="s">
         <v>744</v>
       </c>
-      <c r="B303" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C303" t="s">
-        <v>746</v>
+        <v>472</v>
       </c>
     </row>
     <row r="304" spans="1:3">
       <c r="A304" t="s">
-        <v>747</v>
+        <v>745</v>
       </c>
       <c r="B304" t="s">
-        <v>748</v>
+        <v>746</v>
       </c>
       <c r="C304" t="s">
-        <v>749</v>
+        <v>463</v>
       </c>
     </row>
     <row r="305" spans="1:3">
       <c r="A305" t="s">
-        <v>750</v>
+        <v>747</v>
       </c>
       <c r="B305" t="s">
-        <v>751</v>
+        <v>748</v>
       </c>
       <c r="C305" t="s">
-        <v>351</v>
+        <v>749</v>
       </c>
     </row>
     <row r="306" spans="1:3">
       <c r="A306" t="s">
+        <v>750</v>
+      </c>
+      <c r="B306" t="s">
+        <v>751</v>
+      </c>
+      <c r="C306" t="s">
         <v>752</v>
-      </c>
-[...4 lines deleted...]
-        <v>685</v>
       </c>
     </row>
     <row r="307" spans="1:3">
       <c r="A307" t="s">
+        <v>753</v>
+      </c>
+      <c r="B307" t="s">
         <v>754</v>
       </c>
-      <c r="B307" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C307" t="s">
-        <v>558</v>
+        <v>463</v>
       </c>
     </row>
     <row r="308" spans="1:3">
       <c r="A308" t="s">
+        <v>755</v>
+      </c>
+      <c r="B308" t="s">
         <v>756</v>
       </c>
-      <c r="B308" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C308" t="s">
-        <v>403</v>
+        <v>407</v>
       </c>
     </row>
     <row r="309" spans="1:3">
       <c r="A309" t="s">
+        <v>757</v>
+      </c>
+      <c r="B309" t="s">
         <v>758</v>
       </c>
-      <c r="B309" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C309" t="s">
-        <v>558</v>
+        <v>472</v>
       </c>
     </row>
     <row r="310" spans="1:3">
       <c r="A310" t="s">
+        <v>759</v>
+      </c>
+      <c r="B310" t="s">
         <v>760</v>
       </c>
-      <c r="B310" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C310" t="s">
-        <v>762</v>
+        <v>402</v>
       </c>
     </row>
     <row r="311" spans="1:3">
       <c r="A311" t="s">
-        <v>763</v>
+        <v>761</v>
       </c>
       <c r="B311" t="s">
-        <v>764</v>
+        <v>762</v>
       </c>
       <c r="C311" t="s">
-        <v>387</v>
+        <v>407</v>
       </c>
     </row>
     <row r="312" spans="1:3">
       <c r="A312" t="s">
-        <v>765</v>
+        <v>763</v>
       </c>
       <c r="B312" t="s">
-        <v>766</v>
+        <v>764</v>
       </c>
       <c r="C312" t="s">
-        <v>297</v>
+        <v>539</v>
       </c>
     </row>
     <row r="313" spans="1:3">
       <c r="A313" t="s">
-        <v>767</v>
+        <v>765</v>
       </c>
       <c r="B313" t="s">
-        <v>768</v>
+        <v>766</v>
       </c>
       <c r="C313" t="s">
-        <v>526</v>
+        <v>407</v>
       </c>
     </row>
     <row r="314" spans="1:3">
       <c r="A314" t="s">
-        <v>769</v>
+        <v>767</v>
       </c>
       <c r="B314" t="s">
-        <v>770</v>
+        <v>768</v>
       </c>
       <c r="C314" t="s">
-        <v>558</v>
+        <v>402</v>
       </c>
     </row>
     <row r="315" spans="1:3">
       <c r="A315" t="s">
-        <v>771</v>
+        <v>769</v>
       </c>
       <c r="B315" t="s">
-        <v>772</v>
+        <v>770</v>
       </c>
       <c r="C315" t="s">
-        <v>260</v>
+        <v>402</v>
       </c>
     </row>
     <row r="316" spans="1:3">
       <c r="A316" t="s">
-        <v>773</v>
+        <v>771</v>
       </c>
       <c r="B316" t="s">
-        <v>774</v>
+        <v>772</v>
       </c>
       <c r="C316" t="s">
-        <v>437</v>
+        <v>472</v>
       </c>
     </row>
     <row r="317" spans="1:3">
       <c r="A317" t="s">
+        <v>773</v>
+      </c>
+      <c r="B317" t="s">
+        <v>774</v>
+      </c>
+      <c r="C317" t="s">
         <v>775</v>
-      </c>
-[...4 lines deleted...]
-        <v>550</v>
       </c>
     </row>
     <row r="318" spans="1:3">
       <c r="A318" t="s">
+        <v>776</v>
+      </c>
+      <c r="B318" t="s">
         <v>777</v>
       </c>
-      <c r="B318" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C318" t="s">
-        <v>437</v>
+        <v>546</v>
       </c>
     </row>
     <row r="319" spans="1:3">
       <c r="A319" t="s">
+        <v>778</v>
+      </c>
+      <c r="B319" t="s">
         <v>779</v>
       </c>
-      <c r="B319" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C319" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
     </row>
     <row r="320" spans="1:3">
       <c r="A320" t="s">
+        <v>780</v>
+      </c>
+      <c r="B320" t="s">
         <v>781</v>
       </c>
-      <c r="B320" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C320" t="s">
-        <v>783</v>
+        <v>472</v>
       </c>
     </row>
     <row r="321" spans="1:3">
       <c r="A321" t="s">
-        <v>784</v>
+        <v>782</v>
       </c>
       <c r="B321" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="C321" t="s">
-        <v>786</v>
+        <v>472</v>
       </c>
     </row>
     <row r="322" spans="1:3">
       <c r="A322" t="s">
-        <v>787</v>
+        <v>784</v>
       </c>
       <c r="B322" t="s">
-        <v>788</v>
+        <v>785</v>
       </c>
       <c r="C322" t="s">
-        <v>543</v>
+        <v>546</v>
       </c>
     </row>
     <row r="323" spans="1:3">
       <c r="A323" t="s">
-        <v>789</v>
+        <v>786</v>
       </c>
       <c r="B323" t="s">
-        <v>790</v>
+        <v>787</v>
       </c>
       <c r="C323" t="s">
-        <v>437</v>
+        <v>775</v>
       </c>
     </row>
     <row r="324" spans="1:3">
       <c r="A324" t="s">
-        <v>791</v>
+        <v>788</v>
       </c>
       <c r="B324" t="s">
-        <v>792</v>
+        <v>789</v>
       </c>
       <c r="C324" t="s">
-        <v>260</v>
+        <v>402</v>
       </c>
     </row>
     <row r="325" spans="1:3">
       <c r="A325" t="s">
-        <v>793</v>
+        <v>790</v>
       </c>
       <c r="B325" t="s">
-        <v>794</v>
+        <v>791</v>
       </c>
       <c r="C325" t="s">
-        <v>71</v>
+        <v>539</v>
       </c>
     </row>
     <row r="326" spans="1:3">
       <c r="A326" t="s">
-        <v>795</v>
+        <v>792</v>
       </c>
       <c r="B326" t="s">
-        <v>796</v>
+        <v>793</v>
       </c>
       <c r="C326" t="s">
-        <v>273</v>
+        <v>472</v>
       </c>
     </row>
     <row r="327" spans="1:3">
       <c r="A327" t="s">
-        <v>797</v>
+        <v>794</v>
       </c>
       <c r="B327" t="s">
-        <v>798</v>
+        <v>795</v>
       </c>
       <c r="C327" t="s">
-        <v>448</v>
+        <v>420</v>
       </c>
     </row>
     <row r="328" spans="1:3">
       <c r="A328" t="s">
-        <v>799</v>
+        <v>796</v>
       </c>
       <c r="B328" t="s">
-        <v>800</v>
+        <v>797</v>
       </c>
       <c r="C328" t="s">
-        <v>426</v>
+        <v>407</v>
       </c>
     </row>
     <row r="329" spans="1:3">
       <c r="A329" t="s">
-        <v>801</v>
+        <v>798</v>
       </c>
       <c r="B329" t="s">
-        <v>802</v>
+        <v>799</v>
       </c>
       <c r="C329" t="s">
-        <v>426</v>
+        <v>402</v>
       </c>
     </row>
     <row r="330" spans="1:3">
       <c r="A330" t="s">
-        <v>803</v>
+        <v>800</v>
       </c>
       <c r="B330" t="s">
-        <v>804</v>
+        <v>801</v>
       </c>
       <c r="C330" t="s">
-        <v>302</v>
+        <v>539</v>
       </c>
     </row>
     <row r="331" spans="1:3">
       <c r="A331" t="s">
-        <v>805</v>
+        <v>802</v>
       </c>
       <c r="B331" t="s">
-        <v>806</v>
+        <v>803</v>
       </c>
       <c r="C331" t="s">
-        <v>503</v>
+        <v>472</v>
       </c>
     </row>
     <row r="332" spans="1:3">
       <c r="A332" t="s">
-        <v>807</v>
+        <v>804</v>
       </c>
       <c r="B332" t="s">
-        <v>808</v>
+        <v>805</v>
       </c>
       <c r="C332" t="s">
-        <v>809</v>
+        <v>546</v>
       </c>
     </row>
     <row r="333" spans="1:3">
       <c r="A333" t="s">
-        <v>810</v>
+        <v>806</v>
       </c>
       <c r="B333" t="s">
-        <v>811</v>
+        <v>807</v>
       </c>
       <c r="C333" t="s">
-        <v>297</v>
+        <v>539</v>
       </c>
     </row>
     <row r="334" spans="1:3">
       <c r="A334" t="s">
-        <v>812</v>
+        <v>808</v>
       </c>
       <c r="B334" t="s">
-        <v>813</v>
+        <v>809</v>
       </c>
       <c r="C334" t="s">
-        <v>411</v>
+        <v>472</v>
       </c>
     </row>
     <row r="335" spans="1:3">
       <c r="A335" t="s">
-        <v>814</v>
+        <v>810</v>
       </c>
       <c r="B335" t="s">
-        <v>815</v>
+        <v>811</v>
       </c>
       <c r="C335" t="s">
-        <v>816</v>
+        <v>539</v>
       </c>
     </row>
     <row r="336" spans="1:3">
       <c r="A336" t="s">
-        <v>817</v>
+        <v>812</v>
       </c>
       <c r="B336" t="s">
-        <v>818</v>
+        <v>813</v>
       </c>
       <c r="C336" t="s">
-        <v>257</v>
+        <v>463</v>
       </c>
     </row>
     <row r="337" spans="1:3">
       <c r="A337" t="s">
-        <v>819</v>
+        <v>814</v>
       </c>
       <c r="B337" t="s">
-        <v>820</v>
+        <v>815</v>
       </c>
       <c r="C337" t="s">
-        <v>821</v>
+        <v>539</v>
       </c>
     </row>
     <row r="338" spans="1:3">
       <c r="A338" t="s">
-        <v>822</v>
+        <v>816</v>
       </c>
       <c r="B338" t="s">
-        <v>823</v>
+        <v>817</v>
       </c>
       <c r="C338" t="s">
-        <v>297</v>
+        <v>472</v>
       </c>
     </row>
     <row r="339" spans="1:3">
       <c r="A339" t="s">
-        <v>824</v>
+        <v>818</v>
       </c>
       <c r="B339" t="s">
-        <v>825</v>
+        <v>819</v>
       </c>
       <c r="C339" t="s">
-        <v>826</v>
+        <v>539</v>
       </c>
     </row>
     <row r="340" spans="1:3">
       <c r="A340" t="s">
-        <v>827</v>
+        <v>820</v>
       </c>
       <c r="B340" t="s">
-        <v>828</v>
+        <v>821</v>
       </c>
       <c r="C340" t="s">
-        <v>351</v>
+        <v>539</v>
       </c>
     </row>
     <row r="341" spans="1:3">
       <c r="A341" t="s">
-        <v>829</v>
+        <v>822</v>
       </c>
       <c r="B341" t="s">
-        <v>830</v>
+        <v>823</v>
       </c>
       <c r="C341" t="s">
-        <v>273</v>
+        <v>472</v>
       </c>
     </row>
     <row r="342" spans="1:3">
       <c r="A342" t="s">
-        <v>831</v>
+        <v>824</v>
       </c>
       <c r="B342" t="s">
-        <v>832</v>
+        <v>825</v>
       </c>
       <c r="C342" t="s">
-        <v>623</v>
+        <v>775</v>
       </c>
     </row>
     <row r="343" spans="1:3">
       <c r="A343" t="s">
-        <v>833</v>
+        <v>826</v>
       </c>
       <c r="B343" t="s">
-        <v>834</v>
+        <v>827</v>
       </c>
       <c r="C343" t="s">
-        <v>835</v>
+        <v>546</v>
       </c>
     </row>
     <row r="344" spans="1:3">
       <c r="A344" t="s">
-        <v>836</v>
+        <v>828</v>
       </c>
       <c r="B344" t="s">
-        <v>837</v>
+        <v>829</v>
       </c>
       <c r="C344" t="s">
-        <v>838</v>
+        <v>539</v>
       </c>
     </row>
     <row r="345" spans="1:3">
       <c r="A345" t="s">
-        <v>839</v>
+        <v>830</v>
       </c>
       <c r="B345" t="s">
-        <v>840</v>
+        <v>831</v>
       </c>
       <c r="C345" t="s">
-        <v>351</v>
+        <v>832</v>
       </c>
     </row>
     <row r="346" spans="1:3">
       <c r="A346" t="s">
-        <v>841</v>
+        <v>833</v>
       </c>
       <c r="B346" t="s">
-        <v>842</v>
+        <v>834</v>
       </c>
       <c r="C346" t="s">
-        <v>183</v>
+        <v>835</v>
       </c>
     </row>
     <row r="347" spans="1:3">
       <c r="A347" t="s">
-        <v>843</v>
+        <v>836</v>
       </c>
       <c r="B347" t="s">
-        <v>844</v>
+        <v>837</v>
       </c>
       <c r="C347" t="s">
-        <v>411</v>
+        <v>838</v>
       </c>
     </row>
     <row r="348" spans="1:3">
       <c r="A348" t="s">
-        <v>845</v>
+        <v>839</v>
       </c>
       <c r="B348" t="s">
-        <v>846</v>
+        <v>840</v>
       </c>
       <c r="C348" t="s">
-        <v>297</v>
+        <v>88</v>
       </c>
     </row>
     <row r="349" spans="1:3">
       <c r="A349" t="s">
-        <v>847</v>
+        <v>841</v>
       </c>
       <c r="B349" t="s">
-        <v>848</v>
+        <v>842</v>
       </c>
       <c r="C349" t="s">
-        <v>297</v>
+        <v>843</v>
       </c>
     </row>
     <row r="350" spans="1:3">
       <c r="A350" t="s">
-        <v>849</v>
+        <v>844</v>
       </c>
       <c r="B350" t="s">
-        <v>850</v>
+        <v>845</v>
       </c>
       <c r="C350" t="s">
-        <v>411</v>
+        <v>846</v>
       </c>
     </row>
     <row r="351" spans="1:3">
       <c r="A351" t="s">
-        <v>851</v>
+        <v>847</v>
       </c>
       <c r="B351" t="s">
-        <v>852</v>
+        <v>848</v>
       </c>
       <c r="C351" t="s">
-        <v>273</v>
+        <v>849</v>
       </c>
     </row>
     <row r="352" spans="1:3">
       <c r="A352" t="s">
-        <v>853</v>
+        <v>850</v>
       </c>
       <c r="B352" t="s">
-        <v>854</v>
+        <v>851</v>
       </c>
       <c r="C352" t="s">
-        <v>426</v>
+        <v>852</v>
       </c>
     </row>
     <row r="353" spans="1:3">
       <c r="A353" t="s">
+        <v>853</v>
+      </c>
+      <c r="B353" t="s">
+        <v>854</v>
+      </c>
+      <c r="C353" t="s">
         <v>855</v>
-      </c>
-[...4 lines deleted...]
-        <v>403</v>
       </c>
     </row>
     <row r="354" spans="1:3">
       <c r="A354" t="s">
+        <v>856</v>
+      </c>
+      <c r="B354" t="s">
         <v>857</v>
       </c>
-      <c r="B354" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C354" t="s">
-        <v>835</v>
+        <v>85</v>
       </c>
     </row>
     <row r="355" spans="1:3">
       <c r="A355" t="s">
+        <v>858</v>
+      </c>
+      <c r="B355" t="s">
         <v>859</v>
       </c>
-      <c r="B355" t="s">
+      <c r="C355" t="s">
         <v>860</v>
-      </c>
-[...1 lines deleted...]
-        <v>260</v>
       </c>
     </row>
     <row r="356" spans="1:3">
       <c r="A356" t="s">
         <v>861</v>
       </c>
       <c r="B356" t="s">
         <v>862</v>
       </c>
       <c r="C356" t="s">
-        <v>604</v>
+        <v>863</v>
       </c>
     </row>
     <row r="357" spans="1:3">
       <c r="A357" t="s">
-        <v>863</v>
+        <v>864</v>
       </c>
       <c r="B357" t="s">
-        <v>864</v>
+        <v>865</v>
       </c>
       <c r="C357" t="s">
-        <v>558</v>
+        <v>866</v>
       </c>
     </row>
     <row r="358" spans="1:3">
       <c r="A358" t="s">
-        <v>865</v>
+        <v>867</v>
       </c>
       <c r="B358" t="s">
-        <v>866</v>
+        <v>868</v>
       </c>
       <c r="C358" t="s">
-        <v>273</v>
+        <v>124</v>
       </c>
     </row>
     <row r="359" spans="1:3">
       <c r="A359" t="s">
-        <v>867</v>
+        <v>869</v>
       </c>
       <c r="B359" t="s">
-        <v>868</v>
+        <v>870</v>
       </c>
       <c r="C359" t="s">
-        <v>260</v>
+        <v>326</v>
       </c>
     </row>
     <row r="360" spans="1:3">
       <c r="A360" t="s">
-        <v>869</v>
+        <v>871</v>
       </c>
       <c r="B360" t="s">
-        <v>870</v>
+        <v>872</v>
       </c>
       <c r="C360" t="s">
-        <v>543</v>
+        <v>539</v>
       </c>
     </row>
     <row r="361" spans="1:3">
       <c r="A361" t="s">
-        <v>871</v>
+        <v>873</v>
       </c>
       <c r="B361" t="s">
-        <v>872</v>
+        <v>874</v>
       </c>
       <c r="C361" t="s">
-        <v>437</v>
+        <v>875</v>
       </c>
     </row>
     <row r="362" spans="1:3">
       <c r="A362" t="s">
-        <v>873</v>
+        <v>876</v>
       </c>
       <c r="B362" t="s">
-        <v>874</v>
+        <v>877</v>
       </c>
       <c r="C362" t="s">
-        <v>322</v>
+        <v>878</v>
       </c>
     </row>
     <row r="363" spans="1:3">
       <c r="A363" t="s">
-        <v>875</v>
+        <v>879</v>
       </c>
       <c r="B363" t="s">
-        <v>876</v>
+        <v>880</v>
       </c>
       <c r="C363" t="s">
-        <v>518</v>
+        <v>361</v>
       </c>
     </row>
     <row r="364" spans="1:3">
       <c r="A364" t="s">
-        <v>877</v>
+        <v>881</v>
       </c>
       <c r="B364" t="s">
-        <v>878</v>
+        <v>882</v>
       </c>
       <c r="C364" t="s">
-        <v>526</v>
+        <v>835</v>
       </c>
     </row>
     <row r="365" spans="1:3">
       <c r="A365" t="s">
-        <v>879</v>
+        <v>883</v>
       </c>
       <c r="B365" t="s">
-        <v>880</v>
+        <v>884</v>
       </c>
       <c r="C365" t="s">
-        <v>213</v>
+        <v>546</v>
       </c>
     </row>
     <row r="366" spans="1:3">
       <c r="A366" t="s">
-        <v>881</v>
+        <v>885</v>
       </c>
       <c r="B366" t="s">
-        <v>882</v>
+        <v>886</v>
       </c>
       <c r="C366" t="s">
-        <v>411</v>
+        <v>887</v>
       </c>
     </row>
     <row r="367" spans="1:3">
       <c r="A367" t="s">
-        <v>883</v>
+        <v>888</v>
       </c>
       <c r="B367" t="s">
-        <v>884</v>
+        <v>889</v>
       </c>
       <c r="C367" t="s">
-        <v>273</v>
+        <v>890</v>
       </c>
     </row>
     <row r="368" spans="1:3">
       <c r="A368" t="s">
-        <v>885</v>
+        <v>891</v>
       </c>
       <c r="B368" t="s">
-        <v>886</v>
+        <v>892</v>
       </c>
       <c r="C368" t="s">
-        <v>437</v>
+        <v>332</v>
       </c>
     </row>
     <row r="369" spans="1:3">
       <c r="A369" t="s">
-        <v>887</v>
+        <v>893</v>
       </c>
       <c r="B369" t="s">
-        <v>888</v>
+        <v>894</v>
       </c>
       <c r="C369" t="s">
-        <v>273</v>
+        <v>895</v>
       </c>
     </row>
     <row r="370" spans="1:3">
       <c r="A370" t="s">
-        <v>889</v>
+        <v>896</v>
       </c>
       <c r="B370" t="s">
-        <v>890</v>
+        <v>897</v>
       </c>
       <c r="C370" t="s">
-        <v>543</v>
+        <v>242</v>
       </c>
     </row>
     <row r="371" spans="1:3">
       <c r="A371" t="s">
-        <v>891</v>
+        <v>898</v>
       </c>
       <c r="B371" t="s">
-        <v>892</v>
+        <v>899</v>
       </c>
       <c r="C371" t="s">
-        <v>273</v>
+        <v>900</v>
       </c>
     </row>
     <row r="372" spans="1:3">
       <c r="A372" t="s">
-        <v>893</v>
+        <v>901</v>
       </c>
       <c r="B372" t="s">
-        <v>894</v>
+        <v>902</v>
       </c>
       <c r="C372" t="s">
-        <v>260</v>
+        <v>903</v>
       </c>
     </row>
     <row r="373" spans="1:3">
       <c r="A373" t="s">
-        <v>895</v>
+        <v>904</v>
       </c>
       <c r="B373" t="s">
-        <v>896</v>
+        <v>905</v>
       </c>
       <c r="C373" t="s">
-        <v>260</v>
+        <v>906</v>
       </c>
     </row>
     <row r="374" spans="1:3">
       <c r="A374" t="s">
-        <v>897</v>
+        <v>907</v>
       </c>
       <c r="B374" t="s">
-        <v>898</v>
+        <v>908</v>
       </c>
       <c r="C374" t="s">
-        <v>899</v>
+        <v>906</v>
       </c>
     </row>
     <row r="375" spans="1:3">
       <c r="A375" t="s">
-        <v>900</v>
+        <v>909</v>
       </c>
       <c r="B375" t="s">
-        <v>901</v>
+        <v>910</v>
       </c>
       <c r="C375" t="s">
-        <v>437</v>
+        <v>911</v>
       </c>
     </row>
     <row r="376" spans="1:3">
       <c r="A376" t="s">
-        <v>902</v>
+        <v>912</v>
       </c>
       <c r="B376" t="s">
-        <v>903</v>
+        <v>913</v>
       </c>
       <c r="C376" t="s">
-        <v>904</v>
+        <v>914</v>
       </c>
     </row>
     <row r="377" spans="1:3">
       <c r="A377" t="s">
-        <v>905</v>
+        <v>915</v>
       </c>
       <c r="B377" t="s">
-        <v>906</v>
+        <v>916</v>
       </c>
       <c r="C377" t="s">
-        <v>550</v>
+        <v>875</v>
       </c>
     </row>
     <row r="378" spans="1:3">
       <c r="A378" t="s">
-        <v>907</v>
+        <v>917</v>
       </c>
       <c r="B378" t="s">
-        <v>908</v>
+        <v>918</v>
       </c>
       <c r="C378" t="s">
-        <v>909</v>
+        <v>428</v>
       </c>
     </row>
     <row r="379" spans="1:3">
       <c r="A379" t="s">
-        <v>910</v>
+        <v>919</v>
       </c>
       <c r="B379" t="s">
-        <v>911</v>
+        <v>920</v>
       </c>
       <c r="C379" t="s">
-        <v>543</v>
+        <v>420</v>
       </c>
     </row>
     <row r="380" spans="1:3">
       <c r="A380" t="s">
-        <v>912</v>
+        <v>921</v>
       </c>
       <c r="B380" t="s">
-        <v>913</v>
+        <v>922</v>
       </c>
       <c r="C380" t="s">
-        <v>437</v>
+        <v>428</v>
       </c>
     </row>
     <row r="381" spans="1:3">
       <c r="A381" t="s">
-        <v>914</v>
+        <v>923</v>
       </c>
       <c r="B381" t="s">
-        <v>915</v>
+        <v>924</v>
       </c>
       <c r="C381" t="s">
-        <v>437</v>
+        <v>420</v>
       </c>
     </row>
     <row r="382" spans="1:3">
       <c r="A382" t="s">
-        <v>916</v>
+        <v>925</v>
       </c>
       <c r="B382" t="s">
-        <v>917</v>
+        <v>926</v>
       </c>
       <c r="C382" t="s">
-        <v>550</v>
+        <v>428</v>
       </c>
     </row>
     <row r="383" spans="1:3">
       <c r="A383" t="s">
-        <v>918</v>
+        <v>927</v>
       </c>
       <c r="B383" t="s">
-        <v>919</v>
+        <v>928</v>
       </c>
       <c r="C383" t="s">
-        <v>904</v>
+        <v>420</v>
       </c>
     </row>
     <row r="384" spans="1:3">
       <c r="A384" t="s">
-        <v>920</v>
+        <v>929</v>
       </c>
       <c r="B384" t="s">
-        <v>921</v>
+        <v>930</v>
       </c>
       <c r="C384" t="s">
-        <v>543</v>
+        <v>618</v>
       </c>
     </row>
     <row r="385" spans="1:3">
       <c r="A385" t="s">
-        <v>922</v>
+        <v>931</v>
       </c>
       <c r="B385" t="s">
-        <v>923</v>
+        <v>932</v>
       </c>
       <c r="C385" t="s">
-        <v>437</v>
+        <v>554</v>
       </c>
     </row>
     <row r="386" spans="1:3">
       <c r="A386" t="s">
-        <v>924</v>
+        <v>933</v>
       </c>
       <c r="B386" t="s">
-        <v>925</v>
+        <v>934</v>
       </c>
       <c r="C386" t="s">
-        <v>297</v>
+        <v>539</v>
       </c>
     </row>
     <row r="387" spans="1:3">
       <c r="A387" t="s">
-        <v>926</v>
+        <v>935</v>
       </c>
       <c r="B387" t="s">
-        <v>927</v>
+        <v>936</v>
       </c>
       <c r="C387" t="s">
-        <v>273</v>
+        <v>618</v>
       </c>
     </row>
     <row r="388" spans="1:3">
       <c r="A388" t="s">
-        <v>928</v>
+        <v>937</v>
       </c>
       <c r="B388" t="s">
-        <v>929</v>
+        <v>938</v>
       </c>
       <c r="C388" t="s">
-        <v>260</v>
+        <v>554</v>
       </c>
     </row>
     <row r="389" spans="1:3">
       <c r="A389" t="s">
-        <v>930</v>
+        <v>939</v>
       </c>
       <c r="B389" t="s">
-        <v>931</v>
+        <v>940</v>
       </c>
       <c r="C389" t="s">
-        <v>543</v>
+        <v>554</v>
       </c>
     </row>
     <row r="390" spans="1:3">
       <c r="A390" t="s">
-        <v>932</v>
+        <v>941</v>
       </c>
       <c r="B390" t="s">
-        <v>933</v>
+        <v>942</v>
       </c>
       <c r="C390" t="s">
-        <v>437</v>
+        <v>517</v>
       </c>
     </row>
     <row r="391" spans="1:3">
       <c r="A391" t="s">
-        <v>934</v>
+        <v>943</v>
       </c>
       <c r="B391" t="s">
-        <v>935</v>
+        <v>944</v>
       </c>
       <c r="C391" t="s">
-        <v>550</v>
+        <v>945</v>
       </c>
     </row>
     <row r="392" spans="1:3">
       <c r="A392" t="s">
-        <v>936</v>
+        <v>946</v>
       </c>
       <c r="B392" t="s">
-        <v>937</v>
+        <v>947</v>
       </c>
       <c r="C392" t="s">
-        <v>437</v>
+        <v>948</v>
       </c>
     </row>
     <row r="393" spans="1:3">
       <c r="A393" t="s">
-        <v>938</v>
+        <v>949</v>
       </c>
       <c r="B393" t="s">
-        <v>939</v>
+        <v>950</v>
       </c>
       <c r="C393" t="s">
-        <v>543</v>
+        <v>951</v>
       </c>
     </row>
     <row r="394" spans="1:3">
       <c r="A394" t="s">
-        <v>940</v>
+        <v>952</v>
       </c>
       <c r="B394" t="s">
-        <v>941</v>
+        <v>953</v>
       </c>
       <c r="C394" t="s">
-        <v>786</v>
+        <v>954</v>
       </c>
     </row>
     <row r="395" spans="1:3">
       <c r="A395" t="s">
-        <v>942</v>
+        <v>955</v>
       </c>
       <c r="B395" t="s">
-        <v>943</v>
+        <v>956</v>
       </c>
       <c r="C395" t="s">
-        <v>411</v>
+        <v>957</v>
       </c>
     </row>
     <row r="396" spans="1:3">
       <c r="A396" t="s">
-        <v>944</v>
+        <v>958</v>
       </c>
       <c r="B396" t="s">
-        <v>945</v>
+        <v>959</v>
       </c>
       <c r="C396" t="s">
-        <v>71</v>
+        <v>960</v>
       </c>
     </row>
     <row r="397" spans="1:3">
       <c r="A397" t="s">
-        <v>946</v>
+        <v>961</v>
       </c>
       <c r="B397" t="s">
-        <v>947</v>
+        <v>962</v>
       </c>
       <c r="C397" t="s">
-        <v>71</v>
+        <v>963</v>
       </c>
     </row>
     <row r="398" spans="1:3">
       <c r="A398" t="s">
-        <v>948</v>
+        <v>964</v>
       </c>
       <c r="B398" t="s">
-        <v>949</v>
+        <v>965</v>
       </c>
       <c r="C398" t="s">
-        <v>543</v>
+        <v>188</v>
       </c>
     </row>
     <row r="399" spans="1:3">
       <c r="A399" t="s">
-        <v>950</v>
+        <v>966</v>
       </c>
       <c r="B399" t="s">
+        <v>967</v>
+      </c>
+      <c r="C399" t="s">
         <v>951</v>
-      </c>
-[...1 lines deleted...]
-        <v>196</v>
       </c>
     </row>
     <row r="400" spans="1:3">
       <c r="A400" t="s">
-        <v>952</v>
+        <v>968</v>
       </c>
       <c r="B400" t="s">
-        <v>953</v>
+        <v>969</v>
       </c>
       <c r="C400" t="s">
-        <v>899</v>
+        <v>970</v>
       </c>
     </row>
     <row r="401" spans="1:3">
       <c r="A401" t="s">
-        <v>954</v>
+        <v>971</v>
       </c>
       <c r="B401" t="s">
-        <v>955</v>
+        <v>972</v>
       </c>
       <c r="C401" t="s">
-        <v>437</v>
+        <v>973</v>
       </c>
     </row>
     <row r="402" spans="1:3">
       <c r="A402" t="s">
-        <v>956</v>
+        <v>974</v>
       </c>
       <c r="B402" t="s">
-        <v>957</v>
+        <v>975</v>
       </c>
       <c r="C402" t="s">
-        <v>71</v>
+        <v>976</v>
       </c>
     </row>
     <row r="403" spans="1:3">
       <c r="A403" t="s">
-        <v>958</v>
+        <v>977</v>
       </c>
       <c r="B403" t="s">
-        <v>959</v>
+        <v>978</v>
       </c>
       <c r="C403" t="s">
-        <v>543</v>
+        <v>979</v>
       </c>
     </row>
     <row r="404" spans="1:3">
       <c r="A404" t="s">
-        <v>960</v>
+        <v>980</v>
       </c>
       <c r="B404" t="s">
-        <v>961</v>
+        <v>981</v>
       </c>
       <c r="C404" t="s">
-        <v>208</v>
+        <v>982</v>
       </c>
     </row>
     <row r="405" spans="1:3">
       <c r="A405" t="s">
-        <v>962</v>
+        <v>983</v>
       </c>
       <c r="B405" t="s">
-        <v>963</v>
+        <v>984</v>
       </c>
       <c r="C405" t="s">
-        <v>964</v>
+        <v>985</v>
       </c>
     </row>
     <row r="406" spans="1:3">
       <c r="A406" t="s">
-        <v>965</v>
+        <v>986</v>
       </c>
       <c r="B406" t="s">
-        <v>966</v>
+        <v>987</v>
       </c>
       <c r="C406" t="s">
-        <v>967</v>
+        <v>988</v>
       </c>
     </row>
     <row r="407" spans="1:3">
       <c r="A407" t="s">
-        <v>968</v>
+        <v>989</v>
       </c>
       <c r="B407" t="s">
-        <v>969</v>
+        <v>990</v>
       </c>
       <c r="C407" t="s">
-        <v>543</v>
+        <v>991</v>
       </c>
     </row>
     <row r="408" spans="1:3">
       <c r="A408" t="s">
-        <v>970</v>
+        <v>992</v>
       </c>
       <c r="B408" t="s">
-        <v>971</v>
+        <v>993</v>
       </c>
       <c r="C408" t="s">
-        <v>437</v>
+        <v>994</v>
       </c>
     </row>
     <row r="409" spans="1:3">
       <c r="A409" t="s">
-        <v>972</v>
+        <v>995</v>
       </c>
       <c r="B409" t="s">
-        <v>973</v>
+        <v>996</v>
       </c>
       <c r="C409" t="s">
-        <v>904</v>
+        <v>997</v>
       </c>
     </row>
     <row r="410" spans="1:3">
       <c r="A410" t="s">
-        <v>974</v>
+        <v>998</v>
       </c>
       <c r="B410" t="s">
-        <v>975</v>
+        <v>999</v>
       </c>
       <c r="C410" t="s">
-        <v>976</v>
+        <v>1000</v>
       </c>
     </row>
     <row r="411" spans="1:3">
       <c r="A411" t="s">
-        <v>977</v>
+        <v>1001</v>
       </c>
       <c r="B411" t="s">
-        <v>978</v>
+        <v>1002</v>
       </c>
       <c r="C411" t="s">
-        <v>543</v>
+        <v>1003</v>
       </c>
     </row>
     <row r="412" spans="1:3">
       <c r="A412" t="s">
-        <v>979</v>
+        <v>1004</v>
       </c>
       <c r="B412" t="s">
-        <v>980</v>
+        <v>1005</v>
       </c>
       <c r="C412" t="s">
-        <v>981</v>
+        <v>1006</v>
       </c>
     </row>
     <row r="413" spans="1:3">
       <c r="A413" t="s">
-        <v>982</v>
+        <v>1007</v>
       </c>
       <c r="B413" t="s">
-        <v>983</v>
+        <v>1008</v>
       </c>
       <c r="C413" t="s">
-        <v>984</v>
+        <v>1009</v>
       </c>
     </row>
     <row r="414" spans="1:3">
       <c r="A414" t="s">
-        <v>985</v>
+        <v>1010</v>
       </c>
       <c r="B414" t="s">
-        <v>986</v>
+        <v>1011</v>
       </c>
       <c r="C414" t="s">
-        <v>140</v>
+        <v>1012</v>
       </c>
     </row>
     <row r="415" spans="1:3">
       <c r="A415" t="s">
-        <v>987</v>
+        <v>1013</v>
       </c>
       <c r="B415" t="s">
-        <v>988</v>
+        <v>1014</v>
       </c>
       <c r="C415" t="s">
-        <v>71</v>
+        <v>1015</v>
       </c>
     </row>
     <row r="416" spans="1:3">
       <c r="A416" t="s">
-        <v>989</v>
+        <v>1016</v>
       </c>
       <c r="B416" t="s">
-        <v>990</v>
+        <v>1017</v>
       </c>
       <c r="C416" t="s">
-        <v>71</v>
+        <v>1018</v>
       </c>
     </row>
     <row r="417" spans="1:3">
       <c r="A417" t="s">
-        <v>991</v>
+        <v>1019</v>
       </c>
       <c r="B417" t="s">
-        <v>992</v>
+        <v>1020</v>
       </c>
       <c r="C417" t="s">
-        <v>71</v>
+        <v>1021</v>
       </c>
     </row>
     <row r="418" spans="1:3">
       <c r="A418" t="s">
-        <v>993</v>
+        <v>1022</v>
       </c>
       <c r="B418" t="s">
-        <v>994</v>
+        <v>1023</v>
       </c>
       <c r="C418" t="s">
-        <v>995</v>
+        <v>1024</v>
       </c>
     </row>
     <row r="419" spans="1:3">
       <c r="A419" t="s">
-        <v>996</v>
+        <v>1025</v>
       </c>
       <c r="B419" t="s">
-        <v>997</v>
+        <v>1026</v>
       </c>
       <c r="C419" t="s">
-        <v>998</v>
+        <v>1027</v>
       </c>
     </row>
     <row r="420" spans="1:3">
       <c r="A420" t="s">
-        <v>999</v>
+        <v>1028</v>
       </c>
       <c r="B420" t="s">
-        <v>1000</v>
+        <v>1029</v>
       </c>
       <c r="C420" t="s">
-        <v>171</v>
+        <v>1030</v>
       </c>
     </row>
     <row r="421" spans="1:3">
       <c r="A421" t="s">
-        <v>1001</v>
+        <v>1031</v>
       </c>
       <c r="B421" t="s">
-        <v>1002</v>
+        <v>1032</v>
       </c>
       <c r="C421" t="s">
-        <v>1003</v>
+        <v>1033</v>
       </c>
     </row>
     <row r="422" spans="1:3">
       <c r="A422" t="s">
-        <v>1004</v>
+        <v>1034</v>
       </c>
       <c r="B422" t="s">
-        <v>1005</v>
+        <v>1035</v>
       </c>
       <c r="C422" t="s">
-        <v>1006</v>
+        <v>1036</v>
       </c>
     </row>
     <row r="423" spans="1:3">
       <c r="A423" t="s">
-        <v>1007</v>
+        <v>1037</v>
       </c>
       <c r="B423" t="s">
-        <v>1008</v>
+        <v>1038</v>
       </c>
       <c r="C423" t="s">
-        <v>65</v>
+        <v>1039</v>
       </c>
     </row>
     <row r="424" spans="1:3">
       <c r="A424" t="s">
-        <v>1009</v>
+        <v>1040</v>
       </c>
       <c r="B424" t="s">
-        <v>1010</v>
+        <v>1041</v>
       </c>
       <c r="C424" t="s">
-        <v>466</v>
+        <v>1042</v>
       </c>
     </row>
     <row r="425" spans="1:3">
       <c r="A425" t="s">
-        <v>1011</v>
+        <v>1043</v>
       </c>
       <c r="B425" t="s">
-        <v>1012</v>
+        <v>1044</v>
       </c>
       <c r="C425" t="s">
-        <v>543</v>
+        <v>1045</v>
       </c>
     </row>
     <row r="426" spans="1:3">
       <c r="A426" t="s">
-        <v>1013</v>
+        <v>1046</v>
       </c>
       <c r="B426" t="s">
-        <v>1014</v>
+        <v>1047</v>
       </c>
       <c r="C426" t="s">
-        <v>1015</v>
+        <v>1048</v>
       </c>
     </row>
     <row r="427" spans="1:3">
       <c r="A427" t="s">
-        <v>1016</v>
+        <v>1049</v>
       </c>
       <c r="B427" t="s">
-        <v>1017</v>
+        <v>1050</v>
       </c>
       <c r="C427" t="s">
-        <v>186</v>
+        <v>1051</v>
       </c>
     </row>
     <row r="428" spans="1:3">
       <c r="A428" t="s">
-        <v>1018</v>
+        <v>1052</v>
       </c>
       <c r="B428" t="s">
-        <v>1019</v>
+        <v>1053</v>
       </c>
       <c r="C428" t="s">
-        <v>224</v>
+        <v>1054</v>
       </c>
     </row>
     <row r="429" spans="1:3">
       <c r="A429" t="s">
-        <v>1020</v>
+        <v>1055</v>
       </c>
       <c r="B429" t="s">
-        <v>1021</v>
+        <v>1056</v>
       </c>
       <c r="C429" t="s">
-        <v>995</v>
+        <v>1057</v>
       </c>
     </row>
     <row r="430" spans="1:3">
       <c r="A430" t="s">
-        <v>1022</v>
+        <v>1058</v>
       </c>
       <c r="B430" t="s">
-        <v>1023</v>
+        <v>1059</v>
       </c>
       <c r="C430" t="s">
-        <v>550</v>
+        <v>1060</v>
       </c>
     </row>
     <row r="431" spans="1:3">
       <c r="A431" t="s">
-        <v>1024</v>
+        <v>1061</v>
       </c>
       <c r="B431" t="s">
-        <v>1025</v>
+        <v>1062</v>
       </c>
       <c r="C431" t="s">
-        <v>1026</v>
+        <v>1063</v>
       </c>
     </row>
     <row r="432" spans="1:3">
       <c r="A432" t="s">
-        <v>1027</v>
+        <v>1064</v>
       </c>
       <c r="B432" t="s">
-        <v>1028</v>
+        <v>1065</v>
       </c>
       <c r="C432" t="s">
-        <v>202</v>
+        <v>1066</v>
       </c>
     </row>
     <row r="433" spans="1:3">
       <c r="A433" t="s">
-        <v>1029</v>
+        <v>1067</v>
       </c>
       <c r="B433" t="s">
-        <v>1030</v>
+        <v>1068</v>
       </c>
       <c r="C433" t="s">
-        <v>1031</v>
+        <v>1069</v>
       </c>
     </row>
     <row r="434" spans="1:3">
       <c r="A434" t="s">
-        <v>1032</v>
+        <v>1070</v>
       </c>
       <c r="B434" t="s">
-        <v>1033</v>
+        <v>1071</v>
       </c>
       <c r="C434" t="s">
-        <v>1034</v>
+        <v>1072</v>
       </c>
     </row>
     <row r="435" spans="1:3">
       <c r="A435" t="s">
-        <v>1035</v>
+        <v>1073</v>
       </c>
       <c r="B435" t="s">
-        <v>1036</v>
+        <v>1074</v>
       </c>
       <c r="C435" t="s">
-        <v>1037</v>
+        <v>271</v>
       </c>
     </row>
     <row r="436" spans="1:3">
       <c r="A436" t="s">
-        <v>1038</v>
+        <v>1075</v>
       </c>
       <c r="B436" t="s">
-        <v>1039</v>
+        <v>1076</v>
       </c>
       <c r="C436" t="s">
-        <v>1040</v>
+        <v>282</v>
       </c>
     </row>
     <row r="437" spans="1:3">
       <c r="A437" t="s">
-        <v>1041</v>
+        <v>1077</v>
       </c>
       <c r="B437" t="s">
-        <v>1042</v>
+        <v>1078</v>
       </c>
       <c r="C437" t="s">
-        <v>1043</v>
+        <v>1079</v>
       </c>
     </row>
     <row r="438" spans="1:3">
       <c r="A438" t="s">
-        <v>1044</v>
+        <v>1080</v>
       </c>
       <c r="B438" t="s">
-        <v>1045</v>
+        <v>1081</v>
       </c>
       <c r="C438" t="s">
-        <v>1043</v>
+        <v>890</v>
       </c>
     </row>
     <row r="439" spans="1:3">
       <c r="A439" t="s">
-        <v>1046</v>
+        <v>1082</v>
       </c>
       <c r="B439" t="s">
-        <v>1047</v>
+        <v>1083</v>
       </c>
       <c r="C439" t="s">
-        <v>199</v>
+        <v>402</v>
       </c>
     </row>
     <row r="440" spans="1:3">
       <c r="A440" t="s">
-        <v>1048</v>
+        <v>1084</v>
       </c>
       <c r="B440" t="s">
-        <v>1049</v>
+        <v>1085</v>
       </c>
       <c r="C440" t="s">
-        <v>1050</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="441" spans="1:3">
       <c r="A441" t="s">
-        <v>1051</v>
+        <v>1087</v>
       </c>
       <c r="B441" t="s">
-        <v>1052</v>
+        <v>1088</v>
       </c>
       <c r="C441" t="s">
-        <v>1015</v>
+        <v>539</v>
       </c>
     </row>
     <row r="442" spans="1:3">
       <c r="A442" t="s">
-        <v>1053</v>
+        <v>1089</v>
       </c>
       <c r="B442" t="s">
-        <v>1054</v>
+        <v>1090</v>
       </c>
       <c r="C442" t="s">
-        <v>71</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="443" spans="1:3">
       <c r="A443" t="s">
-        <v>1055</v>
+        <v>1092</v>
       </c>
       <c r="B443" t="s">
-        <v>1056</v>
+        <v>1093</v>
       </c>
       <c r="C443" t="s">
-        <v>71</v>
+        <v>618</v>
       </c>
     </row>
     <row r="444" spans="1:3">
       <c r="A444" t="s">
-        <v>1057</v>
+        <v>1094</v>
       </c>
       <c r="B444" t="s">
-        <v>1058</v>
+        <v>1095</v>
       </c>
       <c r="C444" t="s">
-        <v>71</v>
+        <v>384</v>
       </c>
     </row>
     <row r="445" spans="1:3">
       <c r="A445" t="s">
-        <v>1059</v>
+        <v>1096</v>
       </c>
       <c r="B445" t="s">
-        <v>1060</v>
+        <v>1097</v>
       </c>
       <c r="C445" t="s">
-        <v>71</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="446" spans="1:3">
       <c r="A446" t="s">
-        <v>1061</v>
+        <v>1099</v>
       </c>
       <c r="B446" t="s">
-        <v>1062</v>
+        <v>1100</v>
       </c>
       <c r="C446" t="s">
-        <v>71</v>
+        <v>1101</v>
       </c>
     </row>
     <row r="447" spans="1:3">
       <c r="A447" t="s">
-        <v>1063</v>
+        <v>1102</v>
       </c>
       <c r="B447" t="s">
-        <v>1064</v>
+        <v>1103</v>
       </c>
       <c r="C447" t="s">
-        <v>71</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="448" spans="1:3">
       <c r="A448" t="s">
-        <v>1065</v>
+        <v>1105</v>
       </c>
       <c r="B448" t="s">
-        <v>1066</v>
+        <v>1106</v>
       </c>
       <c r="C448" t="s">
-        <v>71</v>
+        <v>1107</v>
       </c>
     </row>
     <row r="449" spans="1:3">
       <c r="A449" t="s">
-        <v>1067</v>
+        <v>1108</v>
       </c>
       <c r="B449" t="s">
-        <v>1068</v>
+        <v>1109</v>
       </c>
       <c r="C449" t="s">
-        <v>71</v>
+        <v>1110</v>
       </c>
     </row>
     <row r="450" spans="1:3">
       <c r="A450" t="s">
-        <v>1069</v>
+        <v>1111</v>
       </c>
       <c r="B450" t="s">
-        <v>1070</v>
+        <v>1112</v>
       </c>
       <c r="C450" t="s">
-        <v>71</v>
+        <v>242</v>
       </c>
     </row>
     <row r="451" spans="1:3">
       <c r="A451" t="s">
-        <v>1071</v>
+        <v>1113</v>
       </c>
       <c r="B451" t="s">
-        <v>1072</v>
+        <v>1114</v>
       </c>
       <c r="C451" t="s">
-        <v>71</v>
+        <v>860</v>
       </c>
     </row>
     <row r="452" spans="1:3">
       <c r="A452" t="s">
-        <v>1073</v>
+        <v>1115</v>
       </c>
       <c r="B452" t="s">
-        <v>1074</v>
+        <v>1116</v>
       </c>
       <c r="C452" t="s">
-        <v>71</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="453" spans="1:3">
       <c r="A453" t="s">
-        <v>1075</v>
+        <v>1118</v>
       </c>
       <c r="B453" t="s">
-        <v>1076</v>
+        <v>1119</v>
       </c>
       <c r="C453" t="s">
-        <v>71</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="454" spans="1:3">
       <c r="A454" t="s">
-        <v>1077</v>
+        <v>1121</v>
       </c>
       <c r="B454" t="s">
-        <v>1078</v>
+        <v>1122</v>
       </c>
       <c r="C454" t="s">
-        <v>71</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="455" spans="1:3">
       <c r="A455" t="s">
-        <v>1079</v>
+        <v>1124</v>
       </c>
       <c r="B455" t="s">
-        <v>1080</v>
+        <v>1125</v>
       </c>
       <c r="C455" t="s">
-        <v>426</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="456" spans="1:3">
       <c r="A456" t="s">
-        <v>1081</v>
+        <v>1127</v>
       </c>
       <c r="B456" t="s">
-        <v>1082</v>
+        <v>1128</v>
       </c>
       <c r="C456" t="s">
-        <v>297</v>
+        <v>1129</v>
       </c>
     </row>
     <row r="457" spans="1:3">
       <c r="A457" t="s">
-        <v>1083</v>
+        <v>1130</v>
       </c>
       <c r="B457" t="s">
-        <v>1084</v>
+        <v>1131</v>
       </c>
       <c r="C457" t="s">
-        <v>426</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="458" spans="1:3">
       <c r="A458" t="s">
-        <v>1085</v>
+        <v>1133</v>
       </c>
       <c r="B458" t="s">
-        <v>1086</v>
+        <v>1134</v>
       </c>
       <c r="C458" t="s">
-        <v>297</v>
+        <v>1135</v>
       </c>
     </row>
     <row r="459" spans="1:3">
       <c r="A459" t="s">
-        <v>1087</v>
+        <v>1136</v>
       </c>
       <c r="B459" t="s">
-        <v>1088</v>
+        <v>1137</v>
       </c>
       <c r="C459" t="s">
-        <v>426</v>
+        <v>397</v>
       </c>
     </row>
     <row r="460" spans="1:3">
       <c r="A460" t="s">
-        <v>1089</v>
+        <v>1138</v>
       </c>
       <c r="B460" t="s">
-        <v>1090</v>
+        <v>1139</v>
       </c>
       <c r="C460" t="s">
-        <v>297</v>
+        <v>1132</v>
       </c>
     </row>
     <row r="461" spans="1:3">
       <c r="A461" t="s">
-        <v>1091</v>
+        <v>1140</v>
       </c>
       <c r="B461" t="s">
-        <v>1092</v>
+        <v>1141</v>
       </c>
       <c r="C461" t="s">
-        <v>403</v>
+        <v>1142</v>
       </c>
     </row>
     <row r="462" spans="1:3">
       <c r="A462" t="s">
-        <v>1093</v>
+        <v>1143</v>
       </c>
       <c r="B462" t="s">
-        <v>1094</v>
+        <v>1144</v>
       </c>
       <c r="C462" t="s">
-        <v>558</v>
+        <v>1117</v>
       </c>
     </row>
     <row r="463" spans="1:3">
       <c r="A463" t="s">
-        <v>1095</v>
+        <v>1145</v>
       </c>
       <c r="B463" t="s">
-        <v>1096</v>
+        <v>1146</v>
       </c>
       <c r="C463" t="s">
-        <v>543</v>
+        <v>463</v>
       </c>
     </row>
     <row r="464" spans="1:3">
       <c r="A464" t="s">
-        <v>1097</v>
+        <v>1147</v>
       </c>
       <c r="B464" t="s">
-        <v>1098</v>
+        <v>1148</v>
       </c>
       <c r="C464" t="s">
-        <v>403</v>
+        <v>1149</v>
       </c>
     </row>
     <row r="465" spans="1:3">
       <c r="A465" t="s">
-        <v>1099</v>
+        <v>1150</v>
       </c>
       <c r="B465" t="s">
-        <v>1100</v>
+        <v>1151</v>
       </c>
       <c r="C465" t="s">
-        <v>558</v>
+        <v>1152</v>
       </c>
     </row>
     <row r="466" spans="1:3">
       <c r="A466" t="s">
-        <v>1101</v>
+        <v>1153</v>
       </c>
       <c r="B466" t="s">
-        <v>1102</v>
+        <v>1154</v>
       </c>
       <c r="C466" t="s">
-        <v>558</v>
+        <v>1155</v>
       </c>
     </row>
     <row r="467" spans="1:3">
       <c r="A467" t="s">
-        <v>1103</v>
+        <v>1156</v>
       </c>
       <c r="B467" t="s">
-        <v>1104</v>
+        <v>1157</v>
       </c>
       <c r="C467" t="s">
-        <v>503</v>
+        <v>1158</v>
       </c>
     </row>
     <row r="468" spans="1:3">
       <c r="A468" t="s">
-        <v>1105</v>
+        <v>1159</v>
       </c>
       <c r="B468" t="s">
-        <v>1106</v>
+        <v>1160</v>
       </c>
       <c r="C468" t="s">
-        <v>688</v>
+        <v>1161</v>
       </c>
     </row>
     <row r="469" spans="1:3">
       <c r="A469" t="s">
-        <v>1107</v>
+        <v>1162</v>
       </c>
       <c r="B469" t="s">
-        <v>1108</v>
+        <v>1163</v>
       </c>
       <c r="C469" t="s">
-        <v>108</v>
+        <v>379</v>
       </c>
     </row>
     <row r="470" spans="1:3">
       <c r="A470" t="s">
-        <v>1109</v>
+        <v>1164</v>
       </c>
       <c r="B470" t="s">
-        <v>1110</v>
+        <v>1165</v>
       </c>
       <c r="C470" t="s">
-        <v>1111</v>
+        <v>1166</v>
       </c>
     </row>
     <row r="471" spans="1:3">
       <c r="A471" t="s">
-        <v>1112</v>
+        <v>1167</v>
       </c>
       <c r="B471" t="s">
-        <v>1113</v>
+        <v>1168</v>
       </c>
       <c r="C471" t="s">
-        <v>1114</v>
+        <v>1169</v>
       </c>
     </row>
     <row r="472" spans="1:3">
       <c r="A472" t="s">
-        <v>1115</v>
+        <v>1170</v>
       </c>
       <c r="B472" t="s">
-        <v>1116</v>
+        <v>1171</v>
       </c>
       <c r="C472" t="s">
-        <v>108</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="473" spans="1:3">
       <c r="A473" t="s">
-        <v>1117</v>
+        <v>1173</v>
       </c>
       <c r="B473" t="s">
-        <v>1118</v>
+        <v>1174</v>
       </c>
       <c r="C473" t="s">
-        <v>1111</v>
+        <v>1175</v>
       </c>
     </row>
     <row r="474" spans="1:3">
       <c r="A474" t="s">
-        <v>1119</v>
+        <v>1176</v>
       </c>
       <c r="B474" t="s">
-        <v>1120</v>
+        <v>1177</v>
       </c>
       <c r="C474" t="s">
-        <v>1114</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="475" spans="1:3">
       <c r="A475" t="s">
-        <v>1121</v>
+        <v>1179</v>
       </c>
       <c r="B475" t="s">
-        <v>1122</v>
+        <v>1180</v>
       </c>
       <c r="C475" t="s">
-        <v>1123</v>
+        <v>683</v>
       </c>
     </row>
     <row r="476" spans="1:3">
       <c r="A476" t="s">
-        <v>1124</v>
+        <v>1181</v>
       </c>
       <c r="B476" t="s">
-        <v>1125</v>
+        <v>1182</v>
       </c>
       <c r="C476" t="s">
-        <v>1126</v>
+        <v>1183</v>
       </c>
     </row>
     <row r="477" spans="1:3">
       <c r="A477" t="s">
-        <v>1127</v>
+        <v>1184</v>
       </c>
       <c r="B477" t="s">
-        <v>1128</v>
+        <v>1185</v>
       </c>
       <c r="C477" t="s">
-        <v>1129</v>
+        <v>639</v>
       </c>
     </row>
     <row r="478" spans="1:3">
       <c r="A478" t="s">
-        <v>1130</v>
+        <v>1186</v>
       </c>
       <c r="B478" t="s">
-        <v>1131</v>
+        <v>1187</v>
       </c>
       <c r="C478" t="s">
-        <v>71</v>
+        <v>1188</v>
       </c>
     </row>
     <row r="479" spans="1:3">
       <c r="A479" t="s">
-        <v>1132</v>
+        <v>1189</v>
       </c>
       <c r="B479" t="s">
-        <v>1133</v>
+        <v>1190</v>
       </c>
       <c r="C479" t="s">
-        <v>1134</v>
+        <v>1191</v>
       </c>
     </row>
     <row r="480" spans="1:3">
       <c r="A480" t="s">
-        <v>1135</v>
+        <v>1192</v>
       </c>
       <c r="B480" t="s">
-        <v>1136</v>
+        <v>1193</v>
       </c>
       <c r="C480" t="s">
-        <v>71</v>
+        <v>1172</v>
       </c>
     </row>
     <row r="481" spans="1:3">
       <c r="A481" t="s">
-        <v>1137</v>
+        <v>1194</v>
       </c>
       <c r="B481" t="s">
-        <v>1138</v>
+        <v>1195</v>
       </c>
       <c r="C481" t="s">
-        <v>1139</v>
+        <v>1178</v>
       </c>
     </row>
     <row r="482" spans="1:3">
       <c r="A482" t="s">
-        <v>1140</v>
+        <v>1196</v>
       </c>
       <c r="B482" t="s">
-        <v>1141</v>
+        <v>1197</v>
       </c>
       <c r="C482" t="s">
-        <v>71</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="483" spans="1:3">
       <c r="A483" t="s">
-        <v>1142</v>
+        <v>1199</v>
       </c>
       <c r="B483" t="s">
-        <v>1143</v>
+        <v>1200</v>
       </c>
       <c r="C483" t="s">
-        <v>1144</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="484" spans="1:3">
       <c r="A484" t="s">
-        <v>1145</v>
+        <v>1202</v>
       </c>
       <c r="B484" t="s">
-        <v>1146</v>
+        <v>1203</v>
       </c>
       <c r="C484" t="s">
-        <v>1147</v>
+        <v>1204</v>
       </c>
     </row>
     <row r="485" spans="1:3">
       <c r="A485" t="s">
-        <v>1148</v>
+        <v>1205</v>
       </c>
       <c r="B485" t="s">
-        <v>1149</v>
+        <v>1206</v>
       </c>
       <c r="C485" t="s">
-        <v>1150</v>
+        <v>1207</v>
       </c>
     </row>
     <row r="486" spans="1:3">
       <c r="A486" t="s">
-        <v>1151</v>
+        <v>1208</v>
       </c>
       <c r="B486" t="s">
-        <v>1152</v>
+        <v>1209</v>
       </c>
       <c r="C486" t="s">
-        <v>1153</v>
+        <v>1210</v>
       </c>
     </row>
     <row r="487" spans="1:3">
       <c r="A487" t="s">
-        <v>1154</v>
+        <v>1211</v>
       </c>
       <c r="B487" t="s">
-        <v>1155</v>
+        <v>1212</v>
       </c>
       <c r="C487" t="s">
-        <v>1156</v>
+        <v>510</v>
       </c>
     </row>
     <row r="488" spans="1:3">
       <c r="A488" t="s">
-        <v>1157</v>
+        <v>1213</v>
       </c>
       <c r="B488" t="s">
-        <v>1158</v>
+        <v>1214</v>
       </c>
       <c r="C488" t="s">
-        <v>1159</v>
+        <v>1126</v>
       </c>
     </row>
     <row r="489" spans="1:3">
       <c r="A489" t="s">
-        <v>1160</v>
+        <v>1215</v>
       </c>
       <c r="B489" t="s">
-        <v>1161</v>
+        <v>1216</v>
       </c>
       <c r="C489" t="s">
-        <v>1162</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="490" spans="1:3">
       <c r="A490" t="s">
-        <v>1163</v>
+        <v>1218</v>
       </c>
       <c r="B490" t="s">
-        <v>1164</v>
+        <v>1219</v>
       </c>
       <c r="C490" t="s">
-        <v>1165</v>
+        <v>1220</v>
       </c>
     </row>
     <row r="491" spans="1:3">
       <c r="A491" t="s">
-        <v>1166</v>
+        <v>1221</v>
       </c>
       <c r="B491" t="s">
-        <v>1167</v>
+        <v>1222</v>
       </c>
       <c r="C491" t="s">
-        <v>1168</v>
+        <v>618</v>
       </c>
     </row>
     <row r="492" spans="1:3">
       <c r="A492" t="s">
-        <v>1169</v>
+        <v>1223</v>
       </c>
       <c r="B492" t="s">
-        <v>1170</v>
+        <v>1224</v>
       </c>
       <c r="C492" t="s">
-        <v>1171</v>
+        <v>1225</v>
       </c>
     </row>
     <row r="493" spans="1:3">
       <c r="A493" t="s">
-        <v>1172</v>
+        <v>1226</v>
       </c>
       <c r="B493" t="s">
-        <v>1173</v>
+        <v>1227</v>
       </c>
       <c r="C493" t="s">
-        <v>1174</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="494" spans="1:3">
       <c r="A494" t="s">
-        <v>1175</v>
+        <v>1229</v>
       </c>
       <c r="B494" t="s">
-        <v>1176</v>
+        <v>1230</v>
       </c>
       <c r="C494" t="s">
-        <v>1177</v>
+        <v>1231</v>
       </c>
     </row>
     <row r="495" spans="1:3">
       <c r="A495" t="s">
-        <v>1178</v>
+        <v>1232</v>
       </c>
       <c r="B495" t="s">
-        <v>1179</v>
+        <v>1233</v>
       </c>
       <c r="C495" t="s">
-        <v>1180</v>
+        <v>1234</v>
       </c>
     </row>
     <row r="496" spans="1:3">
       <c r="A496" t="s">
-        <v>1181</v>
+        <v>1235</v>
       </c>
       <c r="B496" t="s">
-        <v>1182</v>
+        <v>1236</v>
       </c>
       <c r="C496" t="s">
-        <v>1183</v>
+        <v>1237</v>
       </c>
     </row>
     <row r="497" spans="1:3">
       <c r="A497" t="s">
-        <v>1184</v>
+        <v>1238</v>
       </c>
       <c r="B497" t="s">
-        <v>1185</v>
+        <v>1239</v>
       </c>
       <c r="C497" t="s">
-        <v>1186</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="498" spans="1:3">
       <c r="A498" t="s">
-        <v>1187</v>
+        <v>1240</v>
       </c>
       <c r="B498" t="s">
-        <v>1188</v>
+        <v>1241</v>
       </c>
       <c r="C498" t="s">
-        <v>1189</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="499" spans="1:3">
       <c r="A499" t="s">
-        <v>1190</v>
+        <v>1243</v>
       </c>
       <c r="B499" t="s">
-        <v>1191</v>
+        <v>1244</v>
       </c>
       <c r="C499" t="s">
-        <v>1192</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="500" spans="1:3">
       <c r="A500" t="s">
-        <v>1193</v>
+        <v>1246</v>
       </c>
       <c r="B500" t="s">
-        <v>1194</v>
+        <v>1247</v>
       </c>
       <c r="C500" t="s">
-        <v>71</v>
+        <v>1242</v>
       </c>
     </row>
     <row r="501" spans="1:3">
       <c r="A501" t="s">
-        <v>1195</v>
+        <v>1248</v>
       </c>
       <c r="B501" t="s">
-        <v>1196</v>
+        <v>1249</v>
       </c>
       <c r="C501" t="s">
-        <v>71</v>
+        <v>1250</v>
       </c>
     </row>
     <row r="502" spans="1:3">
       <c r="A502" t="s">
-        <v>1197</v>
+        <v>1251</v>
       </c>
       <c r="B502" t="s">
-        <v>1198</v>
+        <v>1252</v>
       </c>
       <c r="C502" t="s">
-        <v>71</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="503" spans="1:3">
       <c r="A503" t="s">
-        <v>1199</v>
+        <v>1253</v>
       </c>
       <c r="B503" t="s">
-        <v>1200</v>
+        <v>1254</v>
       </c>
       <c r="C503" t="s">
-        <v>1201</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="504" spans="1:3">
       <c r="A504" t="s">
-        <v>1202</v>
+        <v>1256</v>
       </c>
       <c r="B504" t="s">
-        <v>1203</v>
+        <v>1257</v>
       </c>
       <c r="C504" t="s">
-        <v>1204</v>
+        <v>1258</v>
       </c>
     </row>
     <row r="505" spans="1:3">
       <c r="A505" t="s">
-        <v>1205</v>
+        <v>1259</v>
       </c>
       <c r="B505" t="s">
-        <v>1206</v>
+        <v>1260</v>
       </c>
       <c r="C505" t="s">
-        <v>1207</v>
+        <v>1217</v>
       </c>
     </row>
     <row r="506" spans="1:3">
       <c r="A506" t="s">
-        <v>1208</v>
+        <v>1261</v>
       </c>
       <c r="B506" t="s">
-        <v>1209</v>
+        <v>1262</v>
       </c>
       <c r="C506" t="s">
-        <v>1210</v>
+        <v>1091</v>
       </c>
     </row>
     <row r="507" spans="1:3">
       <c r="A507" t="s">
-        <v>1211</v>
+        <v>1263</v>
       </c>
       <c r="B507" t="s">
-        <v>1212</v>
+        <v>1264</v>
       </c>
       <c r="C507" t="s">
-        <v>1213</v>
+        <v>376</v>
       </c>
     </row>
     <row r="508" spans="1:3">
       <c r="A508" t="s">
-        <v>1214</v>
+        <v>1265</v>
       </c>
       <c r="B508" t="s">
-        <v>1215</v>
+        <v>1266</v>
       </c>
       <c r="C508" t="s">
-        <v>1216</v>
+        <v>1267</v>
       </c>
     </row>
     <row r="509" spans="1:3">
       <c r="A509" t="s">
-        <v>1217</v>
+        <v>1268</v>
       </c>
       <c r="B509" t="s">
-        <v>1218</v>
+        <v>1269</v>
       </c>
       <c r="C509" t="s">
-        <v>1219</v>
+        <v>1270</v>
       </c>
     </row>
     <row r="510" spans="1:3">
       <c r="A510" t="s">
-        <v>1220</v>
+        <v>1271</v>
       </c>
       <c r="B510" t="s">
-        <v>1221</v>
+        <v>1272</v>
       </c>
       <c r="C510" t="s">
-        <v>1222</v>
+        <v>1273</v>
       </c>
     </row>
     <row r="511" spans="1:3">
       <c r="A511" t="s">
-        <v>1223</v>
+        <v>1274</v>
       </c>
       <c r="B511" t="s">
-        <v>1224</v>
+        <v>1275</v>
       </c>
       <c r="C511" t="s">
-        <v>1201</v>
+        <v>505</v>
       </c>
     </row>
     <row r="512" spans="1:3">
       <c r="A512" t="s">
-        <v>1225</v>
+        <v>1276</v>
       </c>
       <c r="B512" t="s">
-        <v>1226</v>
+        <v>1277</v>
       </c>
       <c r="C512" t="s">
-        <v>71</v>
+        <v>1278</v>
       </c>
     </row>
     <row r="513" spans="1:3">
       <c r="A513" t="s">
-        <v>1227</v>
+        <v>1279</v>
       </c>
       <c r="B513" t="s">
-        <v>1228</v>
+        <v>1280</v>
       </c>
       <c r="C513" t="s">
-        <v>71</v>
+        <v>1281</v>
       </c>
     </row>
     <row r="514" spans="1:3">
       <c r="A514" t="s">
-        <v>1229</v>
+        <v>1282</v>
       </c>
       <c r="B514" t="s">
-        <v>1230</v>
+        <v>1283</v>
       </c>
       <c r="C514" t="s">
-        <v>71</v>
+        <v>1284</v>
       </c>
     </row>
     <row r="515" spans="1:3">
       <c r="A515" t="s">
-        <v>1231</v>
+        <v>1285</v>
       </c>
       <c r="B515" t="s">
-        <v>1232</v>
+        <v>1286</v>
       </c>
       <c r="C515" t="s">
-        <v>371</v>
+        <v>1287</v>
       </c>
     </row>
     <row r="516" spans="1:3">
       <c r="A516" t="s">
-        <v>1233</v>
+        <v>1288</v>
       </c>
       <c r="B516" t="s">
-        <v>1234</v>
+        <v>1289</v>
       </c>
       <c r="C516" t="s">
-        <v>1235</v>
+        <v>1290</v>
       </c>
     </row>
     <row r="517" spans="1:3">
       <c r="A517" t="s">
-        <v>1236</v>
+        <v>1291</v>
       </c>
       <c r="B517" t="s">
-        <v>1237</v>
+        <v>1292</v>
       </c>
       <c r="C517" t="s">
-        <v>1238</v>
+        <v>1293</v>
       </c>
     </row>
     <row r="518" spans="1:3">
       <c r="A518" t="s">
-        <v>1239</v>
+        <v>1294</v>
       </c>
       <c r="B518" t="s">
-        <v>1240</v>
+        <v>1295</v>
       </c>
       <c r="C518" t="s">
-        <v>571</v>
+        <v>1296</v>
       </c>
     </row>
     <row r="519" spans="1:3">
       <c r="A519" t="s">
-        <v>1241</v>
+        <v>1297</v>
       </c>
       <c r="B519" t="s">
-        <v>1242</v>
+        <v>1298</v>
       </c>
       <c r="C519" t="s">
-        <v>571</v>
+        <v>1299</v>
       </c>
     </row>
     <row r="520" spans="1:3">
       <c r="A520" t="s">
-        <v>1243</v>
+        <v>1300</v>
       </c>
       <c r="B520" t="s">
-        <v>1244</v>
+        <v>1301</v>
       </c>
       <c r="C520" t="s">
-        <v>239</v>
+        <v>1302</v>
       </c>
     </row>
     <row r="521" spans="1:3">
       <c r="A521" t="s">
-        <v>1245</v>
+        <v>1303</v>
       </c>
       <c r="B521" t="s">
-        <v>1246</v>
+        <v>1304</v>
       </c>
       <c r="C521" t="s">
-        <v>1247</v>
+        <v>1305</v>
       </c>
     </row>
     <row r="522" spans="1:3">
       <c r="A522" t="s">
-        <v>1248</v>
+        <v>1306</v>
       </c>
       <c r="B522" t="s">
-        <v>1249</v>
+        <v>1307</v>
       </c>
       <c r="C522" t="s">
-        <v>356</v>
+        <v>1308</v>
       </c>
     </row>
     <row r="523" spans="1:3">
       <c r="A523" t="s">
-        <v>1250</v>
+        <v>1309</v>
       </c>
       <c r="B523" t="s">
-        <v>1251</v>
+        <v>1310</v>
       </c>
       <c r="C523" t="s">
-        <v>463</v>
+        <v>1104</v>
       </c>
     </row>
     <row r="524" spans="1:3">
       <c r="A524" t="s">
-        <v>1252</v>
+        <v>1311</v>
       </c>
       <c r="B524" t="s">
-        <v>1253</v>
+        <v>1312</v>
       </c>
       <c r="C524" t="s">
-        <v>1254</v>
+        <v>376</v>
       </c>
     </row>
     <row r="525" spans="1:3">
       <c r="A525" t="s">
-        <v>1255</v>
+        <v>1313</v>
       </c>
       <c r="B525" t="s">
-        <v>1256</v>
+        <v>1314</v>
       </c>
       <c r="C525" t="s">
-        <v>466</v>
+        <v>1315</v>
       </c>
     </row>
     <row r="526" spans="1:3">
       <c r="A526" t="s">
-        <v>1257</v>
+        <v>1316</v>
       </c>
       <c r="B526" t="s">
-        <v>1258</v>
+        <v>1317</v>
       </c>
       <c r="C526" t="s">
-        <v>363</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="527" spans="1:3">
       <c r="A527" t="s">
-        <v>1259</v>
+        <v>1318</v>
       </c>
       <c r="B527" t="s">
-        <v>1260</v>
+        <v>1319</v>
       </c>
       <c r="C527" t="s">
-        <v>536</v>
+        <v>1320</v>
       </c>
     </row>
     <row r="528" spans="1:3">
       <c r="A528" t="s">
-        <v>1261</v>
+        <v>1321</v>
       </c>
       <c r="B528" t="s">
-        <v>1262</v>
+        <v>1322</v>
       </c>
       <c r="C528" t="s">
-        <v>1263</v>
+        <v>376</v>
       </c>
     </row>
     <row r="529" spans="1:3">
       <c r="A529" t="s">
-        <v>1264</v>
+        <v>1323</v>
       </c>
       <c r="B529" t="s">
-        <v>1265</v>
+        <v>1324</v>
       </c>
       <c r="C529" t="s">
-        <v>1266</v>
+        <v>1325</v>
       </c>
     </row>
     <row r="530" spans="1:3">
       <c r="A530" t="s">
-        <v>1267</v>
+        <v>1326</v>
       </c>
       <c r="B530" t="s">
-        <v>1268</v>
+        <v>1327</v>
       </c>
       <c r="C530" t="s">
-        <v>71</v>
+        <v>1328</v>
       </c>
     </row>
     <row r="531" spans="1:3">
       <c r="A531" t="s">
-        <v>1269</v>
+        <v>1329</v>
       </c>
       <c r="B531" t="s">
-        <v>1270</v>
+        <v>1330</v>
       </c>
       <c r="C531" t="s">
-        <v>1271</v>
+        <v>454</v>
       </c>
     </row>
     <row r="532" spans="1:3">
       <c r="A532" t="s">
-        <v>1272</v>
+        <v>1331</v>
       </c>
       <c r="B532" t="s">
-        <v>1273</v>
+        <v>1332</v>
       </c>
       <c r="C532" t="s">
-        <v>1274</v>
+        <v>1333</v>
       </c>
     </row>
     <row r="533" spans="1:3">
       <c r="A533" t="s">
-        <v>1275</v>
+        <v>1334</v>
       </c>
       <c r="B533" t="s">
-        <v>1276</v>
+        <v>1335</v>
       </c>
       <c r="C533" t="s">
-        <v>71</v>
+        <v>1336</v>
       </c>
     </row>
     <row r="534" spans="1:3">
       <c r="A534" t="s">
-        <v>1277</v>
+        <v>1337</v>
       </c>
       <c r="B534" t="s">
-        <v>1278</v>
+        <v>1338</v>
       </c>
       <c r="C534" t="s">
-        <v>71</v>
+        <v>1339</v>
       </c>
     </row>
     <row r="535" spans="1:3">
       <c r="A535" t="s">
-        <v>1279</v>
+        <v>1340</v>
       </c>
       <c r="B535" t="s">
-        <v>1280</v>
+        <v>1341</v>
       </c>
       <c r="C535" t="s">
-        <v>1281</v>
+        <v>1342</v>
       </c>
     </row>
     <row r="536" spans="1:3">
       <c r="A536" t="s">
-        <v>1282</v>
+        <v>1343</v>
       </c>
       <c r="B536" t="s">
-        <v>1283</v>
+        <v>1344</v>
       </c>
       <c r="C536" t="s">
-        <v>1284</v>
+        <v>1098</v>
       </c>
     </row>
     <row r="537" spans="1:3">
       <c r="A537" t="s">
-        <v>1285</v>
+        <v>1345</v>
       </c>
       <c r="B537" t="s">
-        <v>1286</v>
+        <v>1346</v>
       </c>
       <c r="C537" t="s">
-        <v>1287</v>
+        <v>1347</v>
       </c>
     </row>
     <row r="538" spans="1:3">
       <c r="A538" t="s">
-        <v>1288</v>
+        <v>1348</v>
       </c>
       <c r="B538" t="s">
-        <v>1289</v>
+        <v>1349</v>
       </c>
       <c r="C538" t="s">
-        <v>71</v>
+        <v>1350</v>
       </c>
     </row>
     <row r="539" spans="1:3">
       <c r="A539" t="s">
-        <v>1290</v>
+        <v>1351</v>
       </c>
       <c r="B539" t="s">
-        <v>1291</v>
+        <v>1352</v>
       </c>
       <c r="C539" t="s">
-        <v>1292</v>
+        <v>1353</v>
       </c>
     </row>
     <row r="540" spans="1:3">
       <c r="A540" t="s">
-        <v>1293</v>
+        <v>1354</v>
       </c>
       <c r="B540" t="s">
-        <v>1294</v>
+        <v>1355</v>
       </c>
       <c r="C540" t="s">
-        <v>967</v>
+        <v>1356</v>
       </c>
     </row>
     <row r="541" spans="1:3">
       <c r="A541" t="s">
-        <v>1295</v>
+        <v>1357</v>
       </c>
       <c r="B541" t="s">
-        <v>1296</v>
+        <v>1358</v>
       </c>
       <c r="C541" t="s">
-        <v>346</v>
+        <v>1359</v>
       </c>
     </row>
     <row r="542" spans="1:3">
       <c r="A542" t="s">
-        <v>1297</v>
+        <v>1360</v>
       </c>
       <c r="B542" t="s">
-        <v>1298</v>
+        <v>1361</v>
       </c>
       <c r="C542" t="s">
-        <v>1299</v>
+        <v>1362</v>
       </c>
     </row>
     <row r="543" spans="1:3">
       <c r="A543" t="s">
-        <v>1300</v>
+        <v>1363</v>
       </c>
       <c r="B543" t="s">
-        <v>1301</v>
+        <v>1364</v>
       </c>
       <c r="C543" t="s">
-        <v>322</v>
+        <v>1365</v>
       </c>
     </row>
     <row r="544" spans="1:3">
       <c r="A544" t="s">
-        <v>1302</v>
+        <v>1366</v>
       </c>
       <c r="B544" t="s">
-        <v>1303</v>
+        <v>1367</v>
       </c>
       <c r="C544" t="s">
-        <v>1304</v>
+        <v>1368</v>
       </c>
     </row>
     <row r="545" spans="1:3">
       <c r="A545" t="s">
-        <v>1305</v>
+        <v>1369</v>
       </c>
       <c r="B545" t="s">
-        <v>1306</v>
+        <v>1370</v>
       </c>
       <c r="C545" t="s">
-        <v>1307</v>
+        <v>420</v>
       </c>
     </row>
     <row r="546" spans="1:3">
       <c r="A546" t="s">
-        <v>1308</v>
+        <v>1371</v>
       </c>
       <c r="B546" t="s">
-        <v>1309</v>
+        <v>1372</v>
       </c>
       <c r="C546" t="s">
-        <v>346</v>
+        <v>1373</v>
       </c>
     </row>
     <row r="547" spans="1:3">
       <c r="A547" t="s">
-        <v>1310</v>
+        <v>1374</v>
       </c>
       <c r="B547" t="s">
-        <v>1311</v>
+        <v>1375</v>
       </c>
       <c r="C547" t="s">
-        <v>1312</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="548" spans="1:3">
       <c r="A548" t="s">
-        <v>1313</v>
+        <v>1377</v>
       </c>
       <c r="B548" t="s">
-        <v>1314</v>
+        <v>1378</v>
       </c>
       <c r="C548" t="s">
-        <v>1315</v>
+        <v>1120</v>
       </c>
     </row>
     <row r="549" spans="1:3">
       <c r="A549" t="s">
-        <v>1316</v>
+        <v>1379</v>
       </c>
       <c r="B549" t="s">
-        <v>1317</v>
+        <v>1380</v>
       </c>
       <c r="C549" t="s">
-        <v>414</v>
+        <v>1381</v>
       </c>
     </row>
     <row r="550" spans="1:3">
       <c r="A550" t="s">
-        <v>1318</v>
+        <v>1382</v>
       </c>
       <c r="B550" t="s">
-        <v>1319</v>
+        <v>1383</v>
       </c>
       <c r="C550" t="s">
-        <v>1320</v>
+        <v>1384</v>
       </c>
     </row>
     <row r="551" spans="1:3">
       <c r="A551" t="s">
-        <v>1321</v>
+        <v>1385</v>
       </c>
       <c r="B551" t="s">
-        <v>1322</v>
+        <v>1386</v>
       </c>
       <c r="C551" t="s">
-        <v>1323</v>
+        <v>1387</v>
       </c>
     </row>
     <row r="552" spans="1:3">
       <c r="A552" t="s">
-        <v>1324</v>
+        <v>1388</v>
       </c>
       <c r="B552" t="s">
-        <v>1325</v>
+        <v>1389</v>
       </c>
       <c r="C552" t="s">
-        <v>1247</v>
+        <v>1390</v>
       </c>
     </row>
     <row r="553" spans="1:3">
       <c r="A553" t="s">
-        <v>1326</v>
+        <v>1391</v>
       </c>
       <c r="B553" t="s">
-        <v>1327</v>
+        <v>1392</v>
       </c>
       <c r="C553" t="s">
-        <v>448</v>
+        <v>1393</v>
       </c>
     </row>
     <row r="554" spans="1:3">
       <c r="A554" t="s">
-        <v>1328</v>
+        <v>1394</v>
       </c>
       <c r="B554" t="s">
-        <v>1329</v>
+        <v>1395</v>
       </c>
       <c r="C554" t="s">
-        <v>308</v>
+        <v>1396</v>
       </c>
     </row>
     <row r="555" spans="1:3">
       <c r="A555" t="s">
-        <v>1330</v>
+        <v>1397</v>
       </c>
       <c r="B555" t="s">
-        <v>1331</v>
+        <v>1398</v>
       </c>
       <c r="C555" t="s">
-        <v>403</v>
+        <v>1399</v>
       </c>
     </row>
     <row r="556" spans="1:3">
       <c r="A556" t="s">
-        <v>1332</v>
+        <v>1400</v>
       </c>
       <c r="B556" t="s">
-        <v>1333</v>
+        <v>1401</v>
       </c>
       <c r="C556" t="s">
-        <v>1254</v>
+        <v>379</v>
       </c>
     </row>
     <row r="557" spans="1:3">
       <c r="A557" t="s">
-        <v>1334</v>
+        <v>1402</v>
       </c>
       <c r="B557" t="s">
-        <v>1335</v>
+        <v>1403</v>
       </c>
       <c r="C557" t="s">
-        <v>1336</v>
+        <v>1228</v>
       </c>
     </row>
     <row r="558" spans="1:3">
       <c r="A558" t="s">
-        <v>1337</v>
+        <v>1404</v>
       </c>
       <c r="B558" t="s">
-        <v>1338</v>
+        <v>1405</v>
       </c>
       <c r="C558" t="s">
-        <v>1339</v>
+        <v>1245</v>
       </c>
     </row>
     <row r="559" spans="1:3">
       <c r="A559" t="s">
-        <v>1340</v>
+        <v>1406</v>
       </c>
       <c r="B559" t="s">
-        <v>1341</v>
+        <v>1407</v>
       </c>
       <c r="C559" t="s">
-        <v>1342</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="560" spans="1:3">
       <c r="A560" t="s">
-        <v>1343</v>
+        <v>1409</v>
       </c>
       <c r="B560" t="s">
-        <v>1344</v>
+        <v>1410</v>
       </c>
       <c r="C560" t="s">
-        <v>1342</v>
+        <v>1123</v>
       </c>
     </row>
     <row r="561" spans="1:3">
       <c r="A561" t="s">
-        <v>1345</v>
+        <v>1411</v>
       </c>
       <c r="B561" t="s">
-        <v>1346</v>
+        <v>1412</v>
       </c>
       <c r="C561" t="s">
-        <v>1347</v>
+        <v>1413</v>
       </c>
     </row>
     <row r="562" spans="1:3">
       <c r="A562" t="s">
-        <v>1348</v>
+        <v>1414</v>
       </c>
       <c r="B562" t="s">
-        <v>1349</v>
+        <v>1415</v>
       </c>
       <c r="C562" t="s">
-        <v>1350</v>
+        <v>1416</v>
       </c>
     </row>
     <row r="563" spans="1:3">
       <c r="A563" t="s">
-        <v>1351</v>
+        <v>1417</v>
       </c>
       <c r="B563" t="s">
-        <v>1352</v>
+        <v>1418</v>
       </c>
       <c r="C563" t="s">
-        <v>308</v>
+        <v>1419</v>
       </c>
     </row>
     <row r="564" spans="1:3">
       <c r="A564" t="s">
-        <v>1353</v>
+        <v>1420</v>
       </c>
       <c r="B564" t="s">
-        <v>1354</v>
+        <v>1421</v>
       </c>
       <c r="C564" t="s">
-        <v>1355</v>
+        <v>1422</v>
       </c>
     </row>
     <row r="565" spans="1:3">
       <c r="A565" t="s">
-        <v>1356</v>
+        <v>1423</v>
       </c>
       <c r="B565" t="s">
-        <v>1357</v>
+        <v>1424</v>
       </c>
       <c r="C565" t="s">
-        <v>183</v>
+        <v>1425</v>
       </c>
     </row>
     <row r="566" spans="1:3">
       <c r="A566" t="s">
-        <v>1358</v>
+        <v>1426</v>
       </c>
       <c r="B566" t="s">
-        <v>1359</v>
+        <v>1427</v>
       </c>
       <c r="C566" t="s">
-        <v>239</v>
+        <v>1198</v>
       </c>
     </row>
     <row r="567" spans="1:3">
       <c r="A567" t="s">
-        <v>1360</v>
+        <v>1428</v>
       </c>
       <c r="B567" t="s">
-        <v>1361</v>
+        <v>1429</v>
       </c>
       <c r="C567" t="s">
-        <v>1362</v>
+        <v>1201</v>
       </c>
     </row>
     <row r="568" spans="1:3">
       <c r="A568" t="s">
-        <v>1363</v>
+        <v>1430</v>
       </c>
       <c r="B568" t="s">
-        <v>1364</v>
+        <v>1431</v>
       </c>
       <c r="C568" t="s">
-        <v>1365</v>
+        <v>1376</v>
       </c>
     </row>
     <row r="569" spans="1:3">
       <c r="A569" t="s">
-        <v>1366</v>
+        <v>1432</v>
       </c>
       <c r="B569" t="s">
-        <v>1367</v>
+        <v>1433</v>
       </c>
       <c r="C569" t="s">
-        <v>1368</v>
+        <v>1434</v>
       </c>
     </row>
     <row r="570" spans="1:3">
       <c r="A570" t="s">
-        <v>1369</v>
+        <v>1435</v>
       </c>
       <c r="B570" t="s">
-        <v>1370</v>
+        <v>1436</v>
       </c>
       <c r="C570" t="s">
-        <v>1371</v>
+        <v>1437</v>
       </c>
     </row>
     <row r="571" spans="1:3">
       <c r="A571" t="s">
-        <v>1372</v>
+        <v>1438</v>
       </c>
       <c r="B571" t="s">
-        <v>1373</v>
+        <v>1439</v>
       </c>
       <c r="C571" t="s">
-        <v>762</v>
+        <v>505</v>
       </c>
     </row>
     <row r="572" spans="1:3">
       <c r="A572" t="s">
-        <v>1374</v>
+        <v>1440</v>
       </c>
       <c r="B572" t="s">
-        <v>1375</v>
+        <v>1441</v>
       </c>
       <c r="C572" t="s">
-        <v>1376</v>
+        <v>397</v>
       </c>
     </row>
     <row r="573" spans="1:3">
       <c r="A573" t="s">
-        <v>1377</v>
+        <v>1442</v>
       </c>
       <c r="B573" t="s">
-        <v>1378</v>
+        <v>1443</v>
       </c>
       <c r="C573" t="s">
-        <v>463</v>
+        <v>1408</v>
       </c>
     </row>
     <row r="574" spans="1:3">
       <c r="A574" t="s">
-        <v>1379</v>
+        <v>1444</v>
       </c>
       <c r="B574" t="s">
-        <v>1380</v>
+        <v>1445</v>
       </c>
       <c r="C574" t="s">
-        <v>1254</v>
+        <v>1086</v>
       </c>
     </row>
     <row r="575" spans="1:3">
       <c r="A575" t="s">
-        <v>1381</v>
+        <v>1446</v>
       </c>
       <c r="B575" t="s">
-        <v>1382</v>
+        <v>1447</v>
       </c>
       <c r="C575" t="s">
-        <v>236</v>
+        <v>1255</v>
       </c>
     </row>
     <row r="576" spans="1:3">
       <c r="A576" t="s">
-        <v>1383</v>
+        <v>1448</v>
       </c>
       <c r="B576" t="s">
-        <v>1384</v>
+        <v>1449</v>
       </c>
       <c r="C576" t="s">
-        <v>1385</v>
+        <v>1450</v>
       </c>
     </row>
     <row r="577" spans="1:3">
       <c r="A577" t="s">
-        <v>1386</v>
+        <v>1451</v>
       </c>
       <c r="B577" t="s">
-        <v>1387</v>
+        <v>1452</v>
       </c>
       <c r="C577" t="s">
-        <v>1281</v>
+        <v>1453</v>
       </c>
     </row>
     <row r="578" spans="1:3">
       <c r="A578" t="s">
-        <v>1388</v>
+        <v>1454</v>
       </c>
       <c r="B578" t="s">
-        <v>1389</v>
+        <v>1455</v>
       </c>
       <c r="C578" t="s">
-        <v>236</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="579" spans="1:3">
       <c r="A579" t="s">
-        <v>1390</v>
+        <v>1457</v>
       </c>
       <c r="B579" t="s">
-        <v>1391</v>
+        <v>1458</v>
       </c>
       <c r="C579" t="s">
-        <v>1392</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="580" spans="1:3">
       <c r="A580" t="s">
-        <v>1393</v>
+        <v>1460</v>
       </c>
       <c r="B580" t="s">
-        <v>1394</v>
+        <v>1461</v>
       </c>
       <c r="C580" t="s">
-        <v>1395</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="581" spans="1:3">
       <c r="A581" t="s">
-        <v>1396</v>
+        <v>1462</v>
       </c>
       <c r="B581" t="s">
-        <v>1397</v>
+        <v>1463</v>
       </c>
       <c r="C581" t="s">
-        <v>1398</v>
+        <v>1456</v>
       </c>
     </row>
     <row r="582" spans="1:3">
       <c r="A582" t="s">
-        <v>1399</v>
+        <v>1464</v>
       </c>
       <c r="B582" t="s">
-        <v>1400</v>
+        <v>1465</v>
       </c>
       <c r="C582" t="s">
-        <v>71</v>
+        <v>1459</v>
       </c>
     </row>
     <row r="583" spans="1:3">
       <c r="A583" t="s">
-        <v>1401</v>
+        <v>1466</v>
       </c>
       <c r="B583" t="s">
-        <v>1402</v>
+        <v>1467</v>
       </c>
       <c r="C583" t="s">
-        <v>1398</v>
+        <v>1468</v>
       </c>
     </row>
     <row r="584" spans="1:3">
       <c r="A584" t="s">
-        <v>1403</v>
+        <v>1469</v>
       </c>
       <c r="B584" t="s">
-        <v>1404</v>
+        <v>1470</v>
       </c>
       <c r="C584" t="s">
-        <v>71</v>
-[...274 lines deleted...]
-        <v>1467</v>
+        <v>376</v>
       </c>
     </row>
   </sheetData>
   <sheetProtection sheet="false" objects="false" scenarios="false" formatCells="false" formatColumns="false" formatRows="false" insertColumns="false" insertRows="false" insertHyperlinks="false" deleteColumns="false" deleteRows="false" selectLockedCells="false" sort="false" autoFilter="false" pivotTables="false" selectUnlockedCells="false"/>
   <printOptions gridLines="false" gridLinesSet="true"/>
   <pageMargins left="0.7" right="0.7" top="0.75" bottom="0.75" header="0.3" footer="0.3"/>
   <pageSetup paperSize="9" orientation="landscape" scale="100" fitToHeight="1" fitToWidth="1"/>
   <headerFooter differentOddEven="false" differentFirst="false" scaleWithDoc="true" alignWithMargins="true">
     <oddHeader/>
     <oddFooter/>
     <evenHeader/>
     <evenFooter/>
     <firstHeader/>
     <firstFooter/>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="2" baseType="variant">